--- v0 (2025-11-22)
+++ v1 (2026-01-06)
@@ -3,83 +3,84 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11207"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\!Работа\!Прайсы\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/pavelchebotarev/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A147A200-8094-6642-AD23-21B2EF438958}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12312"/>
+    <workbookView xWindow="0" yWindow="680" windowWidth="30240" windowHeight="17600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Приказ №838" sheetId="9" r:id="rId1"/>
     <sheet name="Продуктовая линейка" sheetId="8" r:id="rId2"/>
     <sheet name="Приказ №804 (утратил силу)" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Приказ №804 (утратил силу)'!$A$5:$E$128</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Приказ №838'!$A$5:$E$138</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Продуктовая линейка'!$A$5:$J$201</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Приказ №804 (утратил силу)'!$5:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Приказ №838'!$5:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Продуктовая линейка'!$5:$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Приказ №804 (утратил силу)'!$A$1:$F$128</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Приказ №838'!$A$1:$F$138</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Продуктовая линейка'!$A$1:$J$201</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="162913" iterateDelta="1E-4"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1275" uniqueCount="609">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1276" uniqueCount="610">
   <si>
     <t>Подраздел 1. Кабинет начальных классов</t>
   </si>
   <si>
     <t>Предмет «Математика»</t>
   </si>
   <si>
     <t>2.1.29.</t>
   </si>
   <si>
     <t>Модели раздаточные по математике для начальных классов</t>
   </si>
   <si>
     <t>2.1.32.</t>
   </si>
   <si>
     <t>Набор по математике, алгоритмике и начальному программированию</t>
   </si>
   <si>
     <t>2.1.33.</t>
   </si>
   <si>
     <t>Комплект настольных развивающих игр по математике</t>
   </si>
   <si>
@@ -1431,53 +1432,50 @@
   <si>
     <t>Набор ЕГЭ «Механика»</t>
   </si>
   <si>
     <t>Набор ЕГЭ «Молекулярная физика и термодинамика»</t>
   </si>
   <si>
     <t>Набор ЕГЭ «Оптика»</t>
   </si>
   <si>
     <t>Набор ЕГЭ «Электродинамика»</t>
   </si>
   <si>
     <t>Подраздел 4.2. Оборудование для фронтальных лабораторных работ</t>
   </si>
   <si>
     <t>ФГОС-лаборатория по физике базовая</t>
   </si>
   <si>
     <t>ФГОС-лаборатория по физике цифровая базовая</t>
   </si>
   <si>
     <t>ФГОС-лаборатория по физике профильная</t>
   </si>
   <si>
-    <t>Набор лабораторный «Оптические явления» (в лотке)</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Стойка для наборов "ОГЭ" (7 лотков) </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="5"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>(</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="5"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>продается только с набором ОГЭ-лаборатория</t>
     </r>
     <r>
@@ -2559,56 +2557,62 @@
     <t>Набор лабораторный «Электричество»</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Ресурсный набор по робототехнике НАУРОБО </t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>(новинка)</t>
     </r>
   </si>
   <si>
     <t>Прайс-лист актуален с 15.10.2025г.</t>
   </si>
   <si>
     <t>2.24.73.</t>
   </si>
+  <si>
+    <t>Набор лабораторный «Оптические явления»</t>
+  </si>
+  <si>
+    <t>Прайс-лист актуален с 15.12.2025г.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="45" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -2900,50 +2904,56 @@
     </font>
     <font>
       <i/>
       <u/>
       <sz val="10"/>
       <color rgb="FFFF3300"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
+    <font>
+      <i/>
+      <sz val="10"/>
+      <name val="Cambria"/>
+      <family val="1"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFC4242"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -3109,51 +3119,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="157">
+  <cellXfs count="158">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -3400,210 +3410,213 @@
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="49" fontId="28" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="49" fontId="16" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="28" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="49" fontId="22" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="22" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="22" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="22" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="27" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="3" fontId="36" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="16" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="3" fontId="36" fillId="0" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="16" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="3" fontId="36" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="16" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="36" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="36" fillId="0" borderId="14" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="36" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="49" fontId="22" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="28" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="49" fontId="22" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="16" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="28" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="45" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
-    <cellStyle name="TableStyleLight1" xfId="3"/>
     <cellStyle name="Гиперссылка" xfId="1" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
-    <cellStyle name="Обычный 2" xfId="4"/>
-    <cellStyle name="Обычный 3" xfId="2"/>
+    <cellStyle name="Обычный 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Обычный 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="TableStyleLight1" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFC4242"/>
       <color rgb="FFFF3300"/>
       <color rgb="FFFC5A5A"/>
       <color rgb="FFF0441C"/>
       <color rgb="FFFF7D7D"/>
       <color rgb="FFFEDBD4"/>
       <color rgb="FF800080"/>
       <color rgb="FF7030A0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -3950,21677 +3963,21678 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_209.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_205.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_53.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_57.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_197.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_202.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_430.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_441.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_46.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_51.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_85.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_48.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_210.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_66.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_58.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_80.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_203.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-12_25.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_206.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_38.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_41.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_46.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_54.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_189.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_201.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_198.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_74.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_213.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-15_192.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-17_61.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_202.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_57.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_431.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_50.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_47.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-14_28.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_208.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_44.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_49.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_59.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-23_100.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_64.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_78.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_50.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_211.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_196.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-23_91.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-23_80.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_429.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_437.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_45.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_204.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_195.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_42.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_39.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_47.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-17_63.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_212.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-15_193.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_43.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_55.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-17_60.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_60.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_199.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_79.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_214.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_429.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/2993120/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-15_16.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-15_20.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-12_24.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_56.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_51.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_45.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-17_62.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_200.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_77.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_194.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_72.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_54.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_40.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_207.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_52.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-161_56.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_7.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_432.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_67.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_430.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_53.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_198.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/robotizirovannyy-komplekt-grinhaus-copy/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_110.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_132.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/fgos-lpo-fizike2/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-dlya-konstruirovaniya-na-urokah-tehnologii-copy/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_204.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/naum-robot-s-golosovym-upravleniem/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_100.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_105.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_122.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_127.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/iskusstvo-programmirovaniya-robotov/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/logic-nach/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/multiplikatsionnaya-3D-laboratoriya/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_214.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/2993120/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-kurs-logiki-rasshirennyy-copy/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/logic-nach-shadows-and-projections/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/fermovye-konstruktsii-i-razvodnye-mosty/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/umnyy-dom-smarthouse/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/nabor-matematika/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_111.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_116.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_133.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_138.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_211.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_199.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/306853/?sphrase_id=3107302" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/fgos-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/robototehnicheskiy-poligon/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-SCRATCH/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_101.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_106.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_128.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/tsifrovye-laboratorii/ecopatrul/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_194.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_215.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/2993120/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_123.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_139.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/osnovi_prog_robot_na_C/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/ege-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-dlya-izucheniya-soprotivleniya-materialov-narp-i-deform/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/tsifrovye-laboratorii/biologii-polevaya/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-kurs-yunogo-mehanika-lotok/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/biologicheskaya-ferma/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_96.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_117.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_200.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_212.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_112.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_129.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_134.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/306853/?sphrase_id=3107302" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/nabor-laboratornyy-opticheskie-yavleniya-v-lotke/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_432.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/drozdov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/ustroystvo-dlya-izucheniya-dvizheniya-tverdogo-tela/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_107.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_207.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_102.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_119.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_124.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-dlya-konstruirovaniya-1507/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/robot_kompl_naurobo_osnovy_texzren/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_196.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_213.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_430.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-azbuka-robototehniki/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_140.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/ege-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/tsifrovye-laboratorii/ekologii-polevaya/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_97.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/vozobnovlyaemye-istochniki-energii/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_108.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_113.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_135.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/nabor-laboratornyy-elektrichestvo/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_208.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_201.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_437.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_130.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/gia-standart/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/mehanicheskaya-ruka-copy/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-dlya-sborki-elektronnyh-shem-rasshirennyy-1001/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_98.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_103.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_125.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/osnovy-programmirovaniya-robotov-na-yazyke-python/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-9_19.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_202.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_429.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-tsifrovaya-steam-laboratoriya/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_120.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/naurasha-v-strane-naurandii/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/ege-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/robot_kompl_naurobo_umnaya_gidro/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_205.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-kurs-logiki-bazovyy-30-elementov/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/meteostantsiya/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_114.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_136.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_197.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/rk-automatic-dispenser/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_109.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_131.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/oge-laboratoriya-po-fizike-s-abp/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/nabor-laboratornyy-mehanicheskie-yavleniya-v-lotke/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_209.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_441.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-dlya-sborki-robotov-rasshirennyy-1508/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_104.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_126.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_203.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_431.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-umnaya-teplitsa/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_99.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_121.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/naurasha-v-strane-naurandii-multiyazychnaya-versiya/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/kvadrokopter/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/ege-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/fgos-laboratoriya-po-fizike-prof/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-9_20.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_206.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-kurs-logiki-bazovyy-60-elementov-copy/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-yunyy-elektronik/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/multiplikatsionnaya-laboratoriya/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_115.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_137.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-multimediynaya-laboratoriya/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_210.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/oge-laboratoriya-po-fizike-s-vu/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_199.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/robotizirovannyy-komplekt-grinhaus-copy/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_110.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_132.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/fgos-lpo-fizike2/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-dlya-konstruirovaniya-na-urokah-tehnologii-copy/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_194.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/naum-robot-s-golosovym-upravleniem/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_100.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_105.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_122.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_127.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/iskusstvo-programmirovaniya-robotov/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/logic-nach/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/tsifrovye-laboratorii/ecopatrul/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_215.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/2993120/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-kurs-logiki-rasshirennyy-copy/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/logic-nach-shadows-and-projections/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/fermovye-konstruktsii-i-razvodnye-mosty/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/umnyy-dom-smarthouse/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/nabor-matematika/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_111.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_116.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_133.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_138.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_200.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_212.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/306853/?sphrase_id=3107302" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/fgos-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/robototehnicheskiy-poligon/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-SCRATCH/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_101.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_106.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_128.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_196.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_207.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_430.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_432.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_123.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_139.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/osnovi_prog_robot_na_C/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/ege-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-dlya-izucheniya-soprotivleniya-materialov-narp-i-deform/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/tsifrovye-laboratorii/biologii-polevaya/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-kurs-yunogo-mehanika-lotok/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/biologicheskaya-ferma/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_96.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_117.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_201.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_213.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_112.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_129.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_134.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/306853/?sphrase_id=3107302" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/nabor-laboratornyy-opticheskie-yavleniya-v-lotke/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_437.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/drozdov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/ustroystvo-dlya-izucheniya-dvizheniya-tverdogo-tela/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_107.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_208.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_102.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_119.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_124.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-dlya-konstruirovaniya-1507/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/robot_kompl_naurobo_osnovy_texzren/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_202.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_205.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_429.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-azbuka-robototehniki/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_140.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/ege-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/tsifrovye-laboratorii/ekologii-polevaya/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_97.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/vozobnovlyaemye-istochniki-energii/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_108.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_113.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_135.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/nabor-laboratornyy-elektrichestvo/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_209.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_197.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_441.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_130.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/gia-standart/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/mehanicheskaya-ruka-copy/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-dlya-sborki-elektronnyh-shem-rasshirennyy-1001/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_98.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_103.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_125.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/osnovy-programmirovaniya-robotov-na-yazyke-python/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-9_20.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_203.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_431.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-tsifrovaya-steam-laboratoriya/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_120.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/naurasha-v-strane-naurandii/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/ege-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/robot_kompl_naurobo_umnaya_gidro/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_206.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-kurs-logiki-bazovyy-30-elementov/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/meteostantsiya/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_114.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_136.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_198.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/rk-automatic-dispenser/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_109.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_131.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/oge-laboratoriya-po-fizike-s-abp/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/nabor-laboratornyy-mehanicheskie-yavleniya-v-lotke/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_210.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/oge-laboratoriya-po-fizike-s-vu/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/nabor-naurobo-dlya-sborki-robotov-rasshirennyy-1508/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_104.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_126.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_204.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reestr.digital.gov.ru/reestr/2993120/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-umnaya-teplitsa/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_99.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_121.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/naurasha-v-strane-naurandii-multiyazychnaya-versiya/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/education-robototehnika/kvadrokopter/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Basic-general/laboratorii-dlya-uchaschihsya/ege-laboratoriya-po-fizike/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-9_19.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/multiplikatsionnaya-3D-laboratoriya/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_214.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-kurs-logiki-bazovyy-60-elementov-copy/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-yunyy-elektronik/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/multiplikatsionnaya-laboratoriya/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_115.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_137.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/Preschool-education/akademiya-naurashi-multimediynaya-laboratoriya/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_211.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-13/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-11-10/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-75/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-15-39/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-23/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-34/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-7-8/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-3-7/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-40/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-61/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-16-18/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-23-5/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-53/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-92/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-1-39/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-21/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-11-3/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-3-11/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-9-1/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-14/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-22/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-54/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-76/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-15-40/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-17-46/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-24/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-38/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-74/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-1-45/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-15-55-2/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-50/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-93/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-1-33/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-3-8/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-7-11/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-12/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-41/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-71/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-92/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-16/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-31/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-11-7/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-74/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-16-31/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-22/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-40/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-54/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-1-29/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-1-40/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-4-35/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-9-2/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-15/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-55/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-15-55/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-19-3/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-3-6/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-39/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-87/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-15-55-3/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-17/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-27/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-51/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-91/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/produktsiya/produktsiya-225_441.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-1-38/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-3-5/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-3-10/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-7-14/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-72/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-42/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-15-55-1/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-17-33/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-56/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-1-42/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-43/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-1-32/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-21/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-10/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-73/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-14-88/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nau-ra.ru/education/pr804/2-24-28/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H1018"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="5" topLeftCell="A91" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="14" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="9.6640625" customWidth="1"/>
-    <col min="2" max="2" width="49.77734375" style="29" customWidth="1"/>
-    <col min="3" max="3" width="57.44140625" style="26" customWidth="1"/>
+    <col min="2" max="2" width="49.83203125" style="29" customWidth="1"/>
+    <col min="3" max="3" width="57.5" style="26" customWidth="1"/>
     <col min="4" max="4" width="11" style="7" customWidth="1"/>
     <col min="5" max="5" width="15.33203125" style="5" customWidth="1"/>
-    <col min="6" max="6" width="11.77734375" style="50" customWidth="1"/>
+    <col min="6" max="6" width="11.83203125" style="50" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" ht="13.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="91"/>
       <c r="B1" s="95" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
       <c r="E1" s="32"/>
       <c r="F1" s="32"/>
     </row>
-    <row r="2" spans="1:6" ht="91.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" ht="91.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="91"/>
       <c r="B2" s="30"/>
-      <c r="C2" s="107" t="s">
+      <c r="C2" s="115" t="s">
         <v>357</v>
       </c>
-      <c r="D2" s="107"/>
-[...14 lines deleted...]
-      <c r="A4" s="109" t="s">
+      <c r="D2" s="115"/>
+      <c r="E2" s="115"/>
+      <c r="F2" s="115"/>
+    </row>
+    <row r="3" spans="1:6" ht="43.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="116" t="s">
+        <v>558</v>
+      </c>
+      <c r="B3" s="116"/>
+      <c r="C3" s="116"/>
+      <c r="D3" s="116"/>
+      <c r="E3" s="116"/>
+      <c r="F3" s="116"/>
+    </row>
+    <row r="4" spans="1:6" ht="40.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="117" t="s">
         <v>347</v>
       </c>
-      <c r="B4" s="109"/>
-[...5 lines deleted...]
-    <row r="5" spans="1:6" ht="69" x14ac:dyDescent="0.25">
+      <c r="B4" s="117"/>
+      <c r="C4" s="117"/>
+      <c r="D4" s="117"/>
+      <c r="E4" s="117"/>
+      <c r="F4" s="117"/>
+    </row>
+    <row r="5" spans="1:6" ht="75" x14ac:dyDescent="0.15">
       <c r="A5" s="19" t="s">
         <v>318</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>328</v>
       </c>
       <c r="C5" s="20" t="s">
         <v>325</v>
       </c>
       <c r="D5" s="20" t="s">
         <v>345</v>
       </c>
       <c r="E5" s="21" t="s">
         <v>222</v>
       </c>
       <c r="F5" s="48" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A6" s="110" t="s">
+    <row r="6" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A6" s="118" t="s">
         <v>326</v>
       </c>
-      <c r="B6" s="110"/>
-[...6 lines deleted...]
-      <c r="A7" s="111" t="s">
+      <c r="B6" s="118"/>
+      <c r="C6" s="118"/>
+      <c r="D6" s="118"/>
+      <c r="E6" s="118"/>
+      <c r="F6" s="118"/>
+    </row>
+    <row r="7" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A7" s="119" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="111"/>
-[...6 lines deleted...]
-      <c r="A8" s="112" t="s">
+      <c r="B7" s="119"/>
+      <c r="C7" s="119"/>
+      <c r="D7" s="119"/>
+      <c r="E7" s="119"/>
+      <c r="F7" s="119"/>
+    </row>
+    <row r="8" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A8" s="106" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="112"/>
-[...5 lines deleted...]
-    <row r="9" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B8" s="106"/>
+      <c r="C8" s="106"/>
+      <c r="D8" s="106"/>
+      <c r="E8" s="106"/>
+      <c r="F8" s="106"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A9" s="62" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B9" s="37" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="96" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D9" s="60">
         <v>20900</v>
       </c>
       <c r="E9" s="69"/>
       <c r="F9" s="71">
         <v>5</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A10" s="62" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B10" s="37" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="96" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="D10" s="60">
         <v>67000</v>
       </c>
       <c r="E10" s="69"/>
       <c r="F10" s="71">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A11" s="62" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="37" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="96" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="60" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="E11" s="69"/>
       <c r="F11" s="71">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A12" s="112" t="s">
+    <row r="12" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A12" s="106" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="112"/>
-[...5 lines deleted...]
-    <row r="13" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B12" s="106"/>
+      <c r="C12" s="106"/>
+      <c r="D12" s="106"/>
+      <c r="E12" s="106"/>
+      <c r="F12" s="106"/>
+    </row>
+    <row r="13" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A13" s="62" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B13" s="37" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="96" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="60">
         <v>165000</v>
       </c>
       <c r="E13" s="69">
         <v>10637030</v>
       </c>
       <c r="F13" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A14" s="62" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="37" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="96" t="s">
         <v>13</v>
       </c>
       <c r="D14" s="60">
         <v>125000</v>
       </c>
       <c r="E14" s="69">
         <v>10637014</v>
       </c>
       <c r="F14" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A15" s="62" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B15" s="37" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="96" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="60">
         <v>295000</v>
       </c>
       <c r="E15" s="70">
         <v>10637015</v>
       </c>
       <c r="F15" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="16" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A16" s="62" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B16" s="37" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="96" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="D16" s="60">
         <v>124000</v>
       </c>
       <c r="E16" s="70">
         <v>10637041</v>
       </c>
       <c r="F16" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A17" s="62" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B17" s="37" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="96" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="D17" s="60">
         <v>34900</v>
       </c>
       <c r="E17" s="69">
         <v>10620707</v>
       </c>
       <c r="F17" s="71">
         <v>8</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A18" s="62" t="s">
+        <v>418</v>
+      </c>
+      <c r="B18" s="37" t="s">
         <v>419</v>
       </c>
-      <c r="B18" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="96" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="D18" s="60">
         <v>18500</v>
       </c>
       <c r="E18" s="43">
         <v>10620708</v>
       </c>
       <c r="F18" s="71">
         <v>4</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="20" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A19" s="106" t="s">
+        <v>524</v>
+      </c>
+      <c r="B19" s="106"/>
+      <c r="C19" s="106"/>
+      <c r="D19" s="106"/>
+      <c r="E19" s="106"/>
+      <c r="F19" s="106"/>
+    </row>
+    <row r="20" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A20" s="62" t="s">
+        <v>420</v>
+      </c>
+      <c r="B20" s="37" t="s">
         <v>421</v>
       </c>
-      <c r="B20" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="96" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="D20" s="60">
         <v>29000</v>
       </c>
       <c r="E20" s="69"/>
       <c r="F20" s="71">
         <v>8</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A21" s="106" t="s">
+    <row r="21" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A21" s="107" t="s">
         <v>22</v>
       </c>
-      <c r="B21" s="106"/>
-[...6 lines deleted...]
-      <c r="A22" s="112" t="s">
+      <c r="B21" s="107"/>
+      <c r="C21" s="107"/>
+      <c r="D21" s="107"/>
+      <c r="E21" s="107"/>
+      <c r="F21" s="107"/>
+    </row>
+    <row r="22" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A22" s="106" t="s">
         <v>23</v>
       </c>
-      <c r="B22" s="112"/>
-[...5 lines deleted...]
-    <row r="23" spans="1:6" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="B22" s="106"/>
+      <c r="C22" s="106"/>
+      <c r="D22" s="106"/>
+      <c r="E22" s="106"/>
+      <c r="F22" s="106"/>
+    </row>
+    <row r="23" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A23" s="62" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B23" s="37" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="96" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="D23" s="60">
         <v>52000</v>
       </c>
       <c r="E23" s="69"/>
       <c r="F23" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="24" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A24" s="62" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="37" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="96" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="D24" s="60">
         <v>32000</v>
       </c>
       <c r="E24" s="69"/>
       <c r="F24" s="71">
         <v>12</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A25" s="62" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="37" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="96" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="D25" s="60">
         <v>84000</v>
       </c>
       <c r="E25" s="69"/>
       <c r="F25" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="26" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A26" s="62" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="37" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="96" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="D26" s="60">
         <v>48000</v>
       </c>
       <c r="E26" s="69"/>
       <c r="F26" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="27" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A27" s="112" t="s">
+    <row r="27" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A27" s="106" t="s">
         <v>33</v>
       </c>
-      <c r="B27" s="112"/>
-[...5 lines deleted...]
-    <row r="28" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B27" s="106"/>
+      <c r="C27" s="106"/>
+      <c r="D27" s="106"/>
+      <c r="E27" s="106"/>
+      <c r="F27" s="106"/>
+    </row>
+    <row r="28" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A28" s="62" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B28" s="37" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="96" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="60">
         <v>78000</v>
       </c>
       <c r="E28" s="69">
         <v>10637031</v>
       </c>
       <c r="F28" s="71">
         <v>12</v>
       </c>
     </row>
-    <row r="29" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A29" s="62" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="37" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="C29" s="96" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="60">
         <v>14500</v>
       </c>
       <c r="E29" s="69"/>
       <c r="F29" s="71">
         <v>12</v>
       </c>
     </row>
-    <row r="30" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="31" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A30" s="107" t="s">
+        <v>525</v>
+      </c>
+      <c r="B30" s="107"/>
+      <c r="C30" s="107"/>
+      <c r="D30" s="107"/>
+      <c r="E30" s="107"/>
+      <c r="F30" s="107"/>
+    </row>
+    <row r="31" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A31" s="62" t="s">
+        <v>427</v>
+      </c>
+      <c r="B31" s="37" t="s">
         <v>428</v>
       </c>
-      <c r="B31" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="96" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="D31" s="60">
         <v>19000</v>
       </c>
       <c r="E31" s="47" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="F31" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A32" s="62" t="s">
+        <v>429</v>
+      </c>
+      <c r="B32" s="37" t="s">
         <v>430</v>
       </c>
-      <c r="B32" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="93" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="D32" s="69"/>
       <c r="E32" s="69"/>
       <c r="F32" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A33" s="62" t="s">
+        <v>431</v>
+      </c>
+      <c r="B33" s="37" t="s">
         <v>432</v>
       </c>
-      <c r="B33" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="96" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D33" s="60">
         <v>29900</v>
       </c>
       <c r="E33" s="43"/>
       <c r="F33" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="34" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A34" s="106" t="s">
+    <row r="34" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A34" s="107" t="s">
         <v>42</v>
       </c>
-      <c r="B34" s="106"/>
-[...5 lines deleted...]
-    <row r="35" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B34" s="107"/>
+      <c r="C34" s="107"/>
+      <c r="D34" s="107"/>
+      <c r="E34" s="107"/>
+      <c r="F34" s="107"/>
+    </row>
+    <row r="35" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A35" s="62" t="s">
         <v>43</v>
       </c>
       <c r="B35" s="37" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="96" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="D35" s="60">
         <v>29000</v>
       </c>
       <c r="E35" s="69"/>
       <c r="F35" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="36" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A36" s="62" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>46</v>
       </c>
       <c r="C36" s="96" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="60">
         <v>25000</v>
       </c>
       <c r="E36" s="69"/>
       <c r="F36" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="37" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A37" s="62" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="B37" s="37" t="s">
         <v>46</v>
       </c>
       <c r="C37" s="96" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="D37" s="60">
         <v>110000</v>
       </c>
       <c r="E37" s="43"/>
       <c r="F37" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A38" s="62" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B38" s="37" t="s">
         <v>48</v>
       </c>
       <c r="C38" s="96" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="D38" s="60">
         <v>9600</v>
       </c>
       <c r="E38" s="69"/>
       <c r="F38" s="71">
         <v>12</v>
       </c>
     </row>
-    <row r="39" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A39" s="106" t="s">
+    <row r="39" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A39" s="107" t="s">
         <v>49</v>
       </c>
-      <c r="B39" s="106"/>
-[...5 lines deleted...]
-    <row r="40" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B39" s="107"/>
+      <c r="C39" s="107"/>
+      <c r="D39" s="107"/>
+      <c r="E39" s="107"/>
+      <c r="F39" s="107"/>
+    </row>
+    <row r="40" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A40" s="62" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="B40" s="37" t="s">
         <v>51</v>
       </c>
       <c r="C40" s="96" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="D40" s="60">
         <v>99000</v>
       </c>
       <c r="E40" s="69">
         <v>10739739</v>
       </c>
       <c r="F40" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A41" s="62" t="s">
         <v>53</v>
       </c>
       <c r="B41" s="37" t="s">
         <v>54</v>
       </c>
       <c r="C41" s="96" t="s">
         <v>54</v>
       </c>
       <c r="D41" s="60">
         <v>139000</v>
       </c>
       <c r="E41" s="69">
         <v>10637016</v>
       </c>
       <c r="F41" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A42" s="62" t="s">
         <v>55</v>
       </c>
       <c r="B42" s="37" t="s">
         <v>56</v>
       </c>
       <c r="C42" s="96" t="s">
         <v>56</v>
       </c>
       <c r="D42" s="60">
         <v>65000</v>
       </c>
       <c r="E42" s="69">
         <v>10637017</v>
       </c>
       <c r="F42" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="43" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A43" s="106" t="s">
+    <row r="43" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A43" s="107" t="s">
         <v>57</v>
       </c>
-      <c r="B43" s="106"/>
-[...5 lines deleted...]
-    <row r="44" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B43" s="107"/>
+      <c r="C43" s="107"/>
+      <c r="D43" s="107"/>
+      <c r="E43" s="107"/>
+      <c r="F43" s="107"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A44" s="62" t="s">
         <v>58</v>
       </c>
       <c r="B44" s="37" t="s">
         <v>59</v>
       </c>
       <c r="C44" s="37" t="s">
         <v>60</v>
       </c>
       <c r="D44" s="60">
         <v>18800</v>
       </c>
       <c r="E44" s="69"/>
       <c r="F44" s="71">
         <v>12</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A45" s="62" t="s">
         <v>66</v>
       </c>
       <c r="B45" s="37" t="s">
         <v>81</v>
       </c>
       <c r="C45" s="96" t="s">
         <v>81</v>
       </c>
       <c r="D45" s="60">
         <v>58000</v>
       </c>
       <c r="E45" s="69">
         <v>10620709</v>
       </c>
       <c r="F45" s="71">
         <v>12</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A46" s="62" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="B46" s="37" t="s">
         <v>62</v>
       </c>
       <c r="C46" s="96" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="D46" s="60">
         <v>290000</v>
       </c>
       <c r="E46" s="69">
         <v>10637018</v>
       </c>
       <c r="F46" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A47" s="62" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B47" s="37" t="s">
         <v>62</v>
       </c>
       <c r="C47" s="96" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="D47" s="60">
         <v>240000</v>
       </c>
       <c r="E47" s="69">
         <v>10637019</v>
       </c>
       <c r="F47" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A48" s="62" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B48" s="37" t="s">
         <v>67</v>
       </c>
       <c r="C48" s="92" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="D48" s="60"/>
       <c r="E48" s="69"/>
       <c r="F48" s="71"/>
     </row>
-    <row r="49" spans="1:8" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A49" s="62" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="B49" s="37" t="s">
         <v>67</v>
       </c>
       <c r="C49" s="96" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="D49" s="60">
         <v>72000</v>
       </c>
       <c r="E49" s="69">
         <v>10637020</v>
       </c>
       <c r="F49" s="71">
         <v>13</v>
       </c>
     </row>
-    <row r="50" spans="1:8" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A50" s="62" t="s">
         <v>71</v>
       </c>
       <c r="B50" s="37" t="s">
         <v>69</v>
       </c>
       <c r="C50" s="96" t="s">
         <v>70</v>
       </c>
       <c r="D50" s="60">
         <v>42400</v>
       </c>
       <c r="E50" s="69">
         <v>10683775</v>
       </c>
       <c r="F50" s="71">
         <v>5</v>
       </c>
     </row>
-    <row r="51" spans="1:8" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A51" s="62" t="s">
         <v>74</v>
       </c>
       <c r="B51" s="37" t="s">
         <v>72</v>
       </c>
       <c r="C51" s="96" t="s">
         <v>73</v>
       </c>
       <c r="D51" s="60">
         <v>59000</v>
       </c>
       <c r="E51" s="69">
         <v>10683776</v>
       </c>
       <c r="F51" s="71">
         <v>5</v>
       </c>
     </row>
-    <row r="52" spans="1:8" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" ht="28" x14ac:dyDescent="0.15">
       <c r="A52" s="62" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B52" s="37" t="s">
         <v>75</v>
       </c>
       <c r="C52" s="96" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="D52" s="60">
         <v>57500</v>
       </c>
       <c r="E52" s="69">
         <v>10683777</v>
       </c>
       <c r="F52" s="71">
         <v>5</v>
       </c>
     </row>
-    <row r="53" spans="1:8" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" ht="28" x14ac:dyDescent="0.15">
       <c r="A53" s="62" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="B53" s="37" t="s">
         <v>78</v>
       </c>
       <c r="C53" s="96" t="s">
         <v>79</v>
       </c>
       <c r="D53" s="60">
         <v>53500</v>
       </c>
       <c r="E53" s="69">
         <v>10683778</v>
       </c>
       <c r="F53" s="71">
         <v>5</v>
       </c>
     </row>
-    <row r="54" spans="1:8" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" ht="28" x14ac:dyDescent="0.15">
       <c r="A54" s="62" t="s">
         <v>82</v>
       </c>
       <c r="B54" s="37" t="s">
         <v>83</v>
       </c>
       <c r="C54" s="96" t="s">
         <v>83</v>
       </c>
       <c r="D54" s="77" t="s">
         <v>349</v>
       </c>
       <c r="E54" s="69">
         <v>10739738</v>
       </c>
       <c r="F54" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="55" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" ht="70" x14ac:dyDescent="0.15">
       <c r="A55" s="62" t="s">
+        <v>443</v>
+      </c>
+      <c r="B55" s="37" t="s">
         <v>444</v>
       </c>
-      <c r="B55" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="96" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="D55" s="60">
         <v>48000</v>
       </c>
       <c r="E55" s="69">
         <v>10620709</v>
       </c>
       <c r="F55" s="71">
         <v>12</v>
       </c>
       <c r="H55" s="66"/>
     </row>
-    <row r="56" spans="1:8" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A56" s="62" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B56" s="37" t="s">
         <v>86</v>
       </c>
       <c r="C56" s="96" t="s">
         <v>86</v>
       </c>
       <c r="D56" s="60">
         <v>38900</v>
       </c>
       <c r="E56" s="69">
         <v>10683779</v>
       </c>
       <c r="F56" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="57" spans="1:8" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" ht="28" x14ac:dyDescent="0.15">
       <c r="A57" s="62" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="37" t="s">
         <v>88</v>
       </c>
       <c r="C57" s="96" t="s">
         <v>88</v>
       </c>
       <c r="D57" s="60">
         <v>38900</v>
       </c>
       <c r="E57" s="69">
         <v>10683780</v>
       </c>
       <c r="F57" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="58" spans="1:8" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A58" s="62" t="s">
         <v>95</v>
       </c>
       <c r="B58" s="37" t="s">
         <v>90</v>
       </c>
       <c r="C58" s="96" t="s">
         <v>90</v>
       </c>
       <c r="D58" s="60">
         <v>25300</v>
       </c>
       <c r="E58" s="69">
         <v>10683781</v>
       </c>
       <c r="F58" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="59" spans="1:8" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A59" s="62" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B59" s="37" t="s">
         <v>92</v>
       </c>
       <c r="C59" s="96" t="s">
         <v>92</v>
       </c>
       <c r="D59" s="60">
         <v>25300</v>
       </c>
       <c r="E59" s="69">
         <v>10683782</v>
       </c>
       <c r="F59" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="60" spans="1:8" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" ht="28" x14ac:dyDescent="0.15">
       <c r="A60" s="62" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B60" s="37" t="s">
         <v>94</v>
       </c>
       <c r="C60" s="96" t="s">
         <v>94</v>
       </c>
       <c r="D60" s="60">
         <v>27700</v>
       </c>
       <c r="E60" s="69">
         <v>10683783</v>
       </c>
       <c r="F60" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="61" spans="1:8" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A61" s="62" t="s">
         <v>99</v>
       </c>
       <c r="B61" s="37" t="s">
         <v>96</v>
       </c>
       <c r="C61" s="96" t="s">
         <v>96</v>
       </c>
       <c r="D61" s="60">
         <v>48500</v>
       </c>
       <c r="E61" s="69">
         <v>10683784</v>
       </c>
       <c r="F61" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="62" spans="1:8" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A62" s="62" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B62" s="37" t="s">
         <v>100</v>
       </c>
       <c r="C62" s="96" t="s">
         <v>100</v>
       </c>
       <c r="D62" s="60">
         <v>2900</v>
       </c>
       <c r="E62" s="69">
         <v>10683785</v>
       </c>
       <c r="F62" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="63" spans="1:8" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" ht="28" x14ac:dyDescent="0.15">
       <c r="A63" s="62" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B63" s="37" t="s">
         <v>102</v>
       </c>
       <c r="C63" s="96" t="s">
         <v>102</v>
       </c>
       <c r="D63" s="60">
         <v>44200</v>
       </c>
       <c r="E63" s="69">
         <v>10683786</v>
       </c>
       <c r="F63" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="64" spans="1:8" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.15">
       <c r="A64" s="62" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B64" s="37" t="s">
         <v>98</v>
       </c>
       <c r="C64" s="97" t="s">
         <v>98</v>
       </c>
       <c r="D64" s="60">
         <v>41200</v>
       </c>
       <c r="E64" s="69">
         <v>10683787</v>
       </c>
       <c r="F64" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="65" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A65" s="62" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B65" s="37" t="s">
         <v>104</v>
       </c>
       <c r="C65" s="96" t="s">
         <v>104</v>
       </c>
       <c r="D65" s="60">
         <v>18000</v>
       </c>
       <c r="E65" s="69">
         <v>10683788</v>
       </c>
       <c r="F65" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="66" spans="1:6" ht="21.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:6" ht="21.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A66" s="62" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="B66" s="37" t="s">
         <v>106</v>
       </c>
       <c r="C66" s="96" t="s">
         <v>106</v>
       </c>
       <c r="D66" s="60">
         <v>19800</v>
       </c>
       <c r="E66" s="69">
         <v>10683789</v>
       </c>
       <c r="F66" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="67" spans="1:6" ht="23.55" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:6" ht="23.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A67" s="62" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B67" s="37" t="s">
         <v>108</v>
       </c>
       <c r="C67" s="96" t="s">
         <v>108</v>
       </c>
       <c r="D67" s="60">
         <v>24900</v>
       </c>
       <c r="E67" s="69">
         <v>10683790</v>
       </c>
       <c r="F67" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="68" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A68" s="62" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B68" s="37" t="s">
         <v>110</v>
       </c>
       <c r="C68" s="96" t="s">
         <v>110</v>
       </c>
       <c r="D68" s="60">
         <v>18000</v>
       </c>
       <c r="E68" s="69">
         <v>10683791</v>
       </c>
       <c r="F68" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="69" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A69" s="62" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B69" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C69" s="96" t="s">
         <v>116</v>
       </c>
       <c r="D69" s="60">
         <v>7800</v>
       </c>
       <c r="E69" s="69">
         <v>10683792</v>
       </c>
       <c r="F69" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="70" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A70" s="62" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B70" s="37" t="s">
         <v>112</v>
       </c>
       <c r="C70" s="96" t="s">
         <v>112</v>
       </c>
       <c r="D70" s="60">
         <v>48800</v>
       </c>
       <c r="E70" s="69">
         <v>10683793</v>
       </c>
       <c r="F70" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="71" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A71" s="62" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B71" s="37" t="s">
         <v>114</v>
       </c>
       <c r="C71" s="96" t="s">
         <v>114</v>
       </c>
       <c r="D71" s="60">
         <v>35200</v>
       </c>
       <c r="E71" s="69">
         <v>10683794</v>
       </c>
       <c r="F71" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="72" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A72" s="106" t="s">
+    <row r="72" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A72" s="107" t="s">
         <v>118</v>
       </c>
-      <c r="B72" s="106"/>
-[...5 lines deleted...]
-    <row r="73" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B72" s="107"/>
+      <c r="C72" s="107"/>
+      <c r="D72" s="107"/>
+      <c r="E72" s="107"/>
+      <c r="F72" s="107"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A73" s="62" t="s">
         <v>119</v>
       </c>
       <c r="B73" s="37" t="s">
         <v>59</v>
       </c>
       <c r="C73" s="37" t="s">
         <v>120</v>
       </c>
       <c r="D73" s="60">
         <v>23000</v>
       </c>
       <c r="E73" s="69"/>
       <c r="F73" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="74" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A74" s="62" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B74" s="37" t="s">
         <v>126</v>
       </c>
       <c r="C74" s="96" t="s">
         <v>126</v>
       </c>
       <c r="D74" s="60">
         <v>55000</v>
       </c>
       <c r="E74" s="69">
         <v>10620710</v>
       </c>
       <c r="F74" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="75" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A75" s="35" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B75" s="103" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C75" s="96" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D75" s="60">
         <v>25800</v>
       </c>
       <c r="E75" s="69">
         <v>10620710</v>
       </c>
       <c r="F75" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="76" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A76" s="35" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B76" s="103" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C76" s="96" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="D76" s="60">
         <v>7800</v>
       </c>
       <c r="E76" s="69">
         <v>10620710</v>
       </c>
       <c r="F76" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="77" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A77" s="35" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B77" s="103" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C77" s="96" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D77" s="60">
         <v>12400</v>
       </c>
       <c r="E77" s="69">
         <v>10620710</v>
       </c>
       <c r="F77" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="78" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A78" s="62" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B78" s="37" t="s">
         <v>122</v>
       </c>
       <c r="C78" s="96" t="s">
         <v>122</v>
       </c>
       <c r="D78" s="60">
         <v>280000</v>
       </c>
       <c r="E78" s="69">
         <v>10637021</v>
       </c>
       <c r="F78" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="79" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A79" s="62" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B79" s="37" t="s">
         <v>124</v>
       </c>
       <c r="C79" s="96" t="s">
         <v>124</v>
       </c>
       <c r="D79" s="60">
         <v>104500</v>
       </c>
       <c r="E79" s="69">
         <v>10637022</v>
       </c>
       <c r="F79" s="71">
         <v>13</v>
       </c>
     </row>
-    <row r="80" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A80" s="106" t="s">
+    <row r="80" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A80" s="107" t="s">
         <v>127</v>
       </c>
-      <c r="B80" s="106"/>
-[...5 lines deleted...]
-    <row r="81" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B80" s="107"/>
+      <c r="C80" s="107"/>
+      <c r="D80" s="107"/>
+      <c r="E80" s="107"/>
+      <c r="F80" s="107"/>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A81" s="62" t="s">
+        <v>466</v>
+      </c>
+      <c r="B81" s="37" t="s">
         <v>467</v>
       </c>
-      <c r="B81" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="96" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="D81" s="60" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="E81" s="69">
         <v>10637042</v>
       </c>
       <c r="F81" s="71">
         <v>1</v>
       </c>
     </row>
-    <row r="82" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A82" s="62" t="s">
+        <v>468</v>
+      </c>
+      <c r="B82" s="37" t="s">
         <v>469</v>
       </c>
-      <c r="B82" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="96" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="D82" s="60" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="E82" s="69">
         <v>10637043</v>
       </c>
       <c r="F82" s="71">
         <v>13</v>
       </c>
     </row>
-    <row r="83" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="84" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A83" s="107" t="s">
+        <v>526</v>
+      </c>
+      <c r="B83" s="107"/>
+      <c r="C83" s="107"/>
+      <c r="D83" s="107"/>
+      <c r="E83" s="107"/>
+      <c r="F83" s="107"/>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A84" s="62" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B84" s="37" t="s">
         <v>139</v>
       </c>
       <c r="C84" s="96" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="D84" s="60">
         <v>182000</v>
       </c>
       <c r="E84" s="69">
         <v>10637026</v>
       </c>
       <c r="F84" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="85" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A85" s="106" t="s">
+    <row r="85" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A85" s="107" t="s">
+        <v>472</v>
+      </c>
+      <c r="B85" s="107"/>
+      <c r="C85" s="107"/>
+      <c r="D85" s="107"/>
+      <c r="E85" s="107"/>
+      <c r="F85" s="107"/>
+    </row>
+    <row r="86" spans="1:6" ht="30.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A86" s="108" t="s">
+        <v>549</v>
+      </c>
+      <c r="B86" s="108"/>
+      <c r="C86" s="108"/>
+      <c r="D86" s="108"/>
+      <c r="E86" s="108"/>
+      <c r="F86" s="108"/>
+    </row>
+    <row r="87" spans="1:6" ht="56" x14ac:dyDescent="0.15">
+      <c r="A87" s="62" t="s">
         <v>473</v>
       </c>
-      <c r="B85" s="106"/>
-[...16 lines deleted...]
-      <c r="A87" s="62" t="s">
+      <c r="B87" s="63" t="s">
         <v>474</v>
       </c>
-      <c r="B87" s="63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="96" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="D87" s="60">
         <v>89000</v>
       </c>
       <c r="E87" s="69"/>
       <c r="F87" s="71">
         <v>12</v>
       </c>
     </row>
-    <row r="88" spans="1:6" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:6" ht="56" x14ac:dyDescent="0.15">
       <c r="A88" s="62" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B88" s="63" t="s">
         <v>160</v>
       </c>
       <c r="C88" s="96" t="s">
         <v>160</v>
       </c>
       <c r="D88" s="60">
         <v>37500</v>
       </c>
       <c r="E88" s="69"/>
       <c r="F88" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="89" spans="1:6" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:6" ht="56" x14ac:dyDescent="0.15">
       <c r="A89" s="62" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B89" s="63" t="s">
+        <v>388</v>
+      </c>
+      <c r="C89" s="96" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="D89" s="60">
         <v>79000</v>
       </c>
       <c r="E89" s="69"/>
       <c r="F89" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="90" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A90" s="62" t="s">
+        <v>477</v>
+      </c>
+      <c r="B90" s="64" t="s">
         <v>478</v>
       </c>
-      <c r="B90" s="64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="96" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D90" s="60">
         <v>99000</v>
       </c>
       <c r="E90" s="69"/>
       <c r="F90" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="91" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A91" s="62" t="s">
+        <v>479</v>
+      </c>
+      <c r="B91" s="64" t="s">
         <v>480</v>
       </c>
-      <c r="B91" s="64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="96" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="D91" s="60" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="E91" s="70">
         <v>10739730</v>
       </c>
       <c r="F91" s="65">
         <v>6</v>
       </c>
     </row>
-    <row r="92" spans="1:6" ht="16.8" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="117" t="s">
+    <row r="92" spans="1:6" ht="16.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A92" s="108" t="s">
+        <v>484</v>
+      </c>
+      <c r="B92" s="108"/>
+      <c r="C92" s="108"/>
+      <c r="D92" s="108"/>
+      <c r="E92" s="108"/>
+      <c r="F92" s="108"/>
+    </row>
+    <row r="93" spans="1:6" ht="73.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A93" s="62" t="s">
+        <v>540</v>
+      </c>
+      <c r="B93" s="64" t="s">
         <v>485</v>
       </c>
-      <c r="B92" s="117"/>
-[...11 lines deleted...]
-      </c>
       <c r="C93" s="102" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="D93" s="82">
         <v>109000</v>
       </c>
       <c r="E93" s="43">
         <v>10739731</v>
       </c>
       <c r="F93" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="94" spans="1:6" ht="28.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:6" ht="28.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A94" s="62" t="s">
+        <v>541</v>
+      </c>
+      <c r="B94" s="64" t="s">
+        <v>487</v>
+      </c>
+      <c r="C94" s="111" t="s">
+        <v>399</v>
+      </c>
+      <c r="D94" s="112"/>
+      <c r="E94" s="112"/>
+      <c r="F94" s="112"/>
+    </row>
+    <row r="95" spans="1:6" ht="37.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A95" s="62" t="s">
         <v>542</v>
       </c>
-      <c r="B94" s="64" t="s">
+      <c r="B95" s="64" t="s">
         <v>488</v>
       </c>
-      <c r="C94" s="113" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="62" t="s">
+      <c r="C95" s="113" t="s">
+        <v>399</v>
+      </c>
+      <c r="D95" s="114"/>
+      <c r="E95" s="114"/>
+      <c r="F95" s="114"/>
+    </row>
+    <row r="96" spans="1:6" ht="40.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A96" s="62" t="s">
         <v>543</v>
       </c>
-      <c r="B95" s="64" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="B96" s="64" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="C96" s="102" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="D96" s="82">
         <v>59000</v>
       </c>
       <c r="E96" s="43">
         <v>10739732</v>
       </c>
       <c r="F96" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="97" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="98" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A97" s="107" t="s">
+        <v>527</v>
+      </c>
+      <c r="B97" s="107"/>
+      <c r="C97" s="107"/>
+      <c r="D97" s="107"/>
+      <c r="E97" s="107"/>
+      <c r="F97" s="107"/>
+    </row>
+    <row r="98" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A98" s="62" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B98" s="37" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="C98" s="96" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="D98" s="60" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="E98" s="104">
         <v>10637044</v>
       </c>
       <c r="F98" s="71">
         <v>8</v>
       </c>
     </row>
-    <row r="99" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A99" s="62" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="B99" s="37" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="C99" s="96" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="D99" s="60" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="E99" s="104">
         <v>10637045</v>
       </c>
       <c r="F99" s="71">
         <v>8</v>
       </c>
     </row>
-    <row r="100" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A100" s="62" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="B100" s="37" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="C100" s="96" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="D100" s="60" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="E100" s="104">
         <v>10637046</v>
       </c>
       <c r="F100" s="71">
         <v>8</v>
       </c>
     </row>
-    <row r="101" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A101" s="62" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="B101" s="37" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="C101" s="96" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D101" s="60">
         <v>90000</v>
       </c>
       <c r="E101" s="69">
         <v>10637039</v>
       </c>
       <c r="F101" s="71">
         <v>8</v>
       </c>
     </row>
-    <row r="102" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="103" spans="1:6" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A102" s="108" t="s">
+        <v>529</v>
+      </c>
+      <c r="B102" s="108"/>
+      <c r="C102" s="108"/>
+      <c r="D102" s="108"/>
+      <c r="E102" s="108"/>
+      <c r="F102" s="108"/>
+    </row>
+    <row r="103" spans="1:6" ht="56" x14ac:dyDescent="0.15">
       <c r="A103" s="62" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B103" s="64" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="C103" s="102" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="D103" s="82">
         <v>109000</v>
       </c>
       <c r="E103" s="43">
         <v>10739731</v>
       </c>
       <c r="F103" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="104" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A104" s="62" t="s">
+        <v>546</v>
+      </c>
+      <c r="B104" s="64" t="s">
+        <v>487</v>
+      </c>
+      <c r="C104" s="111" t="s">
+        <v>399</v>
+      </c>
+      <c r="D104" s="112"/>
+      <c r="E104" s="112"/>
+      <c r="F104" s="112"/>
+    </row>
+    <row r="105" spans="1:6" ht="28" x14ac:dyDescent="0.15">
+      <c r="A105" s="62" t="s">
         <v>547</v>
       </c>
-      <c r="B104" s="64" t="s">
+      <c r="B105" s="64" t="s">
         <v>488</v>
       </c>
-      <c r="C104" s="113" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="62" t="s">
+      <c r="C105" s="113" t="s">
+        <v>399</v>
+      </c>
+      <c r="D105" s="114"/>
+      <c r="E105" s="114"/>
+      <c r="F105" s="114"/>
+    </row>
+    <row r="106" spans="1:6" ht="28" x14ac:dyDescent="0.15">
+      <c r="A106" s="62" t="s">
         <v>548</v>
       </c>
-      <c r="B105" s="64" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="B106" s="64" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="C106" s="102" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="D106" s="82">
         <v>59000</v>
       </c>
       <c r="E106" s="43">
         <v>10739732</v>
       </c>
       <c r="F106" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="107" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A108" s="106" t="s">
+    <row r="107" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A107" s="107" t="s">
+        <v>528</v>
+      </c>
+      <c r="B107" s="107"/>
+      <c r="C107" s="107"/>
+      <c r="D107" s="107"/>
+      <c r="E107" s="107"/>
+      <c r="F107" s="107"/>
+    </row>
+    <row r="108" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A108" s="107" t="s">
         <v>144</v>
       </c>
-      <c r="B108" s="106"/>
-[...6 lines deleted...]
-      <c r="A109" s="112" t="s">
+      <c r="B108" s="107"/>
+      <c r="C108" s="107"/>
+      <c r="D108" s="107"/>
+      <c r="E108" s="107"/>
+      <c r="F108" s="107"/>
+    </row>
+    <row r="109" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A109" s="106" t="s">
         <v>145</v>
       </c>
-      <c r="B109" s="112"/>
-[...5 lines deleted...]
-    <row r="110" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B109" s="106"/>
+      <c r="C109" s="106"/>
+      <c r="D109" s="106"/>
+      <c r="E109" s="106"/>
+      <c r="F109" s="106"/>
+    </row>
+    <row r="110" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A110" s="62" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B110" s="37" t="s">
         <v>147</v>
       </c>
       <c r="C110" s="96" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D110" s="60">
         <v>74000</v>
       </c>
       <c r="E110" s="69"/>
       <c r="F110" s="71">
         <v>12</v>
       </c>
     </row>
-    <row r="111" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A111" s="62" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="B111" s="37" t="s">
         <v>149</v>
       </c>
       <c r="C111" s="33" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="D111" s="60">
         <v>29000</v>
       </c>
       <c r="E111" s="67"/>
       <c r="F111" s="68">
         <v>6</v>
       </c>
     </row>
-    <row r="112" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A112" s="62" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B112" s="37" t="s">
         <v>151</v>
       </c>
-      <c r="C112" s="113" t="s">
-[...6 lines deleted...]
-    <row r="113" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="C112" s="111" t="s">
+        <v>399</v>
+      </c>
+      <c r="D112" s="112"/>
+      <c r="E112" s="112"/>
+      <c r="F112" s="112"/>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A113" s="62" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="B113" s="37" t="s">
         <v>153</v>
       </c>
-      <c r="C113" s="115"/>
-[...5 lines deleted...]
-      <c r="A114" s="112" t="s">
+      <c r="C113" s="113"/>
+      <c r="D113" s="114"/>
+      <c r="E113" s="114"/>
+      <c r="F113" s="114"/>
+    </row>
+    <row r="114" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A114" s="106" t="s">
         <v>167</v>
       </c>
-      <c r="B114" s="112"/>
-[...5 lines deleted...]
-    <row r="115" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B114" s="106"/>
+      <c r="C114" s="106"/>
+      <c r="D114" s="106"/>
+      <c r="E114" s="106"/>
+      <c r="F114" s="106"/>
+    </row>
+    <row r="115" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A115" s="62" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B115" s="37" t="s">
         <v>168</v>
       </c>
       <c r="C115" s="96" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="D115" s="60">
         <v>109000</v>
       </c>
       <c r="E115" s="69"/>
       <c r="F115" s="71">
         <v>4</v>
       </c>
     </row>
-    <row r="116" spans="1:6" ht="66" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:6" ht="70" x14ac:dyDescent="0.15">
       <c r="A116" s="62" t="s">
+        <v>492</v>
+      </c>
+      <c r="B116" s="37" t="s">
         <v>493</v>
       </c>
-      <c r="B116" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="96" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="D116" s="60">
         <v>249000</v>
       </c>
       <c r="E116" s="69">
         <v>10739735</v>
       </c>
       <c r="F116" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="117" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A117" s="62" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B117" s="37" t="s">
         <v>151</v>
       </c>
-      <c r="C117" s="113" t="s">
-[...6 lines deleted...]
-    <row r="118" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="C117" s="111" t="s">
+        <v>398</v>
+      </c>
+      <c r="D117" s="112"/>
+      <c r="E117" s="112"/>
+      <c r="F117" s="112"/>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A118" s="62" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B118" s="37" t="s">
         <v>153</v>
       </c>
-      <c r="C118" s="115"/>
-[...5 lines deleted...]
-      <c r="A119" s="112" t="s">
+      <c r="C118" s="113"/>
+      <c r="D118" s="114"/>
+      <c r="E118" s="114"/>
+      <c r="F118" s="114"/>
+    </row>
+    <row r="119" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A119" s="106" t="s">
         <v>174</v>
       </c>
-      <c r="B119" s="112"/>
-[...5 lines deleted...]
-    <row r="120" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B119" s="106"/>
+      <c r="C119" s="106"/>
+      <c r="D119" s="106"/>
+      <c r="E119" s="106"/>
+      <c r="F119" s="106"/>
+    </row>
+    <row r="120" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A120" s="62" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B120" s="37" t="s">
         <v>175</v>
       </c>
       <c r="C120" s="96" t="s">
         <v>175</v>
       </c>
       <c r="D120" s="60">
         <v>173000</v>
       </c>
       <c r="E120" s="69"/>
       <c r="F120" s="71">
         <v>4</v>
       </c>
     </row>
-    <row r="121" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A121" s="62" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="B121" s="37" t="s">
         <v>151</v>
       </c>
-      <c r="C121" s="113" t="s">
-[...6 lines deleted...]
-    <row r="122" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="C121" s="111" t="s">
+        <v>400</v>
+      </c>
+      <c r="D121" s="112"/>
+      <c r="E121" s="112"/>
+      <c r="F121" s="112"/>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A122" s="62" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B122" s="37" t="s">
         <v>153</v>
       </c>
-      <c r="C122" s="115"/>
-[...5 lines deleted...]
-      <c r="A123" s="112" t="s">
+      <c r="C122" s="113"/>
+      <c r="D122" s="114"/>
+      <c r="E122" s="114"/>
+      <c r="F122" s="114"/>
+    </row>
+    <row r="123" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A123" s="106" t="s">
         <v>179</v>
       </c>
-      <c r="B123" s="112"/>
-[...5 lines deleted...]
-    <row r="124" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B123" s="106"/>
+      <c r="C123" s="106"/>
+      <c r="D123" s="106"/>
+      <c r="E123" s="106"/>
+      <c r="F123" s="106"/>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A124" s="62" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B124" s="37" t="s">
         <v>180</v>
       </c>
       <c r="C124" s="33" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="D124" s="60">
         <v>65000</v>
       </c>
       <c r="E124" s="69"/>
       <c r="F124" s="71">
         <v>6</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A125" s="62" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="B125" s="37" t="s">
         <v>182</v>
       </c>
       <c r="C125" s="33" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="D125" s="60">
         <v>29000</v>
       </c>
       <c r="E125" s="67"/>
       <c r="F125" s="68">
         <v>6</v>
       </c>
     </row>
-    <row r="126" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A126" s="62" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B126" s="37" t="s">
         <v>184</v>
       </c>
       <c r="C126" s="33" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="D126" s="60">
         <v>160000</v>
       </c>
       <c r="E126" s="81"/>
       <c r="F126" s="71">
         <v>3</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A127" s="62" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B127" s="37" t="s">
         <v>153</v>
       </c>
-      <c r="C127" s="118" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="112" t="s">
+      <c r="C127" s="109" t="s">
+        <v>398</v>
+      </c>
+      <c r="D127" s="110"/>
+      <c r="E127" s="110"/>
+      <c r="F127" s="110"/>
+    </row>
+    <row r="128" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A128" s="106" t="s">
         <v>187</v>
       </c>
-      <c r="B128" s="112"/>
-[...5 lines deleted...]
-    <row r="129" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B128" s="106"/>
+      <c r="C128" s="106"/>
+      <c r="D128" s="106"/>
+      <c r="E128" s="106"/>
+      <c r="F128" s="106"/>
+    </row>
+    <row r="129" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A129" s="62" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B129" s="37" t="s">
         <v>195</v>
       </c>
       <c r="C129" s="96" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="D129" s="60">
         <v>121000</v>
       </c>
       <c r="E129" s="69"/>
       <c r="F129" s="71">
         <v>4</v>
       </c>
     </row>
-    <row r="130" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A130" s="62" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B130" s="37" t="s">
         <v>197</v>
       </c>
       <c r="C130" s="96" t="s">
         <v>197</v>
       </c>
       <c r="D130" s="60">
         <v>158000</v>
       </c>
       <c r="E130" s="69"/>
       <c r="F130" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="131" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:6" ht="16.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A131" s="35" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="B131" s="27" t="s">
         <v>151</v>
       </c>
-      <c r="C131" s="118" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="112" t="s">
+      <c r="C131" s="109" t="s">
+        <v>398</v>
+      </c>
+      <c r="D131" s="110"/>
+      <c r="E131" s="110"/>
+      <c r="F131" s="110"/>
+    </row>
+    <row r="132" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A132" s="106" t="s">
         <v>203</v>
       </c>
-      <c r="B132" s="112"/>
-[...5 lines deleted...]
-    <row r="133" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B132" s="106"/>
+      <c r="C132" s="106"/>
+      <c r="D132" s="106"/>
+      <c r="E132" s="106"/>
+      <c r="F132" s="106"/>
+    </row>
+    <row r="133" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A133" s="62" t="s">
+        <v>515</v>
+      </c>
+      <c r="B133" s="37" t="s">
         <v>516</v>
       </c>
-      <c r="B133" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="96" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="D133" s="77">
         <v>230000</v>
       </c>
       <c r="E133" s="43">
         <v>10739729</v>
       </c>
       <c r="F133" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="134" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A134" s="62" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B134" s="37" t="s">
         <v>205</v>
       </c>
       <c r="C134" s="96" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="D134" s="77" t="s">
         <v>349</v>
       </c>
       <c r="E134" s="69">
         <v>10739738</v>
       </c>
       <c r="F134" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="135" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A135" s="106" t="s">
+    <row r="135" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A135" s="107" t="s">
         <v>206</v>
       </c>
-      <c r="B135" s="106"/>
-[...5 lines deleted...]
-    <row r="136" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B135" s="107"/>
+      <c r="C135" s="107"/>
+      <c r="D135" s="107"/>
+      <c r="E135" s="107"/>
+      <c r="F135" s="107"/>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A136" s="62" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="B136" s="37" t="s">
         <v>208</v>
       </c>
       <c r="C136" s="96" t="s">
         <v>208</v>
       </c>
       <c r="D136" s="60">
         <v>179000</v>
       </c>
       <c r="E136" s="69">
         <v>10637028</v>
       </c>
       <c r="F136" s="71">
         <v>8</v>
       </c>
     </row>
-    <row r="137" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A137" s="62" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="B137" s="37" t="s">
         <v>210</v>
       </c>
       <c r="C137" s="96" t="s">
         <v>210</v>
       </c>
       <c r="D137" s="60">
         <v>298000</v>
       </c>
       <c r="E137" s="69">
         <v>10637029</v>
       </c>
       <c r="F137" s="71">
         <v>8</v>
       </c>
     </row>
-    <row r="138" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A138" s="62" t="s">
+        <v>521</v>
+      </c>
+      <c r="B138" s="37" t="s">
         <v>522</v>
       </c>
-      <c r="B138" s="37" t="s">
+      <c r="C138" s="96" t="s">
         <v>523</v>
       </c>
-      <c r="C138" s="96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" s="60" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="E138" s="69">
         <v>10739740</v>
       </c>
       <c r="F138" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A139" s="2"/>
       <c r="B139" s="28"/>
       <c r="C139" s="25"/>
       <c r="D139" s="6"/>
       <c r="E139" s="1"/>
     </row>
-    <row r="140" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A140" s="2"/>
       <c r="B140" s="28"/>
       <c r="C140" s="25"/>
       <c r="D140" s="6"/>
       <c r="E140" s="1"/>
     </row>
-    <row r="141" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A141" s="2"/>
       <c r="B141" s="28"/>
       <c r="C141" s="25"/>
       <c r="D141" s="6"/>
       <c r="E141" s="1"/>
     </row>
-    <row r="142" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A142" s="2"/>
       <c r="B142" s="28"/>
       <c r="C142" s="25"/>
       <c r="D142" s="6"/>
       <c r="E142" s="1"/>
     </row>
-    <row r="143" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A143" s="2"/>
       <c r="B143" s="28"/>
       <c r="C143" s="25"/>
       <c r="D143" s="6"/>
       <c r="E143" s="1"/>
     </row>
-    <row r="144" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A144" s="2"/>
       <c r="B144" s="28"/>
       <c r="C144" s="25"/>
       <c r="D144" s="6"/>
       <c r="E144" s="1"/>
     </row>
-    <row r="145" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A145" s="2"/>
       <c r="B145" s="28"/>
       <c r="C145" s="25"/>
       <c r="D145" s="6"/>
       <c r="E145" s="1"/>
     </row>
-    <row r="146" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A146" s="2"/>
       <c r="B146" s="28"/>
       <c r="C146" s="25"/>
       <c r="D146" s="6"/>
       <c r="E146" s="1"/>
     </row>
-    <row r="147" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A147" s="2"/>
       <c r="B147" s="28"/>
       <c r="C147" s="25"/>
       <c r="D147" s="6"/>
       <c r="E147" s="1"/>
     </row>
-    <row r="148" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A148" s="2"/>
       <c r="B148" s="28"/>
       <c r="C148" s="25"/>
       <c r="D148" s="6"/>
       <c r="E148" s="1"/>
     </row>
-    <row r="149" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A149" s="2"/>
       <c r="B149" s="28"/>
       <c r="C149" s="25"/>
       <c r="D149" s="6"/>
       <c r="E149" s="1"/>
     </row>
-    <row r="150" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A150" s="2"/>
       <c r="B150" s="28"/>
       <c r="C150" s="25"/>
       <c r="D150" s="6"/>
       <c r="E150" s="1"/>
     </row>
-    <row r="151" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A151" s="2"/>
       <c r="B151" s="28"/>
       <c r="C151" s="25"/>
       <c r="D151" s="6"/>
       <c r="E151" s="1"/>
     </row>
-    <row r="152" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A152" s="2"/>
       <c r="B152" s="28"/>
       <c r="C152" s="25"/>
       <c r="D152" s="6"/>
       <c r="E152" s="1"/>
     </row>
-    <row r="153" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A153" s="2"/>
       <c r="B153" s="28"/>
       <c r="C153" s="25"/>
       <c r="D153" s="6"/>
       <c r="E153" s="1"/>
     </row>
-    <row r="154" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A154" s="2"/>
       <c r="B154" s="28"/>
       <c r="C154" s="25"/>
       <c r="D154" s="6"/>
       <c r="E154" s="1"/>
     </row>
-    <row r="155" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A155" s="2"/>
       <c r="B155" s="28"/>
       <c r="C155" s="25"/>
       <c r="D155" s="6"/>
       <c r="E155" s="1"/>
     </row>
-    <row r="156" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A156" s="2"/>
       <c r="B156" s="28"/>
       <c r="C156" s="25"/>
       <c r="D156" s="6"/>
       <c r="E156" s="1"/>
     </row>
-    <row r="157" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A157" s="2"/>
       <c r="B157" s="28"/>
       <c r="C157" s="25"/>
       <c r="D157" s="6"/>
       <c r="E157" s="1"/>
     </row>
-    <row r="158" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A158" s="2"/>
       <c r="B158" s="28"/>
       <c r="C158" s="25"/>
       <c r="D158" s="6"/>
       <c r="E158" s="1"/>
     </row>
-    <row r="159" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A159" s="2"/>
       <c r="B159" s="28"/>
       <c r="C159" s="25"/>
       <c r="D159" s="6"/>
       <c r="E159" s="1"/>
     </row>
-    <row r="160" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A160" s="2"/>
       <c r="B160" s="28"/>
       <c r="C160" s="25"/>
       <c r="D160" s="6"/>
       <c r="E160" s="1"/>
     </row>
-    <row r="161" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A161" s="2"/>
       <c r="B161" s="28"/>
       <c r="C161" s="25"/>
       <c r="D161" s="6"/>
       <c r="E161" s="1"/>
     </row>
-    <row r="162" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A162" s="2"/>
       <c r="B162" s="28"/>
       <c r="C162" s="25"/>
       <c r="D162" s="6"/>
       <c r="E162" s="1"/>
     </row>
-    <row r="163" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A163" s="2"/>
       <c r="B163" s="28"/>
       <c r="C163" s="25"/>
       <c r="D163" s="6"/>
       <c r="E163" s="1"/>
     </row>
-    <row r="164" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A164" s="2"/>
       <c r="B164" s="28"/>
       <c r="C164" s="25"/>
       <c r="D164" s="6"/>
       <c r="E164" s="1"/>
     </row>
-    <row r="165" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A165" s="2"/>
       <c r="B165" s="28"/>
       <c r="C165" s="25"/>
       <c r="D165" s="6"/>
       <c r="E165" s="1"/>
     </row>
-    <row r="166" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A166" s="2"/>
       <c r="B166" s="28"/>
       <c r="C166" s="25"/>
       <c r="D166" s="6"/>
       <c r="E166" s="1"/>
     </row>
-    <row r="167" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A167" s="2"/>
       <c r="B167" s="28"/>
       <c r="C167" s="25"/>
       <c r="D167" s="6"/>
       <c r="E167" s="1"/>
     </row>
-    <row r="168" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A168" s="2"/>
       <c r="B168" s="28"/>
       <c r="C168" s="25"/>
       <c r="D168" s="6"/>
       <c r="E168" s="1"/>
     </row>
-    <row r="169" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A169" s="2"/>
       <c r="B169" s="28"/>
       <c r="C169" s="25"/>
       <c r="D169" s="6"/>
       <c r="E169" s="1"/>
     </row>
-    <row r="170" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A170" s="2"/>
       <c r="B170" s="28"/>
       <c r="C170" s="25"/>
       <c r="D170" s="6"/>
       <c r="E170" s="1"/>
     </row>
-    <row r="171" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A171" s="2"/>
       <c r="B171" s="28"/>
       <c r="C171" s="25"/>
       <c r="D171" s="6"/>
       <c r="E171" s="1"/>
     </row>
-    <row r="172" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A172" s="2"/>
       <c r="B172" s="28"/>
       <c r="C172" s="25"/>
       <c r="D172" s="6"/>
       <c r="E172" s="1"/>
     </row>
-    <row r="173" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A173" s="2"/>
       <c r="B173" s="28"/>
       <c r="C173" s="25"/>
       <c r="D173" s="6"/>
       <c r="E173" s="1"/>
     </row>
-    <row r="174" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A174" s="2"/>
       <c r="B174" s="28"/>
       <c r="C174" s="25"/>
       <c r="D174" s="6"/>
       <c r="E174" s="1"/>
     </row>
-    <row r="175" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A175" s="2"/>
       <c r="B175" s="28"/>
       <c r="C175" s="25"/>
       <c r="D175" s="6"/>
       <c r="E175" s="1"/>
     </row>
-    <row r="176" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A176" s="2"/>
       <c r="B176" s="28"/>
       <c r="C176" s="25"/>
       <c r="D176" s="6"/>
       <c r="E176" s="1"/>
     </row>
-    <row r="177" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A177" s="2"/>
       <c r="B177" s="28"/>
       <c r="C177" s="25"/>
       <c r="D177" s="6"/>
       <c r="E177" s="1"/>
     </row>
-    <row r="178" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A178" s="2"/>
       <c r="B178" s="28"/>
       <c r="C178" s="25"/>
       <c r="D178" s="6"/>
       <c r="E178" s="1"/>
     </row>
-    <row r="179" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A179" s="2"/>
       <c r="B179" s="28"/>
       <c r="C179" s="25"/>
       <c r="D179" s="6"/>
       <c r="E179" s="1"/>
     </row>
-    <row r="180" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A180" s="2"/>
       <c r="B180" s="28"/>
       <c r="C180" s="25"/>
       <c r="D180" s="6"/>
       <c r="E180" s="1"/>
     </row>
-    <row r="181" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A181" s="2"/>
       <c r="B181" s="28"/>
       <c r="C181" s="25"/>
       <c r="D181" s="6"/>
       <c r="E181" s="1"/>
     </row>
-    <row r="182" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A182" s="2"/>
       <c r="B182" s="28"/>
       <c r="C182" s="25"/>
       <c r="D182" s="6"/>
       <c r="E182" s="1"/>
     </row>
-    <row r="183" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A183" s="2"/>
       <c r="B183" s="28"/>
       <c r="C183" s="25"/>
       <c r="D183" s="6"/>
       <c r="E183" s="1"/>
     </row>
-    <row r="184" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A184" s="2"/>
       <c r="B184" s="28"/>
       <c r="C184" s="25"/>
       <c r="D184" s="6"/>
       <c r="E184" s="1"/>
     </row>
-    <row r="185" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A185" s="2"/>
       <c r="B185" s="28"/>
       <c r="C185" s="25"/>
       <c r="D185" s="6"/>
       <c r="E185" s="1"/>
     </row>
-    <row r="186" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A186" s="2"/>
       <c r="B186" s="28"/>
       <c r="C186" s="25"/>
       <c r="D186" s="6"/>
       <c r="E186" s="1"/>
     </row>
-    <row r="187" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A187" s="2"/>
       <c r="B187" s="28"/>
       <c r="C187" s="25"/>
       <c r="D187" s="6"/>
       <c r="E187" s="1"/>
     </row>
-    <row r="188" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A188" s="2"/>
       <c r="B188" s="28"/>
       <c r="C188" s="25"/>
       <c r="D188" s="6"/>
       <c r="E188" s="1"/>
     </row>
-    <row r="189" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A189" s="2"/>
       <c r="B189" s="28"/>
       <c r="C189" s="25"/>
       <c r="D189" s="6"/>
       <c r="E189" s="1"/>
     </row>
-    <row r="190" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A190" s="2"/>
       <c r="B190" s="28"/>
       <c r="C190" s="25"/>
       <c r="D190" s="6"/>
       <c r="E190" s="1"/>
     </row>
-    <row r="191" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A191" s="2"/>
       <c r="B191" s="28"/>
       <c r="C191" s="25"/>
       <c r="D191" s="6"/>
       <c r="E191" s="1"/>
     </row>
-    <row r="192" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A192" s="2"/>
       <c r="B192" s="28"/>
       <c r="C192" s="25"/>
       <c r="D192" s="6"/>
       <c r="E192" s="1"/>
     </row>
-    <row r="193" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A193" s="2"/>
       <c r="B193" s="28"/>
       <c r="C193" s="25"/>
       <c r="D193" s="6"/>
       <c r="E193" s="1"/>
     </row>
-    <row r="194" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A194" s="2"/>
       <c r="B194" s="28"/>
       <c r="C194" s="25"/>
       <c r="D194" s="6"/>
       <c r="E194" s="1"/>
     </row>
-    <row r="195" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A195" s="2"/>
       <c r="B195" s="28"/>
       <c r="C195" s="25"/>
       <c r="D195" s="6"/>
       <c r="E195" s="1"/>
     </row>
-    <row r="196" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A196" s="2"/>
       <c r="B196" s="28"/>
       <c r="C196" s="25"/>
       <c r="D196" s="6"/>
       <c r="E196" s="1"/>
     </row>
-    <row r="197" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A197" s="2"/>
       <c r="B197" s="28"/>
       <c r="C197" s="25"/>
       <c r="D197" s="6"/>
       <c r="E197" s="1"/>
     </row>
-    <row r="198" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A198" s="2"/>
       <c r="B198" s="28"/>
       <c r="C198" s="25"/>
       <c r="D198" s="6"/>
       <c r="E198" s="1"/>
     </row>
-    <row r="199" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A199" s="2"/>
       <c r="B199" s="28"/>
       <c r="C199" s="25"/>
       <c r="D199" s="6"/>
       <c r="E199" s="1"/>
     </row>
-    <row r="200" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A200" s="2"/>
       <c r="B200" s="28"/>
       <c r="C200" s="25"/>
       <c r="D200" s="6"/>
       <c r="E200" s="1"/>
     </row>
-    <row r="201" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A201" s="2"/>
       <c r="B201" s="28"/>
       <c r="C201" s="25"/>
       <c r="D201" s="6"/>
       <c r="E201" s="1"/>
     </row>
-    <row r="202" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A202" s="2"/>
       <c r="B202" s="28"/>
       <c r="C202" s="25"/>
       <c r="D202" s="6"/>
       <c r="E202" s="1"/>
     </row>
-    <row r="203" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A203" s="2"/>
       <c r="B203" s="28"/>
       <c r="C203" s="25"/>
       <c r="D203" s="6"/>
       <c r="E203" s="1"/>
     </row>
-    <row r="204" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A204" s="2"/>
       <c r="B204" s="28"/>
       <c r="C204" s="25"/>
       <c r="D204" s="6"/>
       <c r="E204" s="1"/>
     </row>
-    <row r="205" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A205" s="2"/>
       <c r="B205" s="28"/>
       <c r="C205" s="25"/>
       <c r="D205" s="6"/>
       <c r="E205" s="1"/>
     </row>
-    <row r="206" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A206" s="2"/>
       <c r="B206" s="28"/>
       <c r="C206" s="25"/>
       <c r="D206" s="6"/>
       <c r="E206" s="1"/>
     </row>
-    <row r="207" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A207" s="2"/>
       <c r="B207" s="28"/>
       <c r="C207" s="25"/>
       <c r="D207" s="6"/>
       <c r="E207" s="1"/>
     </row>
-    <row r="208" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A208" s="2"/>
       <c r="B208" s="28"/>
       <c r="C208" s="25"/>
       <c r="D208" s="6"/>
       <c r="E208" s="1"/>
     </row>
-    <row r="209" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A209" s="2"/>
       <c r="B209" s="28"/>
       <c r="C209" s="25"/>
       <c r="D209" s="6"/>
       <c r="E209" s="1"/>
     </row>
-    <row r="210" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A210" s="2"/>
       <c r="B210" s="28"/>
       <c r="C210" s="25"/>
       <c r="D210" s="6"/>
       <c r="E210" s="1"/>
     </row>
-    <row r="211" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A211" s="2"/>
       <c r="B211" s="28"/>
       <c r="C211" s="25"/>
       <c r="D211" s="6"/>
       <c r="E211" s="1"/>
     </row>
-    <row r="212" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A212" s="2"/>
       <c r="B212" s="28"/>
       <c r="C212" s="25"/>
       <c r="D212" s="6"/>
       <c r="E212" s="1"/>
     </row>
-    <row r="213" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A213" s="2"/>
       <c r="B213" s="28"/>
       <c r="C213" s="25"/>
       <c r="D213" s="6"/>
       <c r="E213" s="1"/>
     </row>
-    <row r="214" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A214" s="2"/>
       <c r="B214" s="28"/>
       <c r="C214" s="25"/>
       <c r="D214" s="6"/>
       <c r="E214" s="1"/>
     </row>
-    <row r="215" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A215" s="2"/>
       <c r="B215" s="28"/>
       <c r="C215" s="25"/>
       <c r="D215" s="6"/>
       <c r="E215" s="1"/>
     </row>
-    <row r="216" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A216" s="2"/>
       <c r="B216" s="28"/>
       <c r="C216" s="25"/>
       <c r="D216" s="6"/>
       <c r="E216" s="1"/>
     </row>
-    <row r="217" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A217" s="2"/>
       <c r="B217" s="28"/>
       <c r="C217" s="25"/>
       <c r="D217" s="6"/>
       <c r="E217" s="1"/>
     </row>
-    <row r="218" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A218" s="2"/>
       <c r="B218" s="28"/>
       <c r="C218" s="25"/>
       <c r="D218" s="6"/>
       <c r="E218" s="1"/>
     </row>
-    <row r="219" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A219" s="2"/>
       <c r="B219" s="28"/>
       <c r="C219" s="25"/>
       <c r="D219" s="6"/>
       <c r="E219" s="1"/>
     </row>
-    <row r="220" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A220" s="2"/>
       <c r="B220" s="28"/>
       <c r="C220" s="25"/>
       <c r="D220" s="6"/>
       <c r="E220" s="1"/>
     </row>
-    <row r="221" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A221" s="2"/>
       <c r="B221" s="28"/>
       <c r="C221" s="25"/>
       <c r="D221" s="6"/>
       <c r="E221" s="1"/>
     </row>
-    <row r="222" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A222" s="2"/>
       <c r="B222" s="28"/>
       <c r="C222" s="25"/>
       <c r="D222" s="6"/>
       <c r="E222" s="1"/>
     </row>
-    <row r="223" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A223" s="2"/>
       <c r="B223" s="28"/>
       <c r="C223" s="25"/>
       <c r="D223" s="6"/>
       <c r="E223" s="1"/>
     </row>
-    <row r="224" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A224" s="2"/>
       <c r="B224" s="28"/>
       <c r="C224" s="25"/>
       <c r="D224" s="6"/>
       <c r="E224" s="1"/>
     </row>
-    <row r="225" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A225" s="2"/>
       <c r="B225" s="28"/>
       <c r="C225" s="25"/>
       <c r="D225" s="6"/>
       <c r="E225" s="1"/>
     </row>
-    <row r="226" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A226" s="2"/>
       <c r="B226" s="28"/>
       <c r="C226" s="25"/>
       <c r="D226" s="6"/>
       <c r="E226" s="1"/>
     </row>
-    <row r="227" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A227" s="2"/>
       <c r="B227" s="28"/>
       <c r="C227" s="25"/>
       <c r="D227" s="6"/>
       <c r="E227" s="1"/>
     </row>
-    <row r="228" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A228" s="2"/>
       <c r="B228" s="28"/>
       <c r="C228" s="25"/>
       <c r="D228" s="6"/>
       <c r="E228" s="1"/>
     </row>
-    <row r="229" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A229" s="2"/>
       <c r="B229" s="28"/>
       <c r="C229" s="25"/>
       <c r="D229" s="6"/>
       <c r="E229" s="1"/>
     </row>
-    <row r="230" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A230" s="2"/>
       <c r="B230" s="28"/>
       <c r="C230" s="25"/>
       <c r="D230" s="6"/>
       <c r="E230" s="1"/>
     </row>
-    <row r="231" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A231" s="2"/>
       <c r="B231" s="28"/>
       <c r="C231" s="25"/>
       <c r="D231" s="6"/>
       <c r="E231" s="1"/>
     </row>
-    <row r="232" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A232" s="2"/>
       <c r="B232" s="28"/>
       <c r="C232" s="25"/>
       <c r="D232" s="6"/>
       <c r="E232" s="1"/>
     </row>
-    <row r="233" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A233" s="2"/>
       <c r="B233" s="28"/>
       <c r="C233" s="25"/>
       <c r="D233" s="6"/>
       <c r="E233" s="1"/>
     </row>
-    <row r="234" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A234" s="2"/>
       <c r="B234" s="28"/>
       <c r="C234" s="25"/>
       <c r="D234" s="6"/>
       <c r="E234" s="1"/>
     </row>
-    <row r="235" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A235" s="2"/>
       <c r="B235" s="28"/>
       <c r="C235" s="25"/>
       <c r="D235" s="6"/>
       <c r="E235" s="1"/>
     </row>
-    <row r="236" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A236" s="2"/>
       <c r="B236" s="28"/>
       <c r="C236" s="25"/>
       <c r="D236" s="6"/>
       <c r="E236" s="1"/>
     </row>
-    <row r="237" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A237" s="2"/>
       <c r="B237" s="28"/>
       <c r="C237" s="25"/>
       <c r="D237" s="6"/>
       <c r="E237" s="1"/>
     </row>
-    <row r="238" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A238" s="2"/>
       <c r="B238" s="28"/>
       <c r="C238" s="25"/>
       <c r="D238" s="6"/>
       <c r="E238" s="1"/>
     </row>
-    <row r="239" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A239" s="2"/>
       <c r="B239" s="28"/>
       <c r="C239" s="25"/>
       <c r="D239" s="6"/>
       <c r="E239" s="1"/>
     </row>
-    <row r="240" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A240" s="2"/>
       <c r="B240" s="28"/>
       <c r="C240" s="25"/>
       <c r="D240" s="6"/>
       <c r="E240" s="1"/>
     </row>
-    <row r="241" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A241" s="2"/>
       <c r="B241" s="28"/>
       <c r="C241" s="25"/>
       <c r="D241" s="6"/>
       <c r="E241" s="1"/>
     </row>
-    <row r="242" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A242" s="2"/>
       <c r="B242" s="28"/>
       <c r="C242" s="25"/>
       <c r="D242" s="6"/>
       <c r="E242" s="1"/>
     </row>
-    <row r="243" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A243" s="2"/>
       <c r="B243" s="28"/>
       <c r="C243" s="25"/>
       <c r="D243" s="6"/>
       <c r="E243" s="1"/>
     </row>
-    <row r="244" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A244" s="2"/>
       <c r="B244" s="28"/>
       <c r="C244" s="25"/>
       <c r="D244" s="6"/>
       <c r="E244" s="1"/>
     </row>
-    <row r="245" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A245" s="2"/>
       <c r="B245" s="28"/>
       <c r="C245" s="25"/>
       <c r="D245" s="6"/>
       <c r="E245" s="1"/>
     </row>
-    <row r="246" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A246" s="2"/>
       <c r="B246" s="28"/>
       <c r="C246" s="25"/>
       <c r="D246" s="6"/>
       <c r="E246" s="1"/>
     </row>
-    <row r="247" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A247" s="2"/>
       <c r="B247" s="28"/>
       <c r="C247" s="25"/>
       <c r="D247" s="6"/>
       <c r="E247" s="1"/>
     </row>
-    <row r="248" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A248" s="2"/>
       <c r="B248" s="28"/>
       <c r="C248" s="25"/>
       <c r="D248" s="6"/>
       <c r="E248" s="1"/>
     </row>
-    <row r="249" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A249" s="2"/>
       <c r="B249" s="28"/>
       <c r="C249" s="25"/>
       <c r="D249" s="6"/>
       <c r="E249" s="1"/>
     </row>
-    <row r="250" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A250" s="2"/>
       <c r="B250" s="28"/>
       <c r="C250" s="25"/>
       <c r="D250" s="6"/>
       <c r="E250" s="1"/>
     </row>
-    <row r="251" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A251" s="2"/>
       <c r="B251" s="28"/>
       <c r="C251" s="25"/>
       <c r="D251" s="6"/>
       <c r="E251" s="1"/>
     </row>
-    <row r="252" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A252" s="2"/>
       <c r="B252" s="28"/>
       <c r="C252" s="25"/>
       <c r="D252" s="6"/>
       <c r="E252" s="1"/>
     </row>
-    <row r="253" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A253" s="2"/>
       <c r="B253" s="28"/>
       <c r="C253" s="25"/>
       <c r="D253" s="6"/>
       <c r="E253" s="1"/>
     </row>
-    <row r="254" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A254" s="2"/>
       <c r="B254" s="28"/>
       <c r="C254" s="25"/>
       <c r="D254" s="6"/>
       <c r="E254" s="1"/>
     </row>
-    <row r="255" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A255" s="2"/>
       <c r="B255" s="28"/>
       <c r="C255" s="25"/>
       <c r="D255" s="6"/>
       <c r="E255" s="1"/>
     </row>
-    <row r="256" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A256" s="2"/>
       <c r="B256" s="28"/>
       <c r="C256" s="25"/>
       <c r="D256" s="6"/>
       <c r="E256" s="1"/>
     </row>
-    <row r="257" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A257" s="2"/>
       <c r="B257" s="28"/>
       <c r="C257" s="25"/>
       <c r="D257" s="6"/>
       <c r="E257" s="1"/>
     </row>
-    <row r="258" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A258" s="2"/>
       <c r="B258" s="28"/>
       <c r="C258" s="25"/>
       <c r="D258" s="6"/>
       <c r="E258" s="1"/>
     </row>
-    <row r="259" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A259" s="2"/>
       <c r="B259" s="28"/>
       <c r="C259" s="25"/>
       <c r="D259" s="6"/>
       <c r="E259" s="1"/>
     </row>
-    <row r="260" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A260" s="2"/>
       <c r="B260" s="28"/>
       <c r="C260" s="25"/>
       <c r="D260" s="6"/>
       <c r="E260" s="1"/>
     </row>
-    <row r="261" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A261" s="2"/>
       <c r="B261" s="28"/>
       <c r="C261" s="25"/>
       <c r="D261" s="6"/>
       <c r="E261" s="1"/>
     </row>
-    <row r="262" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A262" s="2"/>
       <c r="B262" s="28"/>
       <c r="C262" s="25"/>
       <c r="D262" s="6"/>
       <c r="E262" s="1"/>
     </row>
-    <row r="263" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A263" s="2"/>
       <c r="B263" s="28"/>
       <c r="C263" s="25"/>
       <c r="D263" s="6"/>
       <c r="E263" s="1"/>
     </row>
-    <row r="264" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A264" s="2"/>
       <c r="B264" s="28"/>
       <c r="C264" s="25"/>
       <c r="D264" s="6"/>
       <c r="E264" s="1"/>
     </row>
-    <row r="265" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A265" s="2"/>
       <c r="B265" s="28"/>
       <c r="C265" s="25"/>
       <c r="D265" s="6"/>
       <c r="E265" s="1"/>
     </row>
-    <row r="266" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A266" s="2"/>
       <c r="B266" s="28"/>
       <c r="C266" s="25"/>
       <c r="D266" s="6"/>
       <c r="E266" s="1"/>
     </row>
-    <row r="267" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A267" s="2"/>
       <c r="B267" s="28"/>
       <c r="C267" s="25"/>
       <c r="D267" s="6"/>
       <c r="E267" s="1"/>
     </row>
-    <row r="268" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A268" s="2"/>
       <c r="B268" s="28"/>
       <c r="C268" s="25"/>
       <c r="D268" s="6"/>
       <c r="E268" s="1"/>
     </row>
-    <row r="269" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A269" s="2"/>
       <c r="B269" s="28"/>
       <c r="C269" s="25"/>
       <c r="D269" s="6"/>
       <c r="E269" s="1"/>
     </row>
-    <row r="270" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A270" s="2"/>
       <c r="B270" s="28"/>
       <c r="C270" s="25"/>
       <c r="D270" s="6"/>
       <c r="E270" s="1"/>
     </row>
-    <row r="271" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A271" s="2"/>
       <c r="B271" s="28"/>
       <c r="C271" s="25"/>
       <c r="D271" s="6"/>
       <c r="E271" s="1"/>
     </row>
-    <row r="272" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A272" s="2"/>
       <c r="B272" s="28"/>
       <c r="C272" s="25"/>
       <c r="D272" s="6"/>
       <c r="E272" s="1"/>
     </row>
-    <row r="273" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A273" s="2"/>
       <c r="B273" s="28"/>
       <c r="C273" s="25"/>
       <c r="D273" s="6"/>
       <c r="E273" s="1"/>
     </row>
-    <row r="274" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A274" s="2"/>
       <c r="B274" s="28"/>
       <c r="C274" s="25"/>
       <c r="D274" s="6"/>
       <c r="E274" s="1"/>
     </row>
-    <row r="275" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A275" s="2"/>
       <c r="B275" s="28"/>
       <c r="C275" s="25"/>
       <c r="D275" s="6"/>
       <c r="E275" s="1"/>
     </row>
-    <row r="276" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A276" s="2"/>
       <c r="B276" s="28"/>
       <c r="C276" s="25"/>
       <c r="D276" s="6"/>
       <c r="E276" s="1"/>
     </row>
-    <row r="277" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A277" s="2"/>
       <c r="B277" s="28"/>
       <c r="C277" s="25"/>
       <c r="D277" s="6"/>
       <c r="E277" s="1"/>
     </row>
-    <row r="278" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A278" s="2"/>
       <c r="B278" s="28"/>
       <c r="C278" s="25"/>
       <c r="D278" s="6"/>
       <c r="E278" s="1"/>
     </row>
-    <row r="279" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A279" s="2"/>
       <c r="B279" s="28"/>
       <c r="C279" s="25"/>
       <c r="D279" s="6"/>
       <c r="E279" s="1"/>
     </row>
-    <row r="280" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A280" s="2"/>
       <c r="B280" s="28"/>
       <c r="C280" s="25"/>
       <c r="D280" s="6"/>
       <c r="E280" s="1"/>
     </row>
-    <row r="281" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A281" s="2"/>
       <c r="B281" s="28"/>
       <c r="C281" s="25"/>
       <c r="D281" s="6"/>
       <c r="E281" s="1"/>
     </row>
-    <row r="282" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A282" s="2"/>
       <c r="B282" s="28"/>
       <c r="C282" s="25"/>
       <c r="D282" s="6"/>
       <c r="E282" s="1"/>
     </row>
-    <row r="283" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A283" s="2"/>
       <c r="B283" s="28"/>
       <c r="C283" s="25"/>
       <c r="D283" s="6"/>
       <c r="E283" s="1"/>
     </row>
-    <row r="284" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A284" s="2"/>
       <c r="B284" s="28"/>
       <c r="C284" s="25"/>
       <c r="D284" s="6"/>
       <c r="E284" s="1"/>
     </row>
-    <row r="285" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A285" s="2"/>
       <c r="B285" s="28"/>
       <c r="C285" s="25"/>
       <c r="D285" s="6"/>
       <c r="E285" s="1"/>
     </row>
-    <row r="286" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A286" s="2"/>
       <c r="B286" s="28"/>
       <c r="C286" s="25"/>
       <c r="D286" s="6"/>
       <c r="E286" s="1"/>
     </row>
-    <row r="287" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A287" s="2"/>
       <c r="B287" s="28"/>
       <c r="C287" s="25"/>
       <c r="D287" s="6"/>
       <c r="E287" s="1"/>
     </row>
-    <row r="288" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A288" s="2"/>
       <c r="B288" s="28"/>
       <c r="C288" s="25"/>
       <c r="D288" s="6"/>
       <c r="E288" s="1"/>
     </row>
-    <row r="289" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A289" s="2"/>
       <c r="B289" s="28"/>
       <c r="C289" s="25"/>
       <c r="D289" s="6"/>
       <c r="E289" s="1"/>
     </row>
-    <row r="290" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A290" s="2"/>
       <c r="B290" s="28"/>
       <c r="C290" s="25"/>
       <c r="D290" s="6"/>
       <c r="E290" s="1"/>
     </row>
-    <row r="291" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A291" s="2"/>
       <c r="B291" s="28"/>
       <c r="C291" s="25"/>
       <c r="D291" s="6"/>
       <c r="E291" s="1"/>
     </row>
-    <row r="292" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A292" s="2"/>
       <c r="B292" s="28"/>
       <c r="C292" s="25"/>
       <c r="D292" s="6"/>
       <c r="E292" s="1"/>
     </row>
-    <row r="293" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A293" s="2"/>
       <c r="B293" s="28"/>
       <c r="C293" s="25"/>
       <c r="D293" s="6"/>
       <c r="E293" s="1"/>
     </row>
-    <row r="294" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A294" s="2"/>
       <c r="B294" s="28"/>
       <c r="C294" s="25"/>
       <c r="D294" s="6"/>
       <c r="E294" s="1"/>
     </row>
-    <row r="295" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A295" s="2"/>
       <c r="B295" s="28"/>
       <c r="C295" s="25"/>
       <c r="D295" s="6"/>
       <c r="E295" s="1"/>
     </row>
-    <row r="296" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A296" s="2"/>
       <c r="B296" s="28"/>
       <c r="C296" s="25"/>
       <c r="D296" s="6"/>
       <c r="E296" s="1"/>
     </row>
-    <row r="297" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A297" s="2"/>
       <c r="B297" s="28"/>
       <c r="C297" s="25"/>
       <c r="D297" s="6"/>
       <c r="E297" s="1"/>
     </row>
-    <row r="298" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A298" s="2"/>
       <c r="B298" s="28"/>
       <c r="C298" s="25"/>
       <c r="D298" s="6"/>
       <c r="E298" s="1"/>
     </row>
-    <row r="299" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A299" s="2"/>
       <c r="B299" s="28"/>
       <c r="C299" s="25"/>
       <c r="D299" s="6"/>
       <c r="E299" s="1"/>
     </row>
-    <row r="300" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A300" s="2"/>
       <c r="B300" s="28"/>
       <c r="C300" s="25"/>
       <c r="D300" s="6"/>
       <c r="E300" s="1"/>
     </row>
-    <row r="301" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A301" s="2"/>
       <c r="B301" s="28"/>
       <c r="C301" s="25"/>
       <c r="D301" s="6"/>
       <c r="E301" s="1"/>
     </row>
-    <row r="302" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A302" s="2"/>
       <c r="B302" s="28"/>
       <c r="C302" s="25"/>
       <c r="D302" s="6"/>
       <c r="E302" s="1"/>
     </row>
-    <row r="303" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A303" s="2"/>
       <c r="B303" s="28"/>
       <c r="C303" s="25"/>
       <c r="D303" s="6"/>
       <c r="E303" s="1"/>
     </row>
-    <row r="304" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A304" s="2"/>
       <c r="B304" s="28"/>
       <c r="C304" s="25"/>
       <c r="D304" s="6"/>
       <c r="E304" s="1"/>
     </row>
-    <row r="305" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A305" s="2"/>
       <c r="B305" s="28"/>
       <c r="C305" s="25"/>
       <c r="D305" s="6"/>
       <c r="E305" s="1"/>
     </row>
-    <row r="306" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A306" s="2"/>
       <c r="B306" s="28"/>
       <c r="C306" s="25"/>
       <c r="D306" s="6"/>
       <c r="E306" s="1"/>
     </row>
-    <row r="307" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A307" s="2"/>
       <c r="B307" s="28"/>
       <c r="C307" s="25"/>
       <c r="D307" s="6"/>
       <c r="E307" s="1"/>
     </row>
-    <row r="308" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A308" s="2"/>
       <c r="B308" s="28"/>
       <c r="C308" s="25"/>
       <c r="D308" s="6"/>
       <c r="E308" s="1"/>
     </row>
-    <row r="309" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A309" s="2"/>
       <c r="B309" s="28"/>
       <c r="C309" s="25"/>
       <c r="D309" s="6"/>
       <c r="E309" s="1"/>
     </row>
-    <row r="310" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A310" s="2"/>
       <c r="B310" s="28"/>
       <c r="C310" s="25"/>
       <c r="D310" s="6"/>
       <c r="E310" s="1"/>
     </row>
-    <row r="311" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A311" s="2"/>
       <c r="B311" s="28"/>
       <c r="C311" s="25"/>
       <c r="D311" s="6"/>
       <c r="E311" s="1"/>
     </row>
-    <row r="312" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A312" s="2"/>
       <c r="B312" s="28"/>
       <c r="C312" s="25"/>
       <c r="D312" s="6"/>
       <c r="E312" s="1"/>
     </row>
-    <row r="313" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A313" s="2"/>
       <c r="B313" s="28"/>
       <c r="C313" s="25"/>
       <c r="D313" s="6"/>
       <c r="E313" s="1"/>
     </row>
-    <row r="314" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A314" s="2"/>
       <c r="B314" s="28"/>
       <c r="C314" s="25"/>
       <c r="D314" s="6"/>
       <c r="E314" s="1"/>
     </row>
-    <row r="315" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A315" s="2"/>
       <c r="B315" s="28"/>
       <c r="C315" s="25"/>
       <c r="D315" s="6"/>
       <c r="E315" s="1"/>
     </row>
-    <row r="316" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A316" s="2"/>
       <c r="B316" s="28"/>
       <c r="C316" s="25"/>
       <c r="D316" s="6"/>
       <c r="E316" s="1"/>
     </row>
-    <row r="317" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A317" s="2"/>
       <c r="B317" s="28"/>
       <c r="C317" s="25"/>
       <c r="D317" s="6"/>
       <c r="E317" s="1"/>
     </row>
-    <row r="318" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A318" s="2"/>
       <c r="B318" s="28"/>
       <c r="C318" s="25"/>
       <c r="D318" s="6"/>
       <c r="E318" s="1"/>
     </row>
-    <row r="319" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A319" s="2"/>
       <c r="B319" s="28"/>
       <c r="C319" s="25"/>
       <c r="D319" s="6"/>
       <c r="E319" s="1"/>
     </row>
-    <row r="320" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A320" s="2"/>
       <c r="B320" s="28"/>
       <c r="C320" s="25"/>
       <c r="D320" s="6"/>
       <c r="E320" s="1"/>
     </row>
-    <row r="321" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A321" s="2"/>
       <c r="B321" s="28"/>
       <c r="C321" s="25"/>
       <c r="D321" s="6"/>
       <c r="E321" s="1"/>
     </row>
-    <row r="322" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A322" s="2"/>
       <c r="B322" s="28"/>
       <c r="C322" s="25"/>
       <c r="D322" s="6"/>
       <c r="E322" s="1"/>
     </row>
-    <row r="323" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A323" s="2"/>
       <c r="B323" s="28"/>
       <c r="C323" s="25"/>
       <c r="D323" s="6"/>
       <c r="E323" s="1"/>
     </row>
-    <row r="324" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A324" s="2"/>
       <c r="B324" s="28"/>
       <c r="C324" s="25"/>
       <c r="D324" s="6"/>
       <c r="E324" s="1"/>
     </row>
-    <row r="325" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A325" s="2"/>
       <c r="B325" s="28"/>
       <c r="C325" s="25"/>
       <c r="D325" s="6"/>
       <c r="E325" s="1"/>
     </row>
-    <row r="326" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A326" s="2"/>
       <c r="B326" s="28"/>
       <c r="C326" s="25"/>
       <c r="D326" s="6"/>
       <c r="E326" s="1"/>
     </row>
-    <row r="327" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A327" s="2"/>
       <c r="B327" s="28"/>
       <c r="C327" s="25"/>
       <c r="D327" s="6"/>
       <c r="E327" s="1"/>
     </row>
-    <row r="328" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A328" s="2"/>
       <c r="B328" s="28"/>
       <c r="C328" s="25"/>
       <c r="D328" s="6"/>
       <c r="E328" s="1"/>
     </row>
-    <row r="329" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A329" s="2"/>
       <c r="B329" s="28"/>
       <c r="C329" s="25"/>
       <c r="D329" s="6"/>
       <c r="E329" s="1"/>
     </row>
-    <row r="330" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A330" s="2"/>
       <c r="B330" s="28"/>
       <c r="C330" s="25"/>
       <c r="D330" s="6"/>
       <c r="E330" s="1"/>
     </row>
-    <row r="331" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A331" s="2"/>
       <c r="B331" s="28"/>
       <c r="C331" s="25"/>
       <c r="D331" s="6"/>
       <c r="E331" s="1"/>
     </row>
-    <row r="332" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A332" s="2"/>
       <c r="B332" s="28"/>
       <c r="C332" s="25"/>
       <c r="D332" s="6"/>
       <c r="E332" s="1"/>
     </row>
-    <row r="333" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A333" s="2"/>
       <c r="B333" s="28"/>
       <c r="C333" s="25"/>
       <c r="D333" s="6"/>
       <c r="E333" s="1"/>
     </row>
-    <row r="334" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A334" s="2"/>
       <c r="B334" s="28"/>
       <c r="C334" s="25"/>
       <c r="D334" s="6"/>
       <c r="E334" s="1"/>
     </row>
-    <row r="335" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A335" s="2"/>
       <c r="B335" s="28"/>
       <c r="C335" s="25"/>
       <c r="D335" s="6"/>
       <c r="E335" s="1"/>
     </row>
-    <row r="336" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A336" s="2"/>
       <c r="B336" s="28"/>
       <c r="C336" s="25"/>
       <c r="D336" s="6"/>
       <c r="E336" s="1"/>
     </row>
-    <row r="337" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A337" s="2"/>
       <c r="B337" s="28"/>
       <c r="C337" s="25"/>
       <c r="D337" s="6"/>
       <c r="E337" s="1"/>
     </row>
-    <row r="338" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A338" s="2"/>
       <c r="B338" s="28"/>
       <c r="C338" s="25"/>
       <c r="D338" s="6"/>
       <c r="E338" s="1"/>
     </row>
-    <row r="339" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A339" s="2"/>
       <c r="B339" s="28"/>
       <c r="C339" s="25"/>
       <c r="D339" s="6"/>
       <c r="E339" s="1"/>
     </row>
-    <row r="340" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A340" s="2"/>
       <c r="B340" s="28"/>
       <c r="C340" s="25"/>
       <c r="D340" s="6"/>
       <c r="E340" s="1"/>
     </row>
-    <row r="341" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A341" s="2"/>
       <c r="B341" s="28"/>
       <c r="C341" s="25"/>
       <c r="D341" s="6"/>
       <c r="E341" s="1"/>
     </row>
-    <row r="342" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A342" s="2"/>
       <c r="B342" s="28"/>
       <c r="C342" s="25"/>
       <c r="D342" s="6"/>
       <c r="E342" s="1"/>
     </row>
-    <row r="343" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A343" s="2"/>
       <c r="B343" s="28"/>
       <c r="C343" s="25"/>
       <c r="D343" s="6"/>
       <c r="E343" s="1"/>
     </row>
-    <row r="344" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A344" s="2"/>
       <c r="B344" s="28"/>
       <c r="C344" s="25"/>
       <c r="D344" s="6"/>
       <c r="E344" s="1"/>
     </row>
-    <row r="345" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A345" s="2"/>
       <c r="B345" s="28"/>
       <c r="C345" s="25"/>
       <c r="D345" s="6"/>
       <c r="E345" s="1"/>
     </row>
-    <row r="346" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A346" s="2"/>
       <c r="B346" s="28"/>
       <c r="C346" s="25"/>
       <c r="D346" s="6"/>
       <c r="E346" s="1"/>
     </row>
-    <row r="347" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A347" s="2"/>
       <c r="B347" s="28"/>
       <c r="C347" s="25"/>
       <c r="D347" s="6"/>
       <c r="E347" s="1"/>
     </row>
-    <row r="348" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A348" s="2"/>
       <c r="B348" s="28"/>
       <c r="C348" s="25"/>
       <c r="D348" s="6"/>
       <c r="E348" s="1"/>
     </row>
-    <row r="349" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A349" s="2"/>
       <c r="B349" s="28"/>
       <c r="C349" s="25"/>
       <c r="D349" s="6"/>
       <c r="E349" s="1"/>
     </row>
-    <row r="350" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A350" s="2"/>
       <c r="B350" s="28"/>
       <c r="C350" s="25"/>
       <c r="D350" s="6"/>
       <c r="E350" s="1"/>
     </row>
-    <row r="351" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A351" s="2"/>
       <c r="B351" s="28"/>
       <c r="C351" s="25"/>
       <c r="D351" s="6"/>
       <c r="E351" s="1"/>
     </row>
-    <row r="352" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A352" s="2"/>
       <c r="B352" s="28"/>
       <c r="C352" s="25"/>
       <c r="D352" s="6"/>
       <c r="E352" s="1"/>
     </row>
-    <row r="353" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A353" s="2"/>
       <c r="B353" s="28"/>
       <c r="C353" s="25"/>
       <c r="D353" s="6"/>
       <c r="E353" s="1"/>
     </row>
-    <row r="354" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A354" s="2"/>
       <c r="B354" s="28"/>
       <c r="C354" s="25"/>
       <c r="D354" s="6"/>
       <c r="E354" s="1"/>
     </row>
-    <row r="355" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A355" s="2"/>
       <c r="B355" s="28"/>
       <c r="C355" s="25"/>
       <c r="D355" s="6"/>
       <c r="E355" s="1"/>
     </row>
-    <row r="356" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A356" s="2"/>
       <c r="B356" s="28"/>
       <c r="C356" s="25"/>
       <c r="D356" s="6"/>
       <c r="E356" s="1"/>
     </row>
-    <row r="357" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A357" s="2"/>
       <c r="B357" s="28"/>
       <c r="C357" s="25"/>
       <c r="D357" s="6"/>
       <c r="E357" s="1"/>
     </row>
-    <row r="358" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A358" s="2"/>
       <c r="B358" s="28"/>
       <c r="C358" s="25"/>
       <c r="D358" s="6"/>
       <c r="E358" s="1"/>
     </row>
-    <row r="359" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A359" s="2"/>
       <c r="B359" s="28"/>
       <c r="C359" s="25"/>
       <c r="D359" s="6"/>
       <c r="E359" s="1"/>
     </row>
-    <row r="360" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A360" s="2"/>
       <c r="B360" s="28"/>
       <c r="C360" s="25"/>
       <c r="D360" s="6"/>
       <c r="E360" s="1"/>
     </row>
-    <row r="361" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A361" s="2"/>
       <c r="B361" s="28"/>
       <c r="C361" s="25"/>
       <c r="D361" s="6"/>
       <c r="E361" s="1"/>
     </row>
-    <row r="362" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A362" s="2"/>
       <c r="B362" s="28"/>
       <c r="C362" s="25"/>
       <c r="D362" s="6"/>
       <c r="E362" s="1"/>
     </row>
-    <row r="363" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A363" s="2"/>
       <c r="B363" s="28"/>
       <c r="C363" s="25"/>
       <c r="D363" s="6"/>
       <c r="E363" s="1"/>
     </row>
-    <row r="364" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A364" s="2"/>
       <c r="B364" s="28"/>
       <c r="C364" s="25"/>
       <c r="D364" s="6"/>
       <c r="E364" s="1"/>
     </row>
-    <row r="365" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A365" s="2"/>
       <c r="B365" s="28"/>
       <c r="C365" s="25"/>
       <c r="D365" s="6"/>
       <c r="E365" s="1"/>
     </row>
-    <row r="366" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A366" s="2"/>
       <c r="B366" s="28"/>
       <c r="C366" s="25"/>
       <c r="D366" s="6"/>
       <c r="E366" s="1"/>
     </row>
-    <row r="367" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A367" s="2"/>
       <c r="B367" s="28"/>
       <c r="C367" s="25"/>
       <c r="D367" s="6"/>
       <c r="E367" s="1"/>
     </row>
-    <row r="368" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A368" s="2"/>
       <c r="B368" s="28"/>
       <c r="C368" s="25"/>
       <c r="D368" s="6"/>
       <c r="E368" s="1"/>
     </row>
-    <row r="369" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A369" s="2"/>
       <c r="B369" s="28"/>
       <c r="C369" s="25"/>
       <c r="D369" s="6"/>
       <c r="E369" s="1"/>
     </row>
-    <row r="370" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A370" s="2"/>
       <c r="B370" s="28"/>
       <c r="C370" s="25"/>
       <c r="D370" s="6"/>
       <c r="E370" s="1"/>
     </row>
-    <row r="371" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A371" s="2"/>
       <c r="B371" s="28"/>
       <c r="C371" s="25"/>
       <c r="D371" s="6"/>
       <c r="E371" s="1"/>
     </row>
-    <row r="372" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A372" s="2"/>
       <c r="B372" s="28"/>
       <c r="C372" s="25"/>
       <c r="D372" s="6"/>
       <c r="E372" s="1"/>
     </row>
-    <row r="373" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A373" s="2"/>
       <c r="B373" s="28"/>
       <c r="C373" s="25"/>
       <c r="D373" s="6"/>
       <c r="E373" s="1"/>
     </row>
-    <row r="374" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A374" s="2"/>
       <c r="B374" s="28"/>
       <c r="C374" s="25"/>
       <c r="D374" s="6"/>
       <c r="E374" s="1"/>
     </row>
-    <row r="375" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A375" s="2"/>
       <c r="B375" s="28"/>
       <c r="C375" s="25"/>
       <c r="D375" s="6"/>
       <c r="E375" s="1"/>
     </row>
-    <row r="376" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A376" s="2"/>
       <c r="B376" s="28"/>
       <c r="C376" s="25"/>
       <c r="D376" s="6"/>
       <c r="E376" s="1"/>
     </row>
-    <row r="377" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A377" s="2"/>
       <c r="B377" s="28"/>
       <c r="C377" s="25"/>
       <c r="D377" s="6"/>
       <c r="E377" s="1"/>
     </row>
-    <row r="378" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A378" s="2"/>
       <c r="B378" s="28"/>
       <c r="C378" s="25"/>
       <c r="D378" s="6"/>
       <c r="E378" s="1"/>
     </row>
-    <row r="379" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A379" s="2"/>
       <c r="B379" s="28"/>
       <c r="C379" s="25"/>
       <c r="D379" s="6"/>
       <c r="E379" s="1"/>
     </row>
-    <row r="380" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A380" s="2"/>
       <c r="B380" s="28"/>
       <c r="C380" s="25"/>
       <c r="D380" s="6"/>
       <c r="E380" s="1"/>
     </row>
-    <row r="381" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A381" s="2"/>
       <c r="B381" s="28"/>
       <c r="C381" s="25"/>
       <c r="D381" s="6"/>
       <c r="E381" s="1"/>
     </row>
-    <row r="382" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A382" s="2"/>
       <c r="B382" s="28"/>
       <c r="C382" s="25"/>
       <c r="D382" s="6"/>
       <c r="E382" s="1"/>
     </row>
-    <row r="383" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A383" s="2"/>
       <c r="B383" s="28"/>
       <c r="C383" s="25"/>
       <c r="D383" s="6"/>
       <c r="E383" s="1"/>
     </row>
-    <row r="384" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A384" s="2"/>
       <c r="B384" s="28"/>
       <c r="C384" s="25"/>
       <c r="D384" s="6"/>
       <c r="E384" s="1"/>
     </row>
-    <row r="385" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A385" s="2"/>
       <c r="B385" s="28"/>
       <c r="C385" s="25"/>
       <c r="D385" s="6"/>
       <c r="E385" s="1"/>
     </row>
-    <row r="386" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A386" s="2"/>
       <c r="B386" s="28"/>
       <c r="C386" s="25"/>
       <c r="D386" s="6"/>
       <c r="E386" s="1"/>
     </row>
-    <row r="387" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A387" s="2"/>
       <c r="B387" s="28"/>
       <c r="C387" s="25"/>
       <c r="D387" s="6"/>
       <c r="E387" s="1"/>
     </row>
-    <row r="388" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A388" s="2"/>
       <c r="B388" s="28"/>
       <c r="C388" s="25"/>
       <c r="D388" s="6"/>
       <c r="E388" s="1"/>
     </row>
-    <row r="389" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A389" s="2"/>
       <c r="B389" s="28"/>
       <c r="C389" s="25"/>
       <c r="D389" s="6"/>
       <c r="E389" s="1"/>
     </row>
-    <row r="390" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A390" s="2"/>
       <c r="B390" s="28"/>
       <c r="C390" s="25"/>
       <c r="D390" s="6"/>
       <c r="E390" s="1"/>
     </row>
-    <row r="391" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A391" s="2"/>
       <c r="B391" s="28"/>
       <c r="C391" s="25"/>
       <c r="D391" s="6"/>
       <c r="E391" s="1"/>
     </row>
-    <row r="392" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A392" s="2"/>
       <c r="B392" s="28"/>
       <c r="C392" s="25"/>
       <c r="D392" s="6"/>
       <c r="E392" s="1"/>
     </row>
-    <row r="393" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A393" s="2"/>
       <c r="B393" s="28"/>
       <c r="C393" s="25"/>
       <c r="D393" s="6"/>
       <c r="E393" s="1"/>
     </row>
-    <row r="394" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A394" s="2"/>
       <c r="B394" s="28"/>
       <c r="C394" s="25"/>
       <c r="D394" s="6"/>
       <c r="E394" s="1"/>
     </row>
-    <row r="395" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A395" s="2"/>
       <c r="B395" s="28"/>
       <c r="C395" s="25"/>
       <c r="D395" s="6"/>
       <c r="E395" s="1"/>
     </row>
-    <row r="396" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A396" s="2"/>
       <c r="B396" s="28"/>
       <c r="C396" s="25"/>
       <c r="D396" s="6"/>
       <c r="E396" s="1"/>
     </row>
-    <row r="397" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A397" s="2"/>
       <c r="B397" s="28"/>
       <c r="C397" s="25"/>
       <c r="D397" s="6"/>
       <c r="E397" s="1"/>
     </row>
-    <row r="398" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A398" s="2"/>
       <c r="B398" s="28"/>
       <c r="C398" s="25"/>
       <c r="D398" s="6"/>
       <c r="E398" s="1"/>
     </row>
-    <row r="399" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A399" s="2"/>
       <c r="B399" s="28"/>
       <c r="C399" s="25"/>
       <c r="D399" s="6"/>
       <c r="E399" s="1"/>
     </row>
-    <row r="400" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A400" s="2"/>
       <c r="B400" s="28"/>
       <c r="C400" s="25"/>
       <c r="D400" s="6"/>
       <c r="E400" s="1"/>
     </row>
-    <row r="401" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A401" s="2"/>
       <c r="B401" s="28"/>
       <c r="C401" s="25"/>
       <c r="D401" s="6"/>
       <c r="E401" s="1"/>
     </row>
-    <row r="402" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A402" s="2"/>
       <c r="B402" s="28"/>
       <c r="C402" s="25"/>
       <c r="D402" s="6"/>
       <c r="E402" s="1"/>
     </row>
-    <row r="403" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A403" s="2"/>
       <c r="B403" s="28"/>
       <c r="C403" s="25"/>
       <c r="D403" s="6"/>
       <c r="E403" s="1"/>
     </row>
-    <row r="404" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A404" s="2"/>
       <c r="B404" s="28"/>
       <c r="C404" s="25"/>
       <c r="D404" s="6"/>
       <c r="E404" s="1"/>
     </row>
-    <row r="405" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A405" s="2"/>
       <c r="B405" s="28"/>
       <c r="C405" s="25"/>
       <c r="D405" s="6"/>
       <c r="E405" s="1"/>
     </row>
-    <row r="406" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A406" s="2"/>
       <c r="B406" s="28"/>
       <c r="C406" s="25"/>
       <c r="D406" s="6"/>
       <c r="E406" s="1"/>
     </row>
-    <row r="407" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A407" s="2"/>
       <c r="B407" s="28"/>
       <c r="C407" s="25"/>
       <c r="D407" s="6"/>
       <c r="E407" s="1"/>
     </row>
-    <row r="408" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A408" s="2"/>
       <c r="B408" s="28"/>
       <c r="C408" s="25"/>
       <c r="D408" s="6"/>
       <c r="E408" s="1"/>
     </row>
-    <row r="409" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A409" s="2"/>
       <c r="B409" s="28"/>
       <c r="C409" s="25"/>
       <c r="D409" s="6"/>
       <c r="E409" s="1"/>
     </row>
-    <row r="410" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A410" s="2"/>
       <c r="B410" s="28"/>
       <c r="C410" s="25"/>
       <c r="D410" s="6"/>
       <c r="E410" s="1"/>
     </row>
-    <row r="411" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A411" s="2"/>
       <c r="B411" s="28"/>
       <c r="C411" s="25"/>
       <c r="D411" s="6"/>
       <c r="E411" s="1"/>
     </row>
-    <row r="412" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A412" s="2"/>
       <c r="B412" s="28"/>
       <c r="C412" s="25"/>
       <c r="D412" s="6"/>
       <c r="E412" s="1"/>
     </row>
-    <row r="413" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A413" s="2"/>
       <c r="B413" s="28"/>
       <c r="C413" s="25"/>
       <c r="D413" s="6"/>
       <c r="E413" s="1"/>
     </row>
-    <row r="414" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A414" s="2"/>
       <c r="B414" s="28"/>
       <c r="C414" s="25"/>
       <c r="D414" s="6"/>
       <c r="E414" s="1"/>
     </row>
-    <row r="415" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A415" s="2"/>
       <c r="B415" s="28"/>
       <c r="C415" s="25"/>
       <c r="D415" s="6"/>
       <c r="E415" s="1"/>
     </row>
-    <row r="416" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A416" s="2"/>
       <c r="B416" s="28"/>
       <c r="C416" s="25"/>
       <c r="D416" s="6"/>
       <c r="E416" s="1"/>
     </row>
-    <row r="417" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A417" s="2"/>
       <c r="B417" s="28"/>
       <c r="C417" s="25"/>
       <c r="D417" s="6"/>
       <c r="E417" s="1"/>
     </row>
-    <row r="418" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A418" s="2"/>
       <c r="B418" s="28"/>
       <c r="C418" s="25"/>
       <c r="D418" s="6"/>
       <c r="E418" s="1"/>
     </row>
-    <row r="419" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A419" s="2"/>
       <c r="B419" s="28"/>
       <c r="C419" s="25"/>
       <c r="D419" s="6"/>
       <c r="E419" s="1"/>
     </row>
-    <row r="420" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A420" s="2"/>
       <c r="B420" s="28"/>
       <c r="C420" s="25"/>
       <c r="D420" s="6"/>
       <c r="E420" s="1"/>
     </row>
-    <row r="421" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A421" s="2"/>
       <c r="B421" s="28"/>
       <c r="C421" s="25"/>
       <c r="D421" s="6"/>
       <c r="E421" s="1"/>
     </row>
-    <row r="422" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A422" s="2"/>
       <c r="B422" s="28"/>
       <c r="C422" s="25"/>
       <c r="D422" s="6"/>
       <c r="E422" s="1"/>
     </row>
-    <row r="423" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A423" s="2"/>
       <c r="B423" s="28"/>
       <c r="C423" s="25"/>
       <c r="D423" s="6"/>
       <c r="E423" s="1"/>
     </row>
-    <row r="424" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="424" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A424" s="2"/>
       <c r="B424" s="28"/>
       <c r="C424" s="25"/>
       <c r="D424" s="6"/>
       <c r="E424" s="1"/>
     </row>
-    <row r="425" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A425" s="2"/>
       <c r="B425" s="28"/>
       <c r="C425" s="25"/>
       <c r="D425" s="6"/>
       <c r="E425" s="1"/>
     </row>
-    <row r="426" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="426" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A426" s="2"/>
       <c r="B426" s="28"/>
       <c r="C426" s="25"/>
       <c r="D426" s="6"/>
       <c r="E426" s="1"/>
     </row>
-    <row r="427" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A427" s="2"/>
       <c r="B427" s="28"/>
       <c r="C427" s="25"/>
       <c r="D427" s="6"/>
       <c r="E427" s="1"/>
     </row>
-    <row r="428" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A428" s="2"/>
       <c r="B428" s="28"/>
       <c r="C428" s="25"/>
       <c r="D428" s="6"/>
       <c r="E428" s="1"/>
     </row>
-    <row r="429" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A429" s="2"/>
       <c r="B429" s="28"/>
       <c r="C429" s="25"/>
       <c r="D429" s="6"/>
       <c r="E429" s="1"/>
     </row>
-    <row r="430" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="430" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A430" s="2"/>
       <c r="B430" s="28"/>
       <c r="C430" s="25"/>
       <c r="D430" s="6"/>
       <c r="E430" s="1"/>
     </row>
-    <row r="431" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A431" s="2"/>
       <c r="B431" s="28"/>
       <c r="C431" s="25"/>
       <c r="D431" s="6"/>
       <c r="E431" s="1"/>
     </row>
-    <row r="432" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A432" s="2"/>
       <c r="B432" s="28"/>
       <c r="C432" s="25"/>
       <c r="D432" s="6"/>
       <c r="E432" s="1"/>
     </row>
-    <row r="433" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A433" s="2"/>
       <c r="B433" s="28"/>
       <c r="C433" s="25"/>
       <c r="D433" s="6"/>
       <c r="E433" s="1"/>
     </row>
-    <row r="434" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A434" s="2"/>
       <c r="B434" s="28"/>
       <c r="C434" s="25"/>
       <c r="D434" s="6"/>
       <c r="E434" s="1"/>
     </row>
-    <row r="435" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A435" s="2"/>
       <c r="B435" s="28"/>
       <c r="C435" s="25"/>
       <c r="D435" s="6"/>
       <c r="E435" s="1"/>
     </row>
-    <row r="436" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A436" s="2"/>
       <c r="B436" s="28"/>
       <c r="C436" s="25"/>
       <c r="D436" s="6"/>
       <c r="E436" s="1"/>
     </row>
-    <row r="437" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A437" s="2"/>
       <c r="B437" s="28"/>
       <c r="C437" s="25"/>
       <c r="D437" s="6"/>
       <c r="E437" s="1"/>
     </row>
-    <row r="438" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A438" s="2"/>
       <c r="B438" s="28"/>
       <c r="C438" s="25"/>
       <c r="D438" s="6"/>
       <c r="E438" s="1"/>
     </row>
-    <row r="439" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A439" s="2"/>
       <c r="B439" s="28"/>
       <c r="C439" s="25"/>
       <c r="D439" s="6"/>
       <c r="E439" s="1"/>
     </row>
-    <row r="440" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A440" s="2"/>
       <c r="B440" s="28"/>
       <c r="C440" s="25"/>
       <c r="D440" s="6"/>
       <c r="E440" s="1"/>
     </row>
-    <row r="441" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A441" s="2"/>
       <c r="B441" s="28"/>
       <c r="C441" s="25"/>
       <c r="D441" s="6"/>
       <c r="E441" s="1"/>
     </row>
-    <row r="442" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A442" s="2"/>
       <c r="B442" s="28"/>
       <c r="C442" s="25"/>
       <c r="D442" s="6"/>
       <c r="E442" s="1"/>
     </row>
-    <row r="443" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A443" s="2"/>
       <c r="B443" s="28"/>
       <c r="C443" s="25"/>
       <c r="D443" s="6"/>
       <c r="E443" s="1"/>
     </row>
-    <row r="444" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A444" s="2"/>
       <c r="B444" s="28"/>
       <c r="C444" s="25"/>
       <c r="D444" s="6"/>
       <c r="E444" s="1"/>
     </row>
-    <row r="445" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A445" s="2"/>
       <c r="B445" s="28"/>
       <c r="C445" s="25"/>
       <c r="D445" s="6"/>
       <c r="E445" s="1"/>
     </row>
-    <row r="446" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A446" s="2"/>
       <c r="B446" s="28"/>
       <c r="C446" s="25"/>
       <c r="D446" s="6"/>
       <c r="E446" s="1"/>
     </row>
-    <row r="447" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A447" s="2"/>
       <c r="B447" s="28"/>
       <c r="C447" s="25"/>
       <c r="D447" s="6"/>
       <c r="E447" s="1"/>
     </row>
-    <row r="448" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A448" s="2"/>
       <c r="B448" s="28"/>
       <c r="C448" s="25"/>
       <c r="D448" s="6"/>
       <c r="E448" s="1"/>
     </row>
-    <row r="449" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A449" s="2"/>
       <c r="B449" s="28"/>
       <c r="C449" s="25"/>
       <c r="D449" s="6"/>
       <c r="E449" s="1"/>
     </row>
-    <row r="450" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A450" s="2"/>
       <c r="B450" s="28"/>
       <c r="C450" s="25"/>
       <c r="D450" s="6"/>
       <c r="E450" s="1"/>
     </row>
-    <row r="451" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A451" s="2"/>
       <c r="B451" s="28"/>
       <c r="C451" s="25"/>
       <c r="D451" s="6"/>
       <c r="E451" s="1"/>
     </row>
-    <row r="452" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A452" s="2"/>
       <c r="B452" s="28"/>
       <c r="C452" s="25"/>
       <c r="D452" s="6"/>
       <c r="E452" s="1"/>
     </row>
-    <row r="453" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A453" s="2"/>
       <c r="B453" s="28"/>
       <c r="C453" s="25"/>
       <c r="D453" s="6"/>
       <c r="E453" s="1"/>
     </row>
-    <row r="454" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A454" s="2"/>
       <c r="B454" s="28"/>
       <c r="C454" s="25"/>
       <c r="D454" s="6"/>
       <c r="E454" s="1"/>
     </row>
-    <row r="455" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A455" s="2"/>
       <c r="B455" s="28"/>
       <c r="C455" s="25"/>
       <c r="D455" s="6"/>
       <c r="E455" s="1"/>
     </row>
-    <row r="456" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A456" s="2"/>
       <c r="B456" s="28"/>
       <c r="C456" s="25"/>
       <c r="D456" s="6"/>
       <c r="E456" s="1"/>
     </row>
-    <row r="457" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A457" s="2"/>
       <c r="B457" s="28"/>
       <c r="C457" s="25"/>
       <c r="D457" s="6"/>
       <c r="E457" s="1"/>
     </row>
-    <row r="458" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A458" s="2"/>
       <c r="B458" s="28"/>
       <c r="C458" s="25"/>
       <c r="D458" s="6"/>
       <c r="E458" s="1"/>
     </row>
-    <row r="459" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A459" s="2"/>
       <c r="B459" s="28"/>
       <c r="C459" s="25"/>
       <c r="D459" s="6"/>
       <c r="E459" s="1"/>
     </row>
-    <row r="460" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A460" s="2"/>
       <c r="B460" s="28"/>
       <c r="C460" s="25"/>
       <c r="D460" s="6"/>
       <c r="E460" s="1"/>
     </row>
-    <row r="461" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A461" s="2"/>
       <c r="B461" s="28"/>
       <c r="C461" s="25"/>
       <c r="D461" s="6"/>
       <c r="E461" s="1"/>
     </row>
-    <row r="462" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="462" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A462" s="2"/>
       <c r="B462" s="28"/>
       <c r="C462" s="25"/>
       <c r="D462" s="6"/>
       <c r="E462" s="1"/>
     </row>
-    <row r="463" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="463" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A463" s="2"/>
       <c r="B463" s="28"/>
       <c r="C463" s="25"/>
       <c r="D463" s="6"/>
       <c r="E463" s="1"/>
     </row>
-    <row r="464" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="464" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A464" s="2"/>
       <c r="B464" s="28"/>
       <c r="C464" s="25"/>
       <c r="D464" s="6"/>
       <c r="E464" s="1"/>
     </row>
-    <row r="465" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A465" s="2"/>
       <c r="B465" s="28"/>
       <c r="C465" s="25"/>
       <c r="D465" s="6"/>
       <c r="E465" s="1"/>
     </row>
-    <row r="466" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A466" s="2"/>
       <c r="B466" s="28"/>
       <c r="C466" s="25"/>
       <c r="D466" s="6"/>
       <c r="E466" s="1"/>
     </row>
-    <row r="467" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A467" s="2"/>
       <c r="B467" s="28"/>
       <c r="C467" s="25"/>
       <c r="D467" s="6"/>
       <c r="E467" s="1"/>
     </row>
-    <row r="468" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A468" s="2"/>
       <c r="B468" s="28"/>
       <c r="C468" s="25"/>
       <c r="D468" s="6"/>
       <c r="E468" s="1"/>
     </row>
-    <row r="469" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A469" s="2"/>
       <c r="B469" s="28"/>
       <c r="C469" s="25"/>
       <c r="D469" s="6"/>
       <c r="E469" s="1"/>
     </row>
-    <row r="470" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A470" s="2"/>
       <c r="B470" s="28"/>
       <c r="C470" s="25"/>
       <c r="D470" s="6"/>
       <c r="E470" s="1"/>
     </row>
-    <row r="471" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="471" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A471" s="2"/>
       <c r="B471" s="28"/>
       <c r="C471" s="25"/>
       <c r="D471" s="6"/>
       <c r="E471" s="1"/>
     </row>
-    <row r="472" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A472" s="2"/>
       <c r="B472" s="28"/>
       <c r="C472" s="25"/>
       <c r="D472" s="6"/>
       <c r="E472" s="1"/>
     </row>
-    <row r="473" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A473" s="2"/>
       <c r="B473" s="28"/>
       <c r="C473" s="25"/>
       <c r="D473" s="6"/>
       <c r="E473" s="1"/>
     </row>
-    <row r="474" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A474" s="2"/>
       <c r="B474" s="28"/>
       <c r="C474" s="25"/>
       <c r="D474" s="6"/>
       <c r="E474" s="1"/>
     </row>
-    <row r="475" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A475" s="2"/>
       <c r="B475" s="28"/>
       <c r="C475" s="25"/>
       <c r="D475" s="6"/>
       <c r="E475" s="1"/>
     </row>
-    <row r="476" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A476" s="2"/>
       <c r="B476" s="28"/>
       <c r="C476" s="25"/>
       <c r="D476" s="6"/>
       <c r="E476" s="1"/>
     </row>
-    <row r="477" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A477" s="2"/>
       <c r="B477" s="28"/>
       <c r="C477" s="25"/>
       <c r="D477" s="6"/>
       <c r="E477" s="1"/>
     </row>
-    <row r="478" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A478" s="2"/>
       <c r="B478" s="28"/>
       <c r="C478" s="25"/>
       <c r="D478" s="6"/>
       <c r="E478" s="1"/>
     </row>
-    <row r="479" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="479" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A479" s="2"/>
       <c r="B479" s="28"/>
       <c r="C479" s="25"/>
       <c r="D479" s="6"/>
       <c r="E479" s="1"/>
     </row>
-    <row r="480" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A480" s="2"/>
       <c r="B480" s="28"/>
       <c r="C480" s="25"/>
       <c r="D480" s="6"/>
       <c r="E480" s="1"/>
     </row>
-    <row r="481" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A481" s="2"/>
       <c r="B481" s="28"/>
       <c r="C481" s="25"/>
       <c r="D481" s="6"/>
       <c r="E481" s="1"/>
     </row>
-    <row r="482" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A482" s="2"/>
       <c r="B482" s="28"/>
       <c r="C482" s="25"/>
       <c r="D482" s="6"/>
       <c r="E482" s="1"/>
     </row>
-    <row r="483" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="483" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A483" s="2"/>
       <c r="B483" s="28"/>
       <c r="C483" s="25"/>
       <c r="D483" s="6"/>
       <c r="E483" s="1"/>
     </row>
-    <row r="484" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A484" s="2"/>
       <c r="B484" s="28"/>
       <c r="C484" s="25"/>
       <c r="D484" s="6"/>
       <c r="E484" s="1"/>
     </row>
-    <row r="485" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A485" s="2"/>
       <c r="B485" s="28"/>
       <c r="C485" s="25"/>
       <c r="D485" s="6"/>
       <c r="E485" s="1"/>
     </row>
-    <row r="486" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A486" s="2"/>
       <c r="B486" s="28"/>
       <c r="C486" s="25"/>
       <c r="D486" s="6"/>
       <c r="E486" s="1"/>
     </row>
-    <row r="487" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A487" s="2"/>
       <c r="B487" s="28"/>
       <c r="C487" s="25"/>
       <c r="D487" s="6"/>
       <c r="E487" s="1"/>
     </row>
-    <row r="488" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A488" s="2"/>
       <c r="B488" s="28"/>
       <c r="C488" s="25"/>
       <c r="D488" s="6"/>
       <c r="E488" s="1"/>
     </row>
-    <row r="489" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A489" s="2"/>
       <c r="B489" s="28"/>
       <c r="C489" s="25"/>
       <c r="D489" s="6"/>
       <c r="E489" s="1"/>
     </row>
-    <row r="490" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A490" s="2"/>
       <c r="B490" s="28"/>
       <c r="C490" s="25"/>
       <c r="D490" s="6"/>
       <c r="E490" s="1"/>
     </row>
-    <row r="491" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="491" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A491" s="2"/>
       <c r="B491" s="28"/>
       <c r="C491" s="25"/>
       <c r="D491" s="6"/>
       <c r="E491" s="1"/>
     </row>
-    <row r="492" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A492" s="2"/>
       <c r="B492" s="28"/>
       <c r="C492" s="25"/>
       <c r="D492" s="6"/>
       <c r="E492" s="1"/>
     </row>
-    <row r="493" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A493" s="2"/>
       <c r="B493" s="28"/>
       <c r="C493" s="25"/>
       <c r="D493" s="6"/>
       <c r="E493" s="1"/>
     </row>
-    <row r="494" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="494" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A494" s="2"/>
       <c r="B494" s="28"/>
       <c r="C494" s="25"/>
       <c r="D494" s="6"/>
       <c r="E494" s="1"/>
     </row>
-    <row r="495" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="495" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A495" s="2"/>
       <c r="B495" s="28"/>
       <c r="C495" s="25"/>
       <c r="D495" s="6"/>
       <c r="E495" s="1"/>
     </row>
-    <row r="496" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="496" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A496" s="2"/>
       <c r="B496" s="28"/>
       <c r="C496" s="25"/>
       <c r="D496" s="6"/>
       <c r="E496" s="1"/>
     </row>
-    <row r="497" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="497" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A497" s="2"/>
       <c r="B497" s="28"/>
       <c r="C497" s="25"/>
       <c r="D497" s="6"/>
       <c r="E497" s="1"/>
     </row>
-    <row r="498" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="498" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A498" s="2"/>
       <c r="B498" s="28"/>
       <c r="C498" s="25"/>
       <c r="D498" s="6"/>
       <c r="E498" s="1"/>
     </row>
-    <row r="499" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A499" s="2"/>
       <c r="B499" s="28"/>
       <c r="C499" s="25"/>
       <c r="D499" s="6"/>
       <c r="E499" s="1"/>
     </row>
-    <row r="500" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A500" s="2"/>
       <c r="B500" s="28"/>
       <c r="C500" s="25"/>
       <c r="D500" s="6"/>
       <c r="E500" s="1"/>
     </row>
-    <row r="501" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A501" s="2"/>
       <c r="B501" s="28"/>
       <c r="C501" s="25"/>
       <c r="D501" s="6"/>
       <c r="E501" s="1"/>
     </row>
-    <row r="502" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A502" s="2"/>
       <c r="B502" s="28"/>
       <c r="C502" s="25"/>
       <c r="D502" s="6"/>
       <c r="E502" s="1"/>
     </row>
-    <row r="503" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="503" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A503" s="2"/>
       <c r="B503" s="28"/>
       <c r="C503" s="25"/>
       <c r="D503" s="6"/>
       <c r="E503" s="1"/>
     </row>
-    <row r="504" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A504" s="2"/>
       <c r="B504" s="28"/>
       <c r="C504" s="25"/>
       <c r="D504" s="6"/>
       <c r="E504" s="1"/>
     </row>
-    <row r="505" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A505" s="2"/>
       <c r="B505" s="28"/>
       <c r="C505" s="25"/>
       <c r="D505" s="6"/>
       <c r="E505" s="1"/>
     </row>
-    <row r="506" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="506" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A506" s="2"/>
       <c r="B506" s="28"/>
       <c r="C506" s="25"/>
       <c r="D506" s="6"/>
       <c r="E506" s="1"/>
     </row>
-    <row r="507" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="507" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A507" s="2"/>
       <c r="B507" s="28"/>
       <c r="C507" s="25"/>
       <c r="D507" s="6"/>
       <c r="E507" s="1"/>
     </row>
-    <row r="508" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A508" s="2"/>
       <c r="B508" s="28"/>
       <c r="C508" s="25"/>
       <c r="D508" s="6"/>
       <c r="E508" s="1"/>
     </row>
-    <row r="509" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A509" s="2"/>
       <c r="B509" s="28"/>
       <c r="C509" s="25"/>
       <c r="D509" s="6"/>
       <c r="E509" s="1"/>
     </row>
-    <row r="510" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A510" s="2"/>
       <c r="B510" s="28"/>
       <c r="C510" s="25"/>
       <c r="D510" s="6"/>
       <c r="E510" s="1"/>
     </row>
-    <row r="511" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A511" s="2"/>
       <c r="B511" s="28"/>
       <c r="C511" s="25"/>
       <c r="D511" s="6"/>
       <c r="E511" s="1"/>
     </row>
-    <row r="512" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A512" s="2"/>
       <c r="B512" s="28"/>
       <c r="C512" s="25"/>
       <c r="D512" s="6"/>
       <c r="E512" s="1"/>
     </row>
-    <row r="513" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A513" s="2"/>
       <c r="B513" s="28"/>
       <c r="C513" s="25"/>
       <c r="D513" s="6"/>
       <c r="E513" s="1"/>
     </row>
-    <row r="514" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A514" s="2"/>
       <c r="B514" s="28"/>
       <c r="C514" s="25"/>
       <c r="D514" s="6"/>
       <c r="E514" s="1"/>
     </row>
-    <row r="515" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A515" s="2"/>
       <c r="B515" s="28"/>
       <c r="C515" s="25"/>
       <c r="D515" s="6"/>
       <c r="E515" s="1"/>
     </row>
-    <row r="516" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="516" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A516" s="2"/>
       <c r="B516" s="28"/>
       <c r="C516" s="25"/>
       <c r="D516" s="6"/>
       <c r="E516" s="1"/>
     </row>
-    <row r="517" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A517" s="2"/>
       <c r="B517" s="28"/>
       <c r="C517" s="25"/>
       <c r="D517" s="6"/>
       <c r="E517" s="1"/>
     </row>
-    <row r="518" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A518" s="2"/>
       <c r="B518" s="28"/>
       <c r="C518" s="25"/>
       <c r="D518" s="6"/>
       <c r="E518" s="1"/>
     </row>
-    <row r="519" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A519" s="2"/>
       <c r="B519" s="28"/>
       <c r="C519" s="25"/>
       <c r="D519" s="6"/>
       <c r="E519" s="1"/>
     </row>
-    <row r="520" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A520" s="2"/>
       <c r="B520" s="28"/>
       <c r="C520" s="25"/>
       <c r="D520" s="6"/>
       <c r="E520" s="1"/>
     </row>
-    <row r="521" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A521" s="2"/>
       <c r="B521" s="28"/>
       <c r="C521" s="25"/>
       <c r="D521" s="6"/>
       <c r="E521" s="1"/>
     </row>
-    <row r="522" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="522" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A522" s="2"/>
       <c r="B522" s="28"/>
       <c r="C522" s="25"/>
       <c r="D522" s="6"/>
       <c r="E522" s="1"/>
     </row>
-    <row r="523" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A523" s="2"/>
       <c r="B523" s="28"/>
       <c r="C523" s="25"/>
       <c r="D523" s="6"/>
       <c r="E523" s="1"/>
     </row>
-    <row r="524" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="524" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A524" s="2"/>
       <c r="B524" s="28"/>
       <c r="C524" s="25"/>
       <c r="D524" s="6"/>
       <c r="E524" s="1"/>
     </row>
-    <row r="525" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A525" s="2"/>
       <c r="B525" s="28"/>
       <c r="C525" s="25"/>
       <c r="D525" s="6"/>
       <c r="E525" s="1"/>
     </row>
-    <row r="526" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="526" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A526" s="2"/>
       <c r="B526" s="28"/>
       <c r="C526" s="25"/>
       <c r="D526" s="6"/>
       <c r="E526" s="1"/>
     </row>
-    <row r="527" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A527" s="2"/>
       <c r="B527" s="28"/>
       <c r="C527" s="25"/>
       <c r="D527" s="6"/>
       <c r="E527" s="1"/>
     </row>
-    <row r="528" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="528" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A528" s="2"/>
       <c r="B528" s="28"/>
       <c r="C528" s="25"/>
       <c r="D528" s="6"/>
       <c r="E528" s="1"/>
     </row>
-    <row r="529" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A529" s="2"/>
       <c r="B529" s="28"/>
       <c r="C529" s="25"/>
       <c r="D529" s="6"/>
       <c r="E529" s="1"/>
     </row>
-    <row r="530" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A530" s="2"/>
       <c r="B530" s="28"/>
       <c r="C530" s="25"/>
       <c r="D530" s="6"/>
       <c r="E530" s="1"/>
     </row>
-    <row r="531" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="531" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A531" s="2"/>
       <c r="B531" s="28"/>
       <c r="C531" s="25"/>
       <c r="D531" s="6"/>
       <c r="E531" s="1"/>
     </row>
-    <row r="532" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="532" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A532" s="2"/>
       <c r="B532" s="28"/>
       <c r="C532" s="25"/>
       <c r="D532" s="6"/>
       <c r="E532" s="1"/>
     </row>
-    <row r="533" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="533" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A533" s="2"/>
       <c r="B533" s="28"/>
       <c r="C533" s="25"/>
       <c r="D533" s="6"/>
       <c r="E533" s="1"/>
     </row>
-    <row r="534" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A534" s="2"/>
       <c r="B534" s="28"/>
       <c r="C534" s="25"/>
       <c r="D534" s="6"/>
       <c r="E534" s="1"/>
     </row>
-    <row r="535" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="535" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A535" s="2"/>
       <c r="B535" s="28"/>
       <c r="C535" s="25"/>
       <c r="D535" s="6"/>
       <c r="E535" s="1"/>
     </row>
-    <row r="536" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="536" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A536" s="2"/>
       <c r="B536" s="28"/>
       <c r="C536" s="25"/>
       <c r="D536" s="6"/>
       <c r="E536" s="1"/>
     </row>
-    <row r="537" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A537" s="2"/>
       <c r="B537" s="28"/>
       <c r="C537" s="25"/>
       <c r="D537" s="6"/>
       <c r="E537" s="1"/>
     </row>
-    <row r="538" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A538" s="2"/>
       <c r="B538" s="28"/>
       <c r="C538" s="25"/>
       <c r="D538" s="6"/>
       <c r="E538" s="1"/>
     </row>
-    <row r="539" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A539" s="2"/>
       <c r="B539" s="28"/>
       <c r="C539" s="25"/>
       <c r="D539" s="6"/>
       <c r="E539" s="1"/>
     </row>
-    <row r="540" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="540" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A540" s="2"/>
       <c r="B540" s="28"/>
       <c r="C540" s="25"/>
       <c r="D540" s="6"/>
       <c r="E540" s="1"/>
     </row>
-    <row r="541" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A541" s="2"/>
       <c r="B541" s="28"/>
       <c r="C541" s="25"/>
       <c r="D541" s="6"/>
       <c r="E541" s="1"/>
     </row>
-    <row r="542" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A542" s="2"/>
       <c r="B542" s="28"/>
       <c r="C542" s="25"/>
       <c r="D542" s="6"/>
       <c r="E542" s="1"/>
     </row>
-    <row r="543" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A543" s="2"/>
       <c r="B543" s="28"/>
       <c r="C543" s="25"/>
       <c r="D543" s="6"/>
       <c r="E543" s="1"/>
     </row>
-    <row r="544" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A544" s="2"/>
       <c r="B544" s="28"/>
       <c r="C544" s="25"/>
       <c r="D544" s="6"/>
       <c r="E544" s="1"/>
     </row>
-    <row r="545" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A545" s="2"/>
       <c r="B545" s="28"/>
       <c r="C545" s="25"/>
       <c r="D545" s="6"/>
       <c r="E545" s="1"/>
     </row>
-    <row r="546" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A546" s="2"/>
       <c r="B546" s="28"/>
       <c r="C546" s="25"/>
       <c r="D546" s="6"/>
       <c r="E546" s="1"/>
     </row>
-    <row r="547" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A547" s="2"/>
       <c r="B547" s="28"/>
       <c r="C547" s="25"/>
       <c r="D547" s="6"/>
       <c r="E547" s="1"/>
     </row>
-    <row r="548" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A548" s="2"/>
       <c r="B548" s="28"/>
       <c r="C548" s="25"/>
       <c r="D548" s="6"/>
       <c r="E548" s="1"/>
     </row>
-    <row r="549" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A549" s="2"/>
       <c r="B549" s="28"/>
       <c r="C549" s="25"/>
       <c r="D549" s="6"/>
       <c r="E549" s="1"/>
     </row>
-    <row r="550" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A550" s="2"/>
       <c r="B550" s="28"/>
       <c r="C550" s="25"/>
       <c r="D550" s="6"/>
       <c r="E550" s="1"/>
     </row>
-    <row r="551" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="551" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A551" s="2"/>
       <c r="B551" s="28"/>
       <c r="C551" s="25"/>
       <c r="D551" s="6"/>
       <c r="E551" s="1"/>
     </row>
-    <row r="552" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A552" s="2"/>
       <c r="B552" s="28"/>
       <c r="C552" s="25"/>
       <c r="D552" s="6"/>
       <c r="E552" s="1"/>
     </row>
-    <row r="553" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A553" s="2"/>
       <c r="B553" s="28"/>
       <c r="C553" s="25"/>
       <c r="D553" s="6"/>
       <c r="E553" s="1"/>
     </row>
-    <row r="554" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A554" s="2"/>
       <c r="B554" s="28"/>
       <c r="C554" s="25"/>
       <c r="D554" s="6"/>
       <c r="E554" s="1"/>
     </row>
-    <row r="555" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A555" s="2"/>
       <c r="B555" s="28"/>
       <c r="C555" s="25"/>
       <c r="D555" s="6"/>
       <c r="E555" s="1"/>
     </row>
-    <row r="556" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A556" s="2"/>
       <c r="B556" s="28"/>
       <c r="C556" s="25"/>
       <c r="D556" s="6"/>
       <c r="E556" s="1"/>
     </row>
-    <row r="557" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A557" s="2"/>
       <c r="B557" s="28"/>
       <c r="C557" s="25"/>
       <c r="D557" s="6"/>
       <c r="E557" s="1"/>
     </row>
-    <row r="558" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A558" s="2"/>
       <c r="B558" s="28"/>
       <c r="C558" s="25"/>
       <c r="D558" s="6"/>
       <c r="E558" s="1"/>
     </row>
-    <row r="559" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A559" s="2"/>
       <c r="B559" s="28"/>
       <c r="C559" s="25"/>
       <c r="D559" s="6"/>
       <c r="E559" s="1"/>
     </row>
-    <row r="560" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="560" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A560" s="2"/>
       <c r="B560" s="28"/>
       <c r="C560" s="25"/>
       <c r="D560" s="6"/>
       <c r="E560" s="1"/>
     </row>
-    <row r="561" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A561" s="2"/>
       <c r="B561" s="28"/>
       <c r="C561" s="25"/>
       <c r="D561" s="6"/>
       <c r="E561" s="1"/>
     </row>
-    <row r="562" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A562" s="2"/>
       <c r="B562" s="28"/>
       <c r="C562" s="25"/>
       <c r="D562" s="6"/>
       <c r="E562" s="1"/>
     </row>
-    <row r="563" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="563" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A563" s="2"/>
       <c r="B563" s="28"/>
       <c r="C563" s="25"/>
       <c r="D563" s="6"/>
       <c r="E563" s="1"/>
     </row>
-    <row r="564" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="564" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A564" s="2"/>
       <c r="B564" s="28"/>
       <c r="C564" s="25"/>
       <c r="D564" s="6"/>
       <c r="E564" s="1"/>
     </row>
-    <row r="565" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A565" s="2"/>
       <c r="B565" s="28"/>
       <c r="C565" s="25"/>
       <c r="D565" s="6"/>
       <c r="E565" s="1"/>
     </row>
-    <row r="566" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="566" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A566" s="2"/>
       <c r="B566" s="28"/>
       <c r="C566" s="25"/>
       <c r="D566" s="6"/>
       <c r="E566" s="1"/>
     </row>
-    <row r="567" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A567" s="2"/>
       <c r="B567" s="28"/>
       <c r="C567" s="25"/>
       <c r="D567" s="6"/>
       <c r="E567" s="1"/>
     </row>
-    <row r="568" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A568" s="2"/>
       <c r="B568" s="28"/>
       <c r="C568" s="25"/>
       <c r="D568" s="6"/>
       <c r="E568" s="1"/>
     </row>
-    <row r="569" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A569" s="2"/>
       <c r="B569" s="28"/>
       <c r="C569" s="25"/>
       <c r="D569" s="6"/>
       <c r="E569" s="1"/>
     </row>
-    <row r="570" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A570" s="2"/>
       <c r="B570" s="28"/>
       <c r="C570" s="25"/>
       <c r="D570" s="6"/>
       <c r="E570" s="1"/>
     </row>
-    <row r="571" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A571" s="2"/>
       <c r="B571" s="28"/>
       <c r="C571" s="25"/>
       <c r="D571" s="6"/>
       <c r="E571" s="1"/>
     </row>
-    <row r="572" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A572" s="2"/>
       <c r="B572" s="28"/>
       <c r="C572" s="25"/>
       <c r="D572" s="6"/>
       <c r="E572" s="1"/>
     </row>
-    <row r="573" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A573" s="2"/>
       <c r="B573" s="28"/>
       <c r="C573" s="25"/>
       <c r="D573" s="6"/>
       <c r="E573" s="1"/>
     </row>
-    <row r="574" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A574" s="2"/>
       <c r="B574" s="28"/>
       <c r="C574" s="25"/>
       <c r="D574" s="6"/>
       <c r="E574" s="1"/>
     </row>
-    <row r="575" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A575" s="2"/>
       <c r="B575" s="28"/>
       <c r="C575" s="25"/>
       <c r="D575" s="6"/>
       <c r="E575" s="1"/>
     </row>
-    <row r="576" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A576" s="2"/>
       <c r="B576" s="28"/>
       <c r="C576" s="25"/>
       <c r="D576" s="6"/>
       <c r="E576" s="1"/>
     </row>
-    <row r="577" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A577" s="2"/>
       <c r="B577" s="28"/>
       <c r="C577" s="25"/>
       <c r="D577" s="6"/>
       <c r="E577" s="1"/>
     </row>
-    <row r="578" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="578" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A578" s="2"/>
       <c r="B578" s="28"/>
       <c r="C578" s="25"/>
       <c r="D578" s="6"/>
       <c r="E578" s="1"/>
     </row>
-    <row r="579" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="579" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A579" s="2"/>
       <c r="B579" s="28"/>
       <c r="C579" s="25"/>
       <c r="D579" s="6"/>
       <c r="E579" s="1"/>
     </row>
-    <row r="580" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A580" s="2"/>
       <c r="B580" s="28"/>
       <c r="C580" s="25"/>
       <c r="D580" s="6"/>
       <c r="E580" s="1"/>
     </row>
-    <row r="581" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A581" s="2"/>
       <c r="B581" s="28"/>
       <c r="C581" s="25"/>
       <c r="D581" s="6"/>
       <c r="E581" s="1"/>
     </row>
-    <row r="582" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A582" s="2"/>
       <c r="B582" s="28"/>
       <c r="C582" s="25"/>
       <c r="D582" s="6"/>
       <c r="E582" s="1"/>
     </row>
-    <row r="583" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A583" s="2"/>
       <c r="B583" s="28"/>
       <c r="C583" s="25"/>
       <c r="D583" s="6"/>
       <c r="E583" s="1"/>
     </row>
-    <row r="584" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A584" s="2"/>
       <c r="B584" s="28"/>
       <c r="C584" s="25"/>
       <c r="D584" s="6"/>
       <c r="E584" s="1"/>
     </row>
-    <row r="585" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A585" s="2"/>
       <c r="B585" s="28"/>
       <c r="C585" s="25"/>
       <c r="D585" s="6"/>
       <c r="E585" s="1"/>
     </row>
-    <row r="586" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="586" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A586" s="2"/>
       <c r="B586" s="28"/>
       <c r="C586" s="25"/>
       <c r="D586" s="6"/>
       <c r="E586" s="1"/>
     </row>
-    <row r="587" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="587" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A587" s="2"/>
       <c r="B587" s="28"/>
       <c r="C587" s="25"/>
       <c r="D587" s="6"/>
       <c r="E587" s="1"/>
     </row>
-    <row r="588" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A588" s="2"/>
       <c r="B588" s="28"/>
       <c r="C588" s="25"/>
       <c r="D588" s="6"/>
       <c r="E588" s="1"/>
     </row>
-    <row r="589" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A589" s="2"/>
       <c r="B589" s="28"/>
       <c r="C589" s="25"/>
       <c r="D589" s="6"/>
       <c r="E589" s="1"/>
     </row>
-    <row r="590" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="590" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A590" s="2"/>
       <c r="B590" s="28"/>
       <c r="C590" s="25"/>
       <c r="D590" s="6"/>
       <c r="E590" s="1"/>
     </row>
-    <row r="591" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="591" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A591" s="2"/>
       <c r="B591" s="28"/>
       <c r="C591" s="25"/>
       <c r="D591" s="6"/>
       <c r="E591" s="1"/>
     </row>
-    <row r="592" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="592" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A592" s="2"/>
       <c r="B592" s="28"/>
       <c r="C592" s="25"/>
       <c r="D592" s="6"/>
       <c r="E592" s="1"/>
     </row>
-    <row r="593" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="593" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A593" s="2"/>
       <c r="B593" s="28"/>
       <c r="C593" s="25"/>
       <c r="D593" s="6"/>
       <c r="E593" s="1"/>
     </row>
-    <row r="594" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="594" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A594" s="2"/>
       <c r="B594" s="28"/>
       <c r="C594" s="25"/>
       <c r="D594" s="6"/>
       <c r="E594" s="1"/>
     </row>
-    <row r="595" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="595" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A595" s="2"/>
       <c r="B595" s="28"/>
       <c r="C595" s="25"/>
       <c r="D595" s="6"/>
       <c r="E595" s="1"/>
     </row>
-    <row r="596" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="596" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A596" s="2"/>
       <c r="B596" s="28"/>
       <c r="C596" s="25"/>
       <c r="D596" s="6"/>
       <c r="E596" s="1"/>
     </row>
-    <row r="597" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="597" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A597" s="2"/>
       <c r="B597" s="28"/>
       <c r="C597" s="25"/>
       <c r="D597" s="6"/>
       <c r="E597" s="1"/>
     </row>
-    <row r="598" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A598" s="2"/>
       <c r="B598" s="28"/>
       <c r="C598" s="25"/>
       <c r="D598" s="6"/>
       <c r="E598" s="1"/>
     </row>
-    <row r="599" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A599" s="2"/>
       <c r="B599" s="28"/>
       <c r="C599" s="25"/>
       <c r="D599" s="6"/>
       <c r="E599" s="1"/>
     </row>
-    <row r="600" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A600" s="2"/>
       <c r="B600" s="28"/>
       <c r="C600" s="25"/>
       <c r="D600" s="6"/>
       <c r="E600" s="1"/>
     </row>
-    <row r="601" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A601" s="2"/>
       <c r="B601" s="28"/>
       <c r="C601" s="25"/>
       <c r="D601" s="6"/>
       <c r="E601" s="1"/>
     </row>
-    <row r="602" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="602" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A602" s="2"/>
       <c r="B602" s="28"/>
       <c r="C602" s="25"/>
       <c r="D602" s="6"/>
       <c r="E602" s="1"/>
     </row>
-    <row r="603" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A603" s="2"/>
       <c r="B603" s="28"/>
       <c r="C603" s="25"/>
       <c r="D603" s="6"/>
       <c r="E603" s="1"/>
     </row>
-    <row r="604" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="604" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A604" s="2"/>
       <c r="B604" s="28"/>
       <c r="C604" s="25"/>
       <c r="D604" s="6"/>
       <c r="E604" s="1"/>
     </row>
-    <row r="605" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A605" s="2"/>
       <c r="B605" s="28"/>
       <c r="C605" s="25"/>
       <c r="D605" s="6"/>
       <c r="E605" s="1"/>
     </row>
-    <row r="606" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A606" s="2"/>
       <c r="B606" s="28"/>
       <c r="C606" s="25"/>
       <c r="D606" s="6"/>
       <c r="E606" s="1"/>
     </row>
-    <row r="607" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A607" s="2"/>
       <c r="B607" s="28"/>
       <c r="C607" s="25"/>
       <c r="D607" s="6"/>
       <c r="E607" s="1"/>
     </row>
-    <row r="608" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A608" s="2"/>
       <c r="B608" s="28"/>
       <c r="C608" s="25"/>
       <c r="D608" s="6"/>
       <c r="E608" s="1"/>
     </row>
-    <row r="609" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A609" s="2"/>
       <c r="B609" s="28"/>
       <c r="C609" s="25"/>
       <c r="D609" s="6"/>
       <c r="E609" s="1"/>
     </row>
-    <row r="610" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A610" s="2"/>
       <c r="B610" s="28"/>
       <c r="C610" s="25"/>
       <c r="D610" s="6"/>
       <c r="E610" s="1"/>
     </row>
-    <row r="611" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="611" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A611" s="2"/>
       <c r="B611" s="28"/>
       <c r="C611" s="25"/>
       <c r="D611" s="6"/>
       <c r="E611" s="1"/>
     </row>
-    <row r="612" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A612" s="2"/>
       <c r="B612" s="28"/>
       <c r="C612" s="25"/>
       <c r="D612" s="6"/>
       <c r="E612" s="1"/>
     </row>
-    <row r="613" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="613" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A613" s="2"/>
       <c r="B613" s="28"/>
       <c r="C613" s="25"/>
       <c r="D613" s="6"/>
       <c r="E613" s="1"/>
     </row>
-    <row r="614" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="614" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A614" s="2"/>
       <c r="B614" s="28"/>
       <c r="C614" s="25"/>
       <c r="D614" s="6"/>
       <c r="E614" s="1"/>
     </row>
-    <row r="615" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="615" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A615" s="2"/>
       <c r="B615" s="28"/>
       <c r="C615" s="25"/>
       <c r="D615" s="6"/>
       <c r="E615" s="1"/>
     </row>
-    <row r="616" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="616" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A616" s="2"/>
       <c r="B616" s="28"/>
       <c r="C616" s="25"/>
       <c r="D616" s="6"/>
       <c r="E616" s="1"/>
     </row>
-    <row r="617" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A617" s="2"/>
       <c r="B617" s="28"/>
       <c r="C617" s="25"/>
       <c r="D617" s="6"/>
       <c r="E617" s="1"/>
     </row>
-    <row r="618" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A618" s="2"/>
       <c r="B618" s="28"/>
       <c r="C618" s="25"/>
       <c r="D618" s="6"/>
       <c r="E618" s="1"/>
     </row>
-    <row r="619" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A619" s="2"/>
       <c r="B619" s="28"/>
       <c r="C619" s="25"/>
       <c r="D619" s="6"/>
       <c r="E619" s="1"/>
     </row>
-    <row r="620" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="620" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A620" s="2"/>
       <c r="B620" s="28"/>
       <c r="C620" s="25"/>
       <c r="D620" s="6"/>
       <c r="E620" s="1"/>
     </row>
-    <row r="621" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A621" s="2"/>
       <c r="B621" s="28"/>
       <c r="C621" s="25"/>
       <c r="D621" s="6"/>
       <c r="E621" s="1"/>
     </row>
-    <row r="622" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A622" s="2"/>
       <c r="B622" s="28"/>
       <c r="C622" s="25"/>
       <c r="D622" s="6"/>
       <c r="E622" s="1"/>
     </row>
-    <row r="623" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="623" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A623" s="2"/>
       <c r="B623" s="28"/>
       <c r="C623" s="25"/>
       <c r="D623" s="6"/>
       <c r="E623" s="1"/>
     </row>
-    <row r="624" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="624" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A624" s="2"/>
       <c r="B624" s="28"/>
       <c r="C624" s="25"/>
       <c r="D624" s="6"/>
       <c r="E624" s="1"/>
     </row>
-    <row r="625" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="625" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A625" s="2"/>
       <c r="B625" s="28"/>
       <c r="C625" s="25"/>
       <c r="D625" s="6"/>
       <c r="E625" s="1"/>
     </row>
-    <row r="626" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A626" s="2"/>
       <c r="B626" s="28"/>
       <c r="C626" s="25"/>
       <c r="D626" s="6"/>
       <c r="E626" s="1"/>
     </row>
-    <row r="627" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="627" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A627" s="2"/>
       <c r="B627" s="28"/>
       <c r="C627" s="25"/>
       <c r="D627" s="6"/>
       <c r="E627" s="1"/>
     </row>
-    <row r="628" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A628" s="2"/>
       <c r="B628" s="28"/>
       <c r="C628" s="25"/>
       <c r="D628" s="6"/>
       <c r="E628" s="1"/>
     </row>
-    <row r="629" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="629" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A629" s="2"/>
       <c r="B629" s="28"/>
       <c r="C629" s="25"/>
       <c r="D629" s="6"/>
       <c r="E629" s="1"/>
     </row>
-    <row r="630" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="630" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A630" s="2"/>
       <c r="B630" s="28"/>
       <c r="C630" s="25"/>
       <c r="D630" s="6"/>
       <c r="E630" s="1"/>
     </row>
-    <row r="631" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="631" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A631" s="2"/>
       <c r="B631" s="28"/>
       <c r="C631" s="25"/>
       <c r="D631" s="6"/>
       <c r="E631" s="1"/>
     </row>
-    <row r="632" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="632" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A632" s="2"/>
       <c r="B632" s="28"/>
       <c r="C632" s="25"/>
       <c r="D632" s="6"/>
       <c r="E632" s="1"/>
     </row>
-    <row r="633" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="633" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A633" s="2"/>
       <c r="B633" s="28"/>
       <c r="C633" s="25"/>
       <c r="D633" s="6"/>
       <c r="E633" s="1"/>
     </row>
-    <row r="634" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="634" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A634" s="2"/>
       <c r="B634" s="28"/>
       <c r="C634" s="25"/>
       <c r="D634" s="6"/>
       <c r="E634" s="1"/>
     </row>
-    <row r="635" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="635" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A635" s="2"/>
       <c r="B635" s="28"/>
       <c r="C635" s="25"/>
       <c r="D635" s="6"/>
       <c r="E635" s="1"/>
     </row>
-    <row r="636" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="636" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A636" s="2"/>
       <c r="B636" s="28"/>
       <c r="C636" s="25"/>
       <c r="D636" s="6"/>
       <c r="E636" s="1"/>
     </row>
-    <row r="637" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="637" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A637" s="2"/>
       <c r="B637" s="28"/>
       <c r="C637" s="25"/>
       <c r="D637" s="6"/>
       <c r="E637" s="1"/>
     </row>
-    <row r="638" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="638" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A638" s="2"/>
       <c r="B638" s="28"/>
       <c r="C638" s="25"/>
       <c r="D638" s="6"/>
       <c r="E638" s="1"/>
     </row>
-    <row r="639" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="639" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A639" s="2"/>
       <c r="B639" s="28"/>
       <c r="C639" s="25"/>
       <c r="D639" s="6"/>
       <c r="E639" s="1"/>
     </row>
-    <row r="640" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="640" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A640" s="2"/>
       <c r="B640" s="28"/>
       <c r="C640" s="25"/>
       <c r="D640" s="6"/>
       <c r="E640" s="1"/>
     </row>
-    <row r="641" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="641" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A641" s="2"/>
       <c r="B641" s="28"/>
       <c r="C641" s="25"/>
       <c r="D641" s="6"/>
       <c r="E641" s="1"/>
     </row>
-    <row r="642" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="642" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A642" s="2"/>
       <c r="B642" s="28"/>
       <c r="C642" s="25"/>
       <c r="D642" s="6"/>
       <c r="E642" s="1"/>
     </row>
-    <row r="643" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="643" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A643" s="2"/>
       <c r="B643" s="28"/>
       <c r="C643" s="25"/>
       <c r="D643" s="6"/>
       <c r="E643" s="1"/>
     </row>
-    <row r="644" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="644" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A644" s="2"/>
       <c r="B644" s="28"/>
       <c r="C644" s="25"/>
       <c r="D644" s="6"/>
       <c r="E644" s="1"/>
     </row>
-    <row r="645" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="645" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A645" s="2"/>
       <c r="B645" s="28"/>
       <c r="C645" s="25"/>
       <c r="D645" s="6"/>
       <c r="E645" s="1"/>
     </row>
-    <row r="646" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="646" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A646" s="2"/>
       <c r="B646" s="28"/>
       <c r="C646" s="25"/>
       <c r="D646" s="6"/>
       <c r="E646" s="1"/>
     </row>
-    <row r="647" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="647" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A647" s="2"/>
       <c r="B647" s="28"/>
       <c r="C647" s="25"/>
       <c r="D647" s="6"/>
       <c r="E647" s="1"/>
     </row>
-    <row r="648" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="648" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A648" s="2"/>
       <c r="B648" s="28"/>
       <c r="C648" s="25"/>
       <c r="D648" s="6"/>
       <c r="E648" s="1"/>
     </row>
-    <row r="649" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="649" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A649" s="2"/>
       <c r="B649" s="28"/>
       <c r="C649" s="25"/>
       <c r="D649" s="6"/>
       <c r="E649" s="1"/>
     </row>
-    <row r="650" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="650" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A650" s="2"/>
       <c r="B650" s="28"/>
       <c r="C650" s="25"/>
       <c r="D650" s="6"/>
       <c r="E650" s="1"/>
     </row>
-    <row r="651" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="651" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A651" s="2"/>
       <c r="B651" s="28"/>
       <c r="C651" s="25"/>
       <c r="D651" s="6"/>
       <c r="E651" s="1"/>
     </row>
-    <row r="652" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="652" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A652" s="2"/>
       <c r="B652" s="28"/>
       <c r="C652" s="25"/>
       <c r="D652" s="6"/>
       <c r="E652" s="1"/>
     </row>
-    <row r="653" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="653" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A653" s="2"/>
       <c r="B653" s="28"/>
       <c r="C653" s="25"/>
       <c r="D653" s="6"/>
       <c r="E653" s="1"/>
     </row>
-    <row r="654" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="654" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A654" s="2"/>
       <c r="B654" s="28"/>
       <c r="C654" s="25"/>
       <c r="D654" s="6"/>
       <c r="E654" s="1"/>
     </row>
-    <row r="655" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="655" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A655" s="2"/>
       <c r="B655" s="28"/>
       <c r="C655" s="25"/>
       <c r="D655" s="6"/>
       <c r="E655" s="1"/>
     </row>
-    <row r="656" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="656" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A656" s="2"/>
       <c r="B656" s="28"/>
       <c r="C656" s="25"/>
       <c r="D656" s="6"/>
       <c r="E656" s="1"/>
     </row>
-    <row r="657" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="657" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A657" s="2"/>
       <c r="B657" s="28"/>
       <c r="C657" s="25"/>
       <c r="D657" s="6"/>
       <c r="E657" s="1"/>
     </row>
-    <row r="658" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="658" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A658" s="2"/>
       <c r="B658" s="28"/>
       <c r="C658" s="25"/>
       <c r="D658" s="6"/>
       <c r="E658" s="1"/>
     </row>
-    <row r="659" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="659" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A659" s="2"/>
       <c r="B659" s="28"/>
       <c r="C659" s="25"/>
       <c r="D659" s="6"/>
       <c r="E659" s="1"/>
     </row>
-    <row r="660" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="660" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A660" s="2"/>
       <c r="B660" s="28"/>
       <c r="C660" s="25"/>
       <c r="D660" s="6"/>
       <c r="E660" s="1"/>
     </row>
-    <row r="661" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="661" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A661" s="2"/>
       <c r="B661" s="28"/>
       <c r="C661" s="25"/>
       <c r="D661" s="6"/>
       <c r="E661" s="1"/>
     </row>
-    <row r="662" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="662" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A662" s="2"/>
       <c r="B662" s="28"/>
       <c r="C662" s="25"/>
       <c r="D662" s="6"/>
       <c r="E662" s="1"/>
     </row>
-    <row r="663" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="663" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A663" s="2"/>
       <c r="B663" s="28"/>
       <c r="C663" s="25"/>
       <c r="D663" s="6"/>
       <c r="E663" s="1"/>
     </row>
-    <row r="664" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="664" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A664" s="2"/>
       <c r="B664" s="28"/>
       <c r="C664" s="25"/>
       <c r="D664" s="6"/>
       <c r="E664" s="1"/>
     </row>
-    <row r="665" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="665" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A665" s="2"/>
       <c r="B665" s="28"/>
       <c r="C665" s="25"/>
       <c r="D665" s="6"/>
       <c r="E665" s="1"/>
     </row>
-    <row r="666" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="666" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A666" s="2"/>
       <c r="B666" s="28"/>
       <c r="C666" s="25"/>
       <c r="D666" s="6"/>
       <c r="E666" s="1"/>
     </row>
-    <row r="667" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="667" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A667" s="2"/>
       <c r="B667" s="28"/>
       <c r="C667" s="25"/>
       <c r="D667" s="6"/>
       <c r="E667" s="1"/>
     </row>
-    <row r="668" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="668" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A668" s="2"/>
       <c r="B668" s="28"/>
       <c r="C668" s="25"/>
       <c r="D668" s="6"/>
       <c r="E668" s="1"/>
     </row>
-    <row r="669" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="669" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A669" s="2"/>
       <c r="B669" s="28"/>
       <c r="C669" s="25"/>
       <c r="D669" s="6"/>
       <c r="E669" s="1"/>
     </row>
-    <row r="670" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="670" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A670" s="2"/>
       <c r="B670" s="28"/>
       <c r="C670" s="25"/>
       <c r="D670" s="6"/>
       <c r="E670" s="1"/>
     </row>
-    <row r="671" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="671" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A671" s="2"/>
       <c r="B671" s="28"/>
       <c r="C671" s="25"/>
       <c r="D671" s="6"/>
       <c r="E671" s="1"/>
     </row>
-    <row r="672" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="672" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A672" s="2"/>
       <c r="B672" s="28"/>
       <c r="C672" s="25"/>
       <c r="D672" s="6"/>
       <c r="E672" s="1"/>
     </row>
-    <row r="673" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="673" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A673" s="2"/>
       <c r="B673" s="28"/>
       <c r="C673" s="25"/>
       <c r="D673" s="6"/>
       <c r="E673" s="1"/>
     </row>
-    <row r="674" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="674" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A674" s="2"/>
       <c r="B674" s="28"/>
       <c r="C674" s="25"/>
       <c r="D674" s="6"/>
       <c r="E674" s="1"/>
     </row>
-    <row r="675" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="675" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A675" s="2"/>
       <c r="B675" s="28"/>
       <c r="C675" s="25"/>
       <c r="D675" s="6"/>
       <c r="E675" s="1"/>
     </row>
-    <row r="676" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="676" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A676" s="2"/>
       <c r="B676" s="28"/>
       <c r="C676" s="25"/>
       <c r="D676" s="6"/>
       <c r="E676" s="1"/>
     </row>
-    <row r="677" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="677" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A677" s="2"/>
       <c r="B677" s="28"/>
       <c r="C677" s="25"/>
       <c r="D677" s="6"/>
       <c r="E677" s="1"/>
     </row>
-    <row r="678" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="678" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A678" s="2"/>
       <c r="B678" s="28"/>
       <c r="C678" s="25"/>
       <c r="D678" s="6"/>
       <c r="E678" s="1"/>
     </row>
-    <row r="679" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="679" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A679" s="2"/>
       <c r="B679" s="28"/>
       <c r="C679" s="25"/>
       <c r="D679" s="6"/>
       <c r="E679" s="1"/>
     </row>
-    <row r="680" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="680" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A680" s="2"/>
       <c r="B680" s="28"/>
       <c r="C680" s="25"/>
       <c r="D680" s="6"/>
       <c r="E680" s="1"/>
     </row>
-    <row r="681" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="681" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A681" s="2"/>
       <c r="B681" s="28"/>
       <c r="C681" s="25"/>
       <c r="D681" s="6"/>
       <c r="E681" s="1"/>
     </row>
-    <row r="682" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="682" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A682" s="2"/>
       <c r="B682" s="28"/>
       <c r="C682" s="25"/>
       <c r="D682" s="6"/>
       <c r="E682" s="1"/>
     </row>
-    <row r="683" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="683" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A683" s="2"/>
       <c r="B683" s="28"/>
       <c r="C683" s="25"/>
       <c r="D683" s="6"/>
       <c r="E683" s="1"/>
     </row>
-    <row r="684" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="684" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A684" s="2"/>
       <c r="B684" s="28"/>
       <c r="C684" s="25"/>
       <c r="D684" s="6"/>
       <c r="E684" s="1"/>
     </row>
-    <row r="685" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="685" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A685" s="2"/>
       <c r="B685" s="28"/>
       <c r="C685" s="25"/>
       <c r="D685" s="6"/>
       <c r="E685" s="1"/>
     </row>
-    <row r="686" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="686" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A686" s="2"/>
       <c r="B686" s="28"/>
       <c r="C686" s="25"/>
       <c r="D686" s="6"/>
       <c r="E686" s="1"/>
     </row>
-    <row r="687" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="687" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A687" s="2"/>
       <c r="B687" s="28"/>
       <c r="C687" s="25"/>
       <c r="D687" s="6"/>
       <c r="E687" s="1"/>
     </row>
-    <row r="688" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="688" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A688" s="2"/>
       <c r="B688" s="28"/>
       <c r="C688" s="25"/>
       <c r="D688" s="6"/>
       <c r="E688" s="1"/>
     </row>
-    <row r="689" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="689" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A689" s="2"/>
       <c r="B689" s="28"/>
       <c r="C689" s="25"/>
       <c r="D689" s="6"/>
       <c r="E689" s="1"/>
     </row>
-    <row r="690" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="690" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A690" s="2"/>
       <c r="B690" s="28"/>
       <c r="C690" s="25"/>
       <c r="D690" s="6"/>
       <c r="E690" s="1"/>
     </row>
-    <row r="691" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="691" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A691" s="2"/>
       <c r="B691" s="28"/>
       <c r="C691" s="25"/>
       <c r="D691" s="6"/>
       <c r="E691" s="1"/>
     </row>
-    <row r="692" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="692" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A692" s="2"/>
       <c r="B692" s="28"/>
       <c r="C692" s="25"/>
       <c r="D692" s="6"/>
       <c r="E692" s="1"/>
     </row>
-    <row r="693" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="693" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A693" s="2"/>
       <c r="B693" s="28"/>
       <c r="C693" s="25"/>
       <c r="D693" s="6"/>
       <c r="E693" s="1"/>
     </row>
-    <row r="694" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="694" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A694" s="2"/>
       <c r="B694" s="28"/>
       <c r="C694" s="25"/>
       <c r="D694" s="6"/>
       <c r="E694" s="1"/>
     </row>
-    <row r="695" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="695" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A695" s="2"/>
       <c r="B695" s="28"/>
       <c r="C695" s="25"/>
       <c r="D695" s="6"/>
       <c r="E695" s="1"/>
     </row>
-    <row r="696" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="696" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A696" s="2"/>
       <c r="B696" s="28"/>
       <c r="C696" s="25"/>
       <c r="D696" s="6"/>
       <c r="E696" s="1"/>
     </row>
-    <row r="697" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="697" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A697" s="2"/>
       <c r="B697" s="28"/>
       <c r="C697" s="25"/>
       <c r="D697" s="6"/>
       <c r="E697" s="1"/>
     </row>
-    <row r="698" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="698" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A698" s="2"/>
       <c r="B698" s="28"/>
       <c r="C698" s="25"/>
       <c r="D698" s="6"/>
       <c r="E698" s="1"/>
     </row>
-    <row r="699" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="699" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A699" s="2"/>
       <c r="B699" s="28"/>
       <c r="C699" s="25"/>
       <c r="D699" s="6"/>
       <c r="E699" s="1"/>
     </row>
-    <row r="700" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="700" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A700" s="2"/>
       <c r="B700" s="28"/>
       <c r="C700" s="25"/>
       <c r="D700" s="6"/>
       <c r="E700" s="1"/>
     </row>
-    <row r="701" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="701" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A701" s="2"/>
       <c r="B701" s="28"/>
       <c r="C701" s="25"/>
       <c r="D701" s="6"/>
       <c r="E701" s="1"/>
     </row>
-    <row r="702" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="702" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A702" s="2"/>
       <c r="B702" s="28"/>
       <c r="C702" s="25"/>
       <c r="D702" s="6"/>
       <c r="E702" s="1"/>
     </row>
-    <row r="703" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="703" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A703" s="2"/>
       <c r="B703" s="28"/>
       <c r="C703" s="25"/>
       <c r="D703" s="6"/>
       <c r="E703" s="1"/>
     </row>
-    <row r="704" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="704" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A704" s="2"/>
       <c r="B704" s="28"/>
       <c r="C704" s="25"/>
       <c r="D704" s="6"/>
       <c r="E704" s="1"/>
     </row>
-    <row r="705" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="705" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A705" s="2"/>
       <c r="B705" s="28"/>
       <c r="C705" s="25"/>
       <c r="D705" s="6"/>
       <c r="E705" s="1"/>
     </row>
-    <row r="706" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="706" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A706" s="2"/>
       <c r="B706" s="28"/>
       <c r="C706" s="25"/>
       <c r="D706" s="6"/>
       <c r="E706" s="1"/>
     </row>
-    <row r="707" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="707" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A707" s="2"/>
       <c r="B707" s="28"/>
       <c r="C707" s="25"/>
       <c r="D707" s="6"/>
       <c r="E707" s="1"/>
     </row>
-    <row r="708" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="708" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A708" s="2"/>
       <c r="B708" s="28"/>
       <c r="C708" s="25"/>
       <c r="D708" s="6"/>
       <c r="E708" s="1"/>
     </row>
-    <row r="709" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="709" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A709" s="2"/>
       <c r="B709" s="28"/>
       <c r="C709" s="25"/>
       <c r="D709" s="6"/>
       <c r="E709" s="1"/>
     </row>
-    <row r="710" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="710" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A710" s="2"/>
       <c r="B710" s="28"/>
       <c r="C710" s="25"/>
       <c r="D710" s="6"/>
       <c r="E710" s="1"/>
     </row>
-    <row r="711" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="711" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A711" s="2"/>
       <c r="B711" s="28"/>
       <c r="C711" s="25"/>
       <c r="D711" s="6"/>
       <c r="E711" s="1"/>
     </row>
-    <row r="712" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="712" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A712" s="2"/>
       <c r="B712" s="28"/>
       <c r="C712" s="25"/>
       <c r="D712" s="6"/>
       <c r="E712" s="1"/>
     </row>
-    <row r="713" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="713" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A713" s="2"/>
       <c r="B713" s="28"/>
       <c r="C713" s="25"/>
       <c r="D713" s="6"/>
       <c r="E713" s="1"/>
     </row>
-    <row r="714" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="714" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A714" s="2"/>
       <c r="B714" s="28"/>
       <c r="C714" s="25"/>
       <c r="D714" s="6"/>
       <c r="E714" s="1"/>
     </row>
-    <row r="715" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="715" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A715" s="2"/>
       <c r="B715" s="28"/>
       <c r="C715" s="25"/>
       <c r="D715" s="6"/>
       <c r="E715" s="1"/>
     </row>
-    <row r="716" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="716" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A716" s="2"/>
       <c r="B716" s="28"/>
       <c r="C716" s="25"/>
       <c r="D716" s="6"/>
       <c r="E716" s="1"/>
     </row>
-    <row r="717" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="717" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A717" s="2"/>
       <c r="B717" s="28"/>
       <c r="C717" s="25"/>
       <c r="D717" s="6"/>
       <c r="E717" s="1"/>
     </row>
-    <row r="718" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="718" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A718" s="2"/>
       <c r="B718" s="28"/>
       <c r="C718" s="25"/>
       <c r="D718" s="6"/>
       <c r="E718" s="1"/>
     </row>
-    <row r="719" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="719" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A719" s="2"/>
       <c r="B719" s="28"/>
       <c r="C719" s="25"/>
       <c r="D719" s="6"/>
       <c r="E719" s="1"/>
     </row>
-    <row r="720" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="720" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A720" s="2"/>
       <c r="B720" s="28"/>
       <c r="C720" s="25"/>
       <c r="D720" s="6"/>
       <c r="E720" s="1"/>
     </row>
-    <row r="721" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="721" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A721" s="2"/>
       <c r="B721" s="28"/>
       <c r="C721" s="25"/>
       <c r="D721" s="6"/>
       <c r="E721" s="1"/>
     </row>
-    <row r="722" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="722" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A722" s="2"/>
       <c r="B722" s="28"/>
       <c r="C722" s="25"/>
       <c r="D722" s="6"/>
       <c r="E722" s="1"/>
     </row>
-    <row r="723" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="723" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A723" s="2"/>
       <c r="B723" s="28"/>
       <c r="C723" s="25"/>
       <c r="D723" s="6"/>
       <c r="E723" s="1"/>
     </row>
-    <row r="724" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="724" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A724" s="2"/>
       <c r="B724" s="28"/>
       <c r="C724" s="25"/>
       <c r="D724" s="6"/>
       <c r="E724" s="1"/>
     </row>
-    <row r="725" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="725" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A725" s="2"/>
       <c r="B725" s="28"/>
       <c r="C725" s="25"/>
       <c r="D725" s="6"/>
       <c r="E725" s="1"/>
     </row>
-    <row r="726" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="726" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A726" s="2"/>
       <c r="B726" s="28"/>
       <c r="C726" s="25"/>
       <c r="D726" s="6"/>
       <c r="E726" s="1"/>
     </row>
-    <row r="727" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="727" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A727" s="2"/>
       <c r="B727" s="28"/>
       <c r="C727" s="25"/>
       <c r="D727" s="6"/>
       <c r="E727" s="1"/>
     </row>
-    <row r="728" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="728" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A728" s="2"/>
       <c r="B728" s="28"/>
       <c r="C728" s="25"/>
       <c r="D728" s="6"/>
       <c r="E728" s="1"/>
     </row>
-    <row r="729" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="729" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A729" s="2"/>
       <c r="B729" s="28"/>
       <c r="C729" s="25"/>
       <c r="D729" s="6"/>
       <c r="E729" s="1"/>
     </row>
-    <row r="730" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="730" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A730" s="2"/>
       <c r="B730" s="28"/>
       <c r="C730" s="25"/>
       <c r="D730" s="6"/>
       <c r="E730" s="1"/>
     </row>
-    <row r="731" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="731" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A731" s="2"/>
       <c r="B731" s="28"/>
       <c r="C731" s="25"/>
       <c r="D731" s="6"/>
       <c r="E731" s="1"/>
     </row>
-    <row r="732" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="732" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A732" s="2"/>
       <c r="B732" s="28"/>
       <c r="C732" s="25"/>
       <c r="D732" s="6"/>
       <c r="E732" s="1"/>
     </row>
-    <row r="733" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="733" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A733" s="2"/>
       <c r="B733" s="28"/>
       <c r="C733" s="25"/>
       <c r="D733" s="6"/>
       <c r="E733" s="1"/>
     </row>
-    <row r="734" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="734" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A734" s="2"/>
       <c r="B734" s="28"/>
       <c r="C734" s="25"/>
       <c r="D734" s="6"/>
       <c r="E734" s="1"/>
     </row>
-    <row r="735" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="735" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A735" s="2"/>
       <c r="B735" s="28"/>
       <c r="C735" s="25"/>
       <c r="D735" s="6"/>
       <c r="E735" s="1"/>
     </row>
-    <row r="736" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="736" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A736" s="2"/>
       <c r="B736" s="28"/>
       <c r="C736" s="25"/>
       <c r="D736" s="6"/>
       <c r="E736" s="1"/>
     </row>
-    <row r="737" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="737" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A737" s="2"/>
       <c r="B737" s="28"/>
       <c r="C737" s="25"/>
       <c r="D737" s="6"/>
       <c r="E737" s="1"/>
     </row>
-    <row r="738" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="738" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A738" s="2"/>
       <c r="B738" s="28"/>
       <c r="C738" s="25"/>
       <c r="D738" s="6"/>
       <c r="E738" s="1"/>
     </row>
-    <row r="739" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="739" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A739" s="2"/>
       <c r="B739" s="28"/>
       <c r="C739" s="25"/>
       <c r="D739" s="6"/>
       <c r="E739" s="1"/>
     </row>
-    <row r="740" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="740" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A740" s="2"/>
       <c r="B740" s="28"/>
       <c r="C740" s="25"/>
       <c r="D740" s="6"/>
       <c r="E740" s="1"/>
     </row>
-    <row r="741" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="741" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A741" s="2"/>
       <c r="B741" s="28"/>
       <c r="C741" s="25"/>
       <c r="D741" s="6"/>
       <c r="E741" s="1"/>
     </row>
-    <row r="742" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="742" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A742" s="2"/>
       <c r="B742" s="28"/>
       <c r="C742" s="25"/>
       <c r="D742" s="6"/>
       <c r="E742" s="1"/>
     </row>
-    <row r="743" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="743" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A743" s="2"/>
       <c r="B743" s="28"/>
       <c r="C743" s="25"/>
       <c r="D743" s="6"/>
       <c r="E743" s="1"/>
     </row>
-    <row r="744" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="744" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A744" s="2"/>
       <c r="B744" s="28"/>
       <c r="C744" s="25"/>
       <c r="D744" s="6"/>
       <c r="E744" s="1"/>
     </row>
-    <row r="745" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="745" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A745" s="2"/>
       <c r="B745" s="28"/>
       <c r="C745" s="25"/>
       <c r="D745" s="6"/>
       <c r="E745" s="1"/>
     </row>
-    <row r="746" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="746" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A746" s="2"/>
       <c r="B746" s="28"/>
       <c r="C746" s="25"/>
       <c r="D746" s="6"/>
       <c r="E746" s="1"/>
     </row>
-    <row r="747" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="747" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A747" s="2"/>
       <c r="B747" s="28"/>
       <c r="C747" s="25"/>
       <c r="D747" s="6"/>
       <c r="E747" s="1"/>
     </row>
-    <row r="748" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="748" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A748" s="2"/>
       <c r="B748" s="28"/>
       <c r="C748" s="25"/>
       <c r="D748" s="6"/>
       <c r="E748" s="1"/>
     </row>
-    <row r="749" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="749" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A749" s="2"/>
       <c r="B749" s="28"/>
       <c r="C749" s="25"/>
       <c r="D749" s="6"/>
       <c r="E749" s="1"/>
     </row>
-    <row r="750" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="750" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A750" s="2"/>
       <c r="B750" s="28"/>
       <c r="C750" s="25"/>
       <c r="D750" s="6"/>
       <c r="E750" s="1"/>
     </row>
-    <row r="751" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="751" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A751" s="2"/>
       <c r="B751" s="28"/>
       <c r="C751" s="25"/>
       <c r="D751" s="6"/>
       <c r="E751" s="1"/>
     </row>
-    <row r="752" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="752" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A752" s="2"/>
       <c r="B752" s="28"/>
       <c r="C752" s="25"/>
       <c r="D752" s="6"/>
       <c r="E752" s="1"/>
     </row>
-    <row r="753" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="753" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A753" s="2"/>
       <c r="B753" s="28"/>
       <c r="C753" s="25"/>
       <c r="D753" s="6"/>
       <c r="E753" s="1"/>
     </row>
-    <row r="754" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="754" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A754" s="2"/>
       <c r="B754" s="28"/>
       <c r="C754" s="25"/>
       <c r="D754" s="6"/>
       <c r="E754" s="1"/>
     </row>
-    <row r="755" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="755" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A755" s="2"/>
       <c r="B755" s="28"/>
       <c r="C755" s="25"/>
       <c r="D755" s="6"/>
       <c r="E755" s="1"/>
     </row>
-    <row r="756" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="756" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A756" s="2"/>
       <c r="B756" s="28"/>
       <c r="C756" s="25"/>
       <c r="D756" s="6"/>
       <c r="E756" s="1"/>
     </row>
-    <row r="757" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="757" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A757" s="2"/>
       <c r="B757" s="28"/>
       <c r="C757" s="25"/>
       <c r="D757" s="6"/>
       <c r="E757" s="1"/>
     </row>
-    <row r="758" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="758" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A758" s="2"/>
       <c r="B758" s="28"/>
       <c r="C758" s="25"/>
       <c r="D758" s="6"/>
       <c r="E758" s="1"/>
     </row>
-    <row r="759" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="759" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A759" s="2"/>
       <c r="B759" s="28"/>
       <c r="C759" s="25"/>
       <c r="D759" s="6"/>
       <c r="E759" s="1"/>
     </row>
-    <row r="760" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="760" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A760" s="2"/>
       <c r="B760" s="28"/>
       <c r="C760" s="25"/>
       <c r="D760" s="6"/>
       <c r="E760" s="1"/>
     </row>
-    <row r="761" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="761" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A761" s="2"/>
       <c r="B761" s="28"/>
       <c r="C761" s="25"/>
       <c r="D761" s="6"/>
       <c r="E761" s="1"/>
     </row>
-    <row r="762" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="762" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A762" s="2"/>
       <c r="B762" s="28"/>
       <c r="C762" s="25"/>
       <c r="D762" s="6"/>
       <c r="E762" s="1"/>
     </row>
-    <row r="763" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="763" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A763" s="2"/>
       <c r="B763" s="28"/>
       <c r="C763" s="25"/>
       <c r="D763" s="6"/>
       <c r="E763" s="1"/>
     </row>
-    <row r="764" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="764" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A764" s="2"/>
       <c r="B764" s="28"/>
       <c r="C764" s="25"/>
       <c r="D764" s="6"/>
       <c r="E764" s="1"/>
     </row>
-    <row r="765" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="765" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A765" s="2"/>
       <c r="B765" s="28"/>
       <c r="C765" s="25"/>
       <c r="D765" s="6"/>
       <c r="E765" s="1"/>
     </row>
-    <row r="766" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="766" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A766" s="2"/>
       <c r="B766" s="28"/>
       <c r="C766" s="25"/>
       <c r="D766" s="6"/>
       <c r="E766" s="1"/>
     </row>
-    <row r="767" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="767" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A767" s="2"/>
       <c r="B767" s="28"/>
       <c r="C767" s="25"/>
       <c r="D767" s="6"/>
       <c r="E767" s="1"/>
     </row>
-    <row r="768" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="768" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A768" s="2"/>
       <c r="B768" s="28"/>
       <c r="C768" s="25"/>
       <c r="D768" s="6"/>
       <c r="E768" s="1"/>
     </row>
-    <row r="769" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="769" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A769" s="2"/>
       <c r="B769" s="28"/>
       <c r="C769" s="25"/>
       <c r="D769" s="6"/>
       <c r="E769" s="1"/>
     </row>
-    <row r="770" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="770" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A770" s="2"/>
       <c r="B770" s="28"/>
       <c r="C770" s="25"/>
       <c r="D770" s="6"/>
       <c r="E770" s="1"/>
     </row>
-    <row r="771" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="771" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A771" s="2"/>
       <c r="B771" s="28"/>
       <c r="C771" s="25"/>
       <c r="D771" s="6"/>
       <c r="E771" s="1"/>
     </row>
-    <row r="772" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="772" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A772" s="2"/>
       <c r="B772" s="28"/>
       <c r="C772" s="25"/>
       <c r="D772" s="6"/>
       <c r="E772" s="1"/>
     </row>
-    <row r="773" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="773" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A773" s="2"/>
       <c r="B773" s="28"/>
       <c r="C773" s="25"/>
       <c r="D773" s="6"/>
       <c r="E773" s="1"/>
     </row>
-    <row r="774" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="774" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A774" s="2"/>
       <c r="B774" s="28"/>
       <c r="C774" s="25"/>
       <c r="D774" s="6"/>
       <c r="E774" s="1"/>
     </row>
-    <row r="775" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="775" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A775" s="2"/>
       <c r="B775" s="28"/>
       <c r="C775" s="25"/>
       <c r="D775" s="6"/>
       <c r="E775" s="1"/>
     </row>
-    <row r="776" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="776" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A776" s="2"/>
       <c r="B776" s="28"/>
       <c r="C776" s="25"/>
       <c r="D776" s="6"/>
       <c r="E776" s="1"/>
     </row>
-    <row r="777" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="777" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A777" s="2"/>
       <c r="B777" s="28"/>
       <c r="C777" s="25"/>
       <c r="D777" s="6"/>
       <c r="E777" s="1"/>
     </row>
-    <row r="778" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="778" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A778" s="2"/>
       <c r="B778" s="28"/>
       <c r="C778" s="25"/>
       <c r="D778" s="6"/>
       <c r="E778" s="1"/>
     </row>
-    <row r="779" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="779" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A779" s="2"/>
       <c r="B779" s="28"/>
       <c r="C779" s="25"/>
       <c r="D779" s="6"/>
       <c r="E779" s="1"/>
     </row>
-    <row r="780" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="780" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A780" s="2"/>
       <c r="B780" s="28"/>
       <c r="C780" s="25"/>
       <c r="D780" s="6"/>
       <c r="E780" s="1"/>
     </row>
-    <row r="781" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="781" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A781" s="2"/>
       <c r="B781" s="28"/>
       <c r="C781" s="25"/>
       <c r="D781" s="6"/>
       <c r="E781" s="1"/>
     </row>
-    <row r="782" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="782" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A782" s="2"/>
       <c r="B782" s="28"/>
       <c r="C782" s="25"/>
       <c r="D782" s="6"/>
       <c r="E782" s="1"/>
     </row>
-    <row r="783" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="783" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A783" s="2"/>
       <c r="B783" s="28"/>
       <c r="C783" s="25"/>
       <c r="D783" s="6"/>
       <c r="E783" s="1"/>
     </row>
-    <row r="784" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="784" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A784" s="2"/>
       <c r="B784" s="28"/>
       <c r="C784" s="25"/>
       <c r="D784" s="6"/>
       <c r="E784" s="1"/>
     </row>
-    <row r="785" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="785" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A785" s="2"/>
       <c r="B785" s="28"/>
       <c r="C785" s="25"/>
       <c r="D785" s="6"/>
       <c r="E785" s="1"/>
     </row>
-    <row r="786" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="786" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A786" s="2"/>
       <c r="B786" s="28"/>
       <c r="C786" s="25"/>
       <c r="D786" s="6"/>
       <c r="E786" s="1"/>
     </row>
-    <row r="787" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="787" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A787" s="2"/>
       <c r="B787" s="28"/>
       <c r="C787" s="25"/>
       <c r="D787" s="6"/>
       <c r="E787" s="1"/>
     </row>
-    <row r="788" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="788" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A788" s="2"/>
       <c r="B788" s="28"/>
       <c r="C788" s="25"/>
       <c r="D788" s="6"/>
       <c r="E788" s="1"/>
     </row>
-    <row r="789" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="789" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A789" s="2"/>
       <c r="B789" s="28"/>
       <c r="C789" s="25"/>
       <c r="D789" s="6"/>
       <c r="E789" s="1"/>
     </row>
-    <row r="790" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="790" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A790" s="2"/>
       <c r="B790" s="28"/>
       <c r="C790" s="25"/>
       <c r="D790" s="6"/>
       <c r="E790" s="1"/>
     </row>
-    <row r="791" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="791" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A791" s="2"/>
       <c r="B791" s="28"/>
       <c r="C791" s="25"/>
       <c r="D791" s="6"/>
       <c r="E791" s="1"/>
     </row>
-    <row r="792" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="792" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A792" s="2"/>
       <c r="B792" s="28"/>
       <c r="C792" s="25"/>
       <c r="D792" s="6"/>
       <c r="E792" s="1"/>
     </row>
-    <row r="793" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="793" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A793" s="2"/>
       <c r="B793" s="28"/>
       <c r="C793" s="25"/>
       <c r="D793" s="6"/>
       <c r="E793" s="1"/>
     </row>
-    <row r="794" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="794" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A794" s="2"/>
       <c r="B794" s="28"/>
       <c r="C794" s="25"/>
       <c r="D794" s="6"/>
       <c r="E794" s="1"/>
     </row>
-    <row r="795" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="795" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A795" s="2"/>
       <c r="B795" s="28"/>
       <c r="C795" s="25"/>
       <c r="D795" s="6"/>
       <c r="E795" s="1"/>
     </row>
-    <row r="796" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="796" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A796" s="2"/>
       <c r="B796" s="28"/>
       <c r="C796" s="25"/>
       <c r="D796" s="6"/>
       <c r="E796" s="1"/>
     </row>
-    <row r="797" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="797" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A797" s="2"/>
       <c r="B797" s="28"/>
       <c r="C797" s="25"/>
       <c r="D797" s="6"/>
       <c r="E797" s="1"/>
     </row>
-    <row r="798" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="798" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A798" s="2"/>
       <c r="B798" s="28"/>
       <c r="C798" s="25"/>
       <c r="D798" s="6"/>
       <c r="E798" s="1"/>
     </row>
-    <row r="799" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="799" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A799" s="2"/>
       <c r="B799" s="28"/>
       <c r="C799" s="25"/>
       <c r="D799" s="6"/>
       <c r="E799" s="1"/>
     </row>
-    <row r="800" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="800" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A800" s="2"/>
       <c r="B800" s="28"/>
       <c r="C800" s="25"/>
       <c r="D800" s="6"/>
       <c r="E800" s="1"/>
     </row>
-    <row r="801" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="801" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A801" s="2"/>
       <c r="B801" s="28"/>
       <c r="C801" s="25"/>
       <c r="D801" s="6"/>
       <c r="E801" s="1"/>
     </row>
-    <row r="802" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="802" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A802" s="2"/>
       <c r="B802" s="28"/>
       <c r="C802" s="25"/>
       <c r="D802" s="6"/>
       <c r="E802" s="1"/>
     </row>
-    <row r="803" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="803" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A803" s="2"/>
       <c r="B803" s="28"/>
       <c r="C803" s="25"/>
       <c r="D803" s="6"/>
       <c r="E803" s="1"/>
     </row>
-    <row r="804" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="804" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A804" s="2"/>
       <c r="B804" s="28"/>
       <c r="C804" s="25"/>
       <c r="D804" s="6"/>
       <c r="E804" s="1"/>
     </row>
-    <row r="805" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="805" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A805" s="2"/>
       <c r="B805" s="28"/>
       <c r="C805" s="25"/>
       <c r="D805" s="6"/>
       <c r="E805" s="1"/>
     </row>
-    <row r="806" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="806" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A806" s="2"/>
       <c r="B806" s="28"/>
       <c r="C806" s="25"/>
       <c r="D806" s="6"/>
       <c r="E806" s="1"/>
     </row>
-    <row r="807" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="807" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A807" s="2"/>
       <c r="B807" s="28"/>
       <c r="C807" s="25"/>
       <c r="D807" s="6"/>
       <c r="E807" s="1"/>
     </row>
-    <row r="808" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="808" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A808" s="2"/>
       <c r="B808" s="28"/>
       <c r="C808" s="25"/>
       <c r="D808" s="6"/>
       <c r="E808" s="1"/>
     </row>
-    <row r="809" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="809" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A809" s="2"/>
       <c r="B809" s="28"/>
       <c r="C809" s="25"/>
       <c r="D809" s="6"/>
       <c r="E809" s="1"/>
     </row>
-    <row r="810" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="810" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A810" s="2"/>
       <c r="B810" s="28"/>
       <c r="C810" s="25"/>
       <c r="D810" s="6"/>
       <c r="E810" s="1"/>
     </row>
-    <row r="811" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="811" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A811" s="2"/>
       <c r="B811" s="28"/>
       <c r="C811" s="25"/>
       <c r="D811" s="6"/>
       <c r="E811" s="1"/>
     </row>
-    <row r="812" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="812" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A812" s="2"/>
       <c r="B812" s="28"/>
       <c r="C812" s="25"/>
       <c r="D812" s="6"/>
       <c r="E812" s="1"/>
     </row>
-    <row r="813" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="813" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A813" s="2"/>
       <c r="B813" s="28"/>
       <c r="C813" s="25"/>
       <c r="D813" s="6"/>
       <c r="E813" s="1"/>
     </row>
-    <row r="814" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="814" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A814" s="2"/>
       <c r="B814" s="28"/>
       <c r="C814" s="25"/>
       <c r="D814" s="6"/>
       <c r="E814" s="1"/>
     </row>
-    <row r="815" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="815" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A815" s="2"/>
       <c r="B815" s="28"/>
       <c r="C815" s="25"/>
       <c r="D815" s="6"/>
       <c r="E815" s="1"/>
     </row>
-    <row r="816" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="816" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A816" s="2"/>
       <c r="B816" s="28"/>
       <c r="C816" s="25"/>
       <c r="D816" s="6"/>
       <c r="E816" s="1"/>
     </row>
-    <row r="817" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="817" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A817" s="2"/>
       <c r="B817" s="28"/>
       <c r="C817" s="25"/>
       <c r="D817" s="6"/>
       <c r="E817" s="1"/>
     </row>
-    <row r="818" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="818" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A818" s="2"/>
       <c r="B818" s="28"/>
       <c r="C818" s="25"/>
       <c r="D818" s="6"/>
       <c r="E818" s="1"/>
     </row>
-    <row r="819" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="819" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A819" s="2"/>
       <c r="B819" s="28"/>
       <c r="C819" s="25"/>
       <c r="D819" s="6"/>
       <c r="E819" s="1"/>
     </row>
-    <row r="820" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="820" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A820" s="2"/>
       <c r="B820" s="28"/>
       <c r="C820" s="25"/>
       <c r="D820" s="6"/>
       <c r="E820" s="1"/>
     </row>
-    <row r="821" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="821" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A821" s="2"/>
       <c r="B821" s="28"/>
       <c r="C821" s="25"/>
       <c r="D821" s="6"/>
       <c r="E821" s="1"/>
     </row>
-    <row r="822" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="822" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A822" s="2"/>
       <c r="B822" s="28"/>
       <c r="C822" s="25"/>
       <c r="D822" s="6"/>
       <c r="E822" s="1"/>
     </row>
-    <row r="823" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="823" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A823" s="2"/>
       <c r="B823" s="28"/>
       <c r="C823" s="25"/>
       <c r="D823" s="6"/>
       <c r="E823" s="1"/>
     </row>
-    <row r="824" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="824" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A824" s="2"/>
       <c r="B824" s="28"/>
       <c r="C824" s="25"/>
       <c r="D824" s="6"/>
       <c r="E824" s="1"/>
     </row>
-    <row r="825" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="825" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A825" s="2"/>
       <c r="B825" s="28"/>
       <c r="C825" s="25"/>
       <c r="D825" s="6"/>
       <c r="E825" s="1"/>
     </row>
-    <row r="826" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="826" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A826" s="2"/>
       <c r="B826" s="28"/>
       <c r="C826" s="25"/>
       <c r="D826" s="6"/>
       <c r="E826" s="1"/>
     </row>
-    <row r="827" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="827" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A827" s="2"/>
       <c r="B827" s="28"/>
       <c r="C827" s="25"/>
       <c r="D827" s="6"/>
       <c r="E827" s="1"/>
     </row>
-    <row r="828" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="828" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A828" s="2"/>
       <c r="B828" s="28"/>
       <c r="C828" s="25"/>
       <c r="D828" s="6"/>
       <c r="E828" s="1"/>
     </row>
-    <row r="829" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="829" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A829" s="2"/>
       <c r="B829" s="28"/>
       <c r="C829" s="25"/>
       <c r="D829" s="6"/>
       <c r="E829" s="1"/>
     </row>
-    <row r="830" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="830" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A830" s="2"/>
       <c r="B830" s="28"/>
       <c r="C830" s="25"/>
       <c r="D830" s="6"/>
       <c r="E830" s="1"/>
     </row>
-    <row r="831" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="831" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A831" s="2"/>
       <c r="B831" s="28"/>
       <c r="C831" s="25"/>
       <c r="D831" s="6"/>
       <c r="E831" s="1"/>
     </row>
-    <row r="832" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="832" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A832" s="2"/>
       <c r="B832" s="28"/>
       <c r="C832" s="25"/>
       <c r="D832" s="6"/>
       <c r="E832" s="1"/>
     </row>
-    <row r="833" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="833" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A833" s="2"/>
       <c r="B833" s="28"/>
       <c r="C833" s="25"/>
       <c r="D833" s="6"/>
       <c r="E833" s="1"/>
     </row>
-    <row r="834" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="834" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A834" s="2"/>
       <c r="B834" s="28"/>
       <c r="C834" s="25"/>
       <c r="D834" s="6"/>
       <c r="E834" s="1"/>
     </row>
-    <row r="835" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="835" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A835" s="2"/>
       <c r="B835" s="28"/>
       <c r="C835" s="25"/>
       <c r="D835" s="6"/>
       <c r="E835" s="1"/>
     </row>
-    <row r="836" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="836" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A836" s="2"/>
       <c r="B836" s="28"/>
       <c r="C836" s="25"/>
       <c r="D836" s="6"/>
       <c r="E836" s="1"/>
     </row>
-    <row r="837" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="837" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A837" s="2"/>
       <c r="B837" s="28"/>
       <c r="C837" s="25"/>
       <c r="D837" s="6"/>
       <c r="E837" s="1"/>
     </row>
-    <row r="838" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="838" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A838" s="2"/>
       <c r="B838" s="28"/>
       <c r="C838" s="25"/>
       <c r="D838" s="6"/>
       <c r="E838" s="1"/>
     </row>
-    <row r="839" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="839" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A839" s="2"/>
       <c r="B839" s="28"/>
       <c r="C839" s="25"/>
       <c r="D839" s="6"/>
       <c r="E839" s="1"/>
     </row>
-    <row r="840" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="840" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A840" s="2"/>
       <c r="B840" s="28"/>
       <c r="C840" s="25"/>
       <c r="D840" s="6"/>
       <c r="E840" s="1"/>
     </row>
-    <row r="841" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="841" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A841" s="2"/>
       <c r="B841" s="28"/>
       <c r="C841" s="25"/>
       <c r="D841" s="6"/>
       <c r="E841" s="1"/>
     </row>
-    <row r="842" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="842" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A842" s="2"/>
       <c r="B842" s="28"/>
       <c r="C842" s="25"/>
       <c r="D842" s="6"/>
       <c r="E842" s="1"/>
     </row>
-    <row r="843" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="843" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A843" s="2"/>
       <c r="B843" s="28"/>
       <c r="C843" s="25"/>
       <c r="D843" s="6"/>
       <c r="E843" s="1"/>
     </row>
-    <row r="844" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="844" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A844" s="2"/>
       <c r="B844" s="28"/>
       <c r="C844" s="25"/>
       <c r="D844" s="6"/>
       <c r="E844" s="1"/>
     </row>
-    <row r="845" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="845" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A845" s="2"/>
       <c r="B845" s="28"/>
       <c r="C845" s="25"/>
       <c r="D845" s="6"/>
       <c r="E845" s="1"/>
     </row>
-    <row r="846" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="846" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A846" s="2"/>
       <c r="B846" s="28"/>
       <c r="C846" s="25"/>
       <c r="D846" s="6"/>
       <c r="E846" s="1"/>
     </row>
-    <row r="847" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="847" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A847" s="2"/>
       <c r="B847" s="28"/>
       <c r="C847" s="25"/>
       <c r="D847" s="6"/>
       <c r="E847" s="1"/>
     </row>
-    <row r="848" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="848" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A848" s="2"/>
       <c r="B848" s="28"/>
       <c r="C848" s="25"/>
       <c r="D848" s="6"/>
       <c r="E848" s="1"/>
     </row>
-    <row r="849" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="849" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A849" s="2"/>
       <c r="B849" s="28"/>
       <c r="C849" s="25"/>
       <c r="D849" s="6"/>
       <c r="E849" s="1"/>
     </row>
-    <row r="850" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="850" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A850" s="2"/>
       <c r="B850" s="28"/>
       <c r="C850" s="25"/>
       <c r="D850" s="6"/>
       <c r="E850" s="1"/>
     </row>
-    <row r="851" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="851" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A851" s="2"/>
       <c r="B851" s="28"/>
       <c r="C851" s="25"/>
       <c r="D851" s="6"/>
       <c r="E851" s="1"/>
     </row>
-    <row r="852" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="852" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A852" s="2"/>
       <c r="B852" s="28"/>
       <c r="C852" s="25"/>
       <c r="D852" s="6"/>
       <c r="E852" s="1"/>
     </row>
-    <row r="853" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="853" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A853" s="2"/>
       <c r="B853" s="28"/>
       <c r="C853" s="25"/>
       <c r="D853" s="6"/>
       <c r="E853" s="1"/>
     </row>
-    <row r="854" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="854" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A854" s="2"/>
       <c r="B854" s="28"/>
       <c r="C854" s="25"/>
       <c r="D854" s="6"/>
       <c r="E854" s="1"/>
     </row>
-    <row r="855" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="855" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A855" s="2"/>
       <c r="B855" s="28"/>
       <c r="C855" s="25"/>
       <c r="D855" s="6"/>
       <c r="E855" s="1"/>
     </row>
-    <row r="856" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="856" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A856" s="2"/>
       <c r="B856" s="28"/>
       <c r="C856" s="25"/>
       <c r="D856" s="6"/>
       <c r="E856" s="1"/>
     </row>
-    <row r="857" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="857" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A857" s="2"/>
       <c r="B857" s="28"/>
       <c r="C857" s="25"/>
       <c r="D857" s="6"/>
       <c r="E857" s="1"/>
     </row>
-    <row r="858" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="858" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A858" s="2"/>
       <c r="B858" s="28"/>
       <c r="C858" s="25"/>
       <c r="D858" s="6"/>
       <c r="E858" s="1"/>
     </row>
-    <row r="859" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="859" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A859" s="2"/>
       <c r="B859" s="28"/>
       <c r="C859" s="25"/>
       <c r="D859" s="6"/>
       <c r="E859" s="1"/>
     </row>
-    <row r="860" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="860" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A860" s="2"/>
       <c r="B860" s="28"/>
       <c r="C860" s="25"/>
       <c r="D860" s="6"/>
       <c r="E860" s="1"/>
     </row>
-    <row r="861" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="861" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A861" s="2"/>
       <c r="B861" s="28"/>
       <c r="C861" s="25"/>
       <c r="D861" s="6"/>
       <c r="E861" s="1"/>
     </row>
-    <row r="862" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="862" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A862" s="2"/>
       <c r="B862" s="28"/>
       <c r="C862" s="25"/>
       <c r="D862" s="6"/>
       <c r="E862" s="1"/>
     </row>
-    <row r="863" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="863" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A863" s="2"/>
       <c r="B863" s="28"/>
       <c r="C863" s="25"/>
       <c r="D863" s="6"/>
       <c r="E863" s="1"/>
     </row>
-    <row r="864" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="864" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A864" s="2"/>
       <c r="B864" s="28"/>
       <c r="C864" s="25"/>
       <c r="D864" s="6"/>
       <c r="E864" s="1"/>
     </row>
-    <row r="865" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="865" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A865" s="2"/>
       <c r="B865" s="28"/>
       <c r="C865" s="25"/>
       <c r="D865" s="6"/>
       <c r="E865" s="1"/>
     </row>
-    <row r="866" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="866" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A866" s="2"/>
       <c r="B866" s="28"/>
       <c r="C866" s="25"/>
       <c r="D866" s="6"/>
       <c r="E866" s="1"/>
     </row>
-    <row r="867" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="867" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A867" s="2"/>
       <c r="B867" s="28"/>
       <c r="C867" s="25"/>
       <c r="D867" s="6"/>
       <c r="E867" s="1"/>
     </row>
-    <row r="868" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="868" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A868" s="2"/>
       <c r="B868" s="28"/>
       <c r="C868" s="25"/>
       <c r="D868" s="6"/>
       <c r="E868" s="1"/>
     </row>
-    <row r="869" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="869" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A869" s="2"/>
       <c r="B869" s="28"/>
       <c r="C869" s="25"/>
       <c r="D869" s="6"/>
       <c r="E869" s="1"/>
     </row>
-    <row r="870" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="870" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A870" s="2"/>
       <c r="B870" s="28"/>
       <c r="C870" s="25"/>
       <c r="D870" s="6"/>
       <c r="E870" s="1"/>
     </row>
-    <row r="871" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="871" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A871" s="2"/>
       <c r="B871" s="28"/>
       <c r="C871" s="25"/>
       <c r="D871" s="6"/>
       <c r="E871" s="1"/>
     </row>
-    <row r="872" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="872" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A872" s="2"/>
       <c r="B872" s="28"/>
       <c r="C872" s="25"/>
       <c r="D872" s="6"/>
       <c r="E872" s="1"/>
     </row>
-    <row r="873" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="873" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A873" s="2"/>
       <c r="B873" s="28"/>
       <c r="C873" s="25"/>
       <c r="D873" s="6"/>
       <c r="E873" s="1"/>
     </row>
-    <row r="874" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="874" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A874" s="2"/>
       <c r="B874" s="28"/>
       <c r="C874" s="25"/>
       <c r="D874" s="6"/>
       <c r="E874" s="1"/>
     </row>
-    <row r="875" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="875" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A875" s="2"/>
       <c r="B875" s="28"/>
       <c r="C875" s="25"/>
       <c r="D875" s="6"/>
       <c r="E875" s="1"/>
     </row>
-    <row r="876" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="876" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A876" s="2"/>
       <c r="B876" s="28"/>
       <c r="C876" s="25"/>
       <c r="D876" s="6"/>
       <c r="E876" s="1"/>
     </row>
-    <row r="877" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="877" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A877" s="2"/>
       <c r="B877" s="28"/>
       <c r="C877" s="25"/>
       <c r="D877" s="6"/>
       <c r="E877" s="1"/>
     </row>
-    <row r="878" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="878" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A878" s="2"/>
       <c r="B878" s="28"/>
       <c r="C878" s="25"/>
       <c r="D878" s="6"/>
       <c r="E878" s="1"/>
     </row>
-    <row r="879" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="879" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A879" s="2"/>
       <c r="B879" s="28"/>
       <c r="C879" s="25"/>
       <c r="D879" s="6"/>
       <c r="E879" s="1"/>
     </row>
-    <row r="880" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="880" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A880" s="2"/>
       <c r="B880" s="28"/>
       <c r="C880" s="25"/>
       <c r="D880" s="6"/>
       <c r="E880" s="1"/>
     </row>
-    <row r="881" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="881" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A881" s="2"/>
       <c r="B881" s="28"/>
       <c r="C881" s="25"/>
       <c r="D881" s="6"/>
       <c r="E881" s="1"/>
     </row>
-    <row r="882" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="882" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A882" s="2"/>
       <c r="B882" s="28"/>
       <c r="C882" s="25"/>
       <c r="D882" s="6"/>
       <c r="E882" s="1"/>
     </row>
-    <row r="883" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="883" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A883" s="2"/>
       <c r="B883" s="28"/>
       <c r="C883" s="25"/>
       <c r="D883" s="6"/>
       <c r="E883" s="1"/>
     </row>
-    <row r="884" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="884" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A884" s="2"/>
       <c r="B884" s="28"/>
       <c r="C884" s="25"/>
       <c r="D884" s="6"/>
       <c r="E884" s="1"/>
     </row>
-    <row r="885" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="885" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A885" s="2"/>
       <c r="B885" s="28"/>
       <c r="C885" s="25"/>
       <c r="D885" s="6"/>
       <c r="E885" s="1"/>
     </row>
-    <row r="886" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="886" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A886" s="2"/>
       <c r="B886" s="28"/>
       <c r="C886" s="25"/>
       <c r="D886" s="6"/>
       <c r="E886" s="1"/>
     </row>
-    <row r="887" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="887" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A887" s="2"/>
       <c r="B887" s="28"/>
       <c r="C887" s="25"/>
       <c r="D887" s="6"/>
       <c r="E887" s="1"/>
     </row>
-    <row r="888" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="888" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A888" s="2"/>
       <c r="B888" s="28"/>
       <c r="C888" s="25"/>
       <c r="D888" s="6"/>
       <c r="E888" s="1"/>
     </row>
-    <row r="889" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="889" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A889" s="2"/>
       <c r="B889" s="28"/>
       <c r="C889" s="25"/>
       <c r="D889" s="6"/>
       <c r="E889" s="1"/>
     </row>
-    <row r="890" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="890" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A890" s="2"/>
       <c r="B890" s="28"/>
       <c r="C890" s="25"/>
       <c r="D890" s="6"/>
       <c r="E890" s="1"/>
     </row>
-    <row r="891" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="891" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A891" s="2"/>
       <c r="B891" s="28"/>
       <c r="C891" s="25"/>
       <c r="D891" s="6"/>
       <c r="E891" s="1"/>
     </row>
-    <row r="892" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="892" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A892" s="2"/>
       <c r="B892" s="28"/>
       <c r="C892" s="25"/>
       <c r="D892" s="6"/>
       <c r="E892" s="1"/>
     </row>
-    <row r="893" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="893" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A893" s="2"/>
       <c r="B893" s="28"/>
       <c r="C893" s="25"/>
       <c r="D893" s="6"/>
       <c r="E893" s="1"/>
     </row>
-    <row r="894" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="894" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A894" s="2"/>
       <c r="B894" s="28"/>
       <c r="C894" s="25"/>
       <c r="D894" s="6"/>
       <c r="E894" s="1"/>
     </row>
-    <row r="895" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="895" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A895" s="2"/>
       <c r="B895" s="28"/>
       <c r="C895" s="25"/>
       <c r="D895" s="6"/>
       <c r="E895" s="1"/>
     </row>
-    <row r="896" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="896" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A896" s="2"/>
       <c r="B896" s="28"/>
       <c r="C896" s="25"/>
       <c r="D896" s="6"/>
       <c r="E896" s="1"/>
     </row>
-    <row r="897" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="897" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A897" s="2"/>
       <c r="B897" s="28"/>
       <c r="C897" s="25"/>
       <c r="D897" s="6"/>
       <c r="E897" s="1"/>
     </row>
-    <row r="898" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="898" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A898" s="2"/>
       <c r="B898" s="28"/>
       <c r="C898" s="25"/>
       <c r="D898" s="6"/>
       <c r="E898" s="1"/>
     </row>
-    <row r="899" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="899" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A899" s="2"/>
       <c r="B899" s="28"/>
       <c r="C899" s="25"/>
       <c r="D899" s="6"/>
       <c r="E899" s="1"/>
     </row>
-    <row r="900" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="900" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A900" s="2"/>
       <c r="B900" s="28"/>
       <c r="C900" s="25"/>
       <c r="D900" s="6"/>
       <c r="E900" s="1"/>
     </row>
-    <row r="901" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="901" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A901" s="2"/>
       <c r="B901" s="28"/>
       <c r="C901" s="25"/>
       <c r="D901" s="6"/>
       <c r="E901" s="1"/>
     </row>
-    <row r="902" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="902" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A902" s="2"/>
       <c r="B902" s="28"/>
       <c r="C902" s="25"/>
       <c r="D902" s="6"/>
       <c r="E902" s="1"/>
     </row>
-    <row r="903" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="903" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A903" s="2"/>
       <c r="B903" s="28"/>
       <c r="C903" s="25"/>
       <c r="D903" s="6"/>
       <c r="E903" s="1"/>
     </row>
-    <row r="904" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="904" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A904" s="2"/>
       <c r="B904" s="28"/>
       <c r="C904" s="25"/>
       <c r="D904" s="6"/>
       <c r="E904" s="1"/>
     </row>
-    <row r="905" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="905" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A905" s="2"/>
       <c r="B905" s="28"/>
       <c r="C905" s="25"/>
       <c r="D905" s="6"/>
       <c r="E905" s="1"/>
     </row>
-    <row r="906" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="906" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A906" s="2"/>
       <c r="B906" s="28"/>
       <c r="C906" s="25"/>
       <c r="D906" s="6"/>
       <c r="E906" s="1"/>
     </row>
-    <row r="907" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="907" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A907" s="2"/>
       <c r="B907" s="28"/>
       <c r="C907" s="25"/>
       <c r="D907" s="6"/>
       <c r="E907" s="1"/>
     </row>
-    <row r="908" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="908" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A908" s="2"/>
       <c r="B908" s="28"/>
       <c r="C908" s="25"/>
       <c r="D908" s="6"/>
       <c r="E908" s="1"/>
     </row>
-    <row r="909" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="909" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A909" s="2"/>
       <c r="B909" s="28"/>
       <c r="C909" s="25"/>
       <c r="D909" s="6"/>
       <c r="E909" s="1"/>
     </row>
-    <row r="910" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="910" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A910" s="2"/>
       <c r="B910" s="28"/>
       <c r="C910" s="25"/>
       <c r="D910" s="6"/>
       <c r="E910" s="1"/>
     </row>
-    <row r="911" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="911" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A911" s="2"/>
       <c r="B911" s="28"/>
       <c r="C911" s="25"/>
       <c r="D911" s="6"/>
       <c r="E911" s="1"/>
     </row>
-    <row r="912" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="912" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A912" s="2"/>
       <c r="B912" s="28"/>
       <c r="C912" s="25"/>
       <c r="D912" s="6"/>
       <c r="E912" s="1"/>
     </row>
-    <row r="913" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="913" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A913" s="2"/>
       <c r="B913" s="28"/>
       <c r="C913" s="25"/>
       <c r="D913" s="6"/>
       <c r="E913" s="1"/>
     </row>
-    <row r="914" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="914" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A914" s="2"/>
       <c r="B914" s="28"/>
       <c r="C914" s="25"/>
       <c r="D914" s="6"/>
       <c r="E914" s="1"/>
     </row>
-    <row r="915" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="915" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A915" s="2"/>
       <c r="B915" s="28"/>
       <c r="C915" s="25"/>
       <c r="D915" s="6"/>
       <c r="E915" s="1"/>
     </row>
-    <row r="916" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="916" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A916" s="2"/>
       <c r="B916" s="28"/>
       <c r="C916" s="25"/>
       <c r="D916" s="6"/>
       <c r="E916" s="1"/>
     </row>
-    <row r="917" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="917" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A917" s="2"/>
       <c r="B917" s="28"/>
       <c r="C917" s="25"/>
       <c r="D917" s="6"/>
       <c r="E917" s="1"/>
     </row>
-    <row r="918" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="918" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A918" s="2"/>
       <c r="B918" s="28"/>
       <c r="C918" s="25"/>
       <c r="D918" s="6"/>
       <c r="E918" s="1"/>
     </row>
-    <row r="919" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="919" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A919" s="2"/>
       <c r="B919" s="28"/>
       <c r="C919" s="25"/>
       <c r="D919" s="6"/>
       <c r="E919" s="1"/>
     </row>
-    <row r="920" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="920" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A920" s="2"/>
       <c r="B920" s="28"/>
       <c r="C920" s="25"/>
       <c r="D920" s="6"/>
       <c r="E920" s="1"/>
     </row>
-    <row r="921" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="921" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A921" s="2"/>
       <c r="B921" s="28"/>
       <c r="C921" s="25"/>
       <c r="D921" s="6"/>
       <c r="E921" s="1"/>
     </row>
-    <row r="922" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="922" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A922" s="2"/>
       <c r="B922" s="28"/>
       <c r="C922" s="25"/>
       <c r="D922" s="6"/>
       <c r="E922" s="1"/>
     </row>
-    <row r="923" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="923" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A923" s="2"/>
       <c r="B923" s="28"/>
       <c r="C923" s="25"/>
       <c r="D923" s="6"/>
       <c r="E923" s="1"/>
     </row>
-    <row r="924" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="924" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A924" s="2"/>
       <c r="B924" s="28"/>
       <c r="C924" s="25"/>
       <c r="D924" s="6"/>
       <c r="E924" s="1"/>
     </row>
-    <row r="925" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="925" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A925" s="2"/>
       <c r="B925" s="28"/>
       <c r="C925" s="25"/>
       <c r="D925" s="6"/>
       <c r="E925" s="1"/>
     </row>
-    <row r="926" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="926" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A926" s="2"/>
       <c r="B926" s="28"/>
       <c r="C926" s="25"/>
       <c r="D926" s="6"/>
       <c r="E926" s="1"/>
     </row>
-    <row r="927" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="927" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A927" s="2"/>
       <c r="B927" s="28"/>
       <c r="C927" s="25"/>
       <c r="D927" s="6"/>
       <c r="E927" s="1"/>
     </row>
-    <row r="928" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="928" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A928" s="2"/>
       <c r="B928" s="28"/>
       <c r="C928" s="25"/>
       <c r="D928" s="6"/>
       <c r="E928" s="1"/>
     </row>
-    <row r="929" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="929" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A929" s="2"/>
       <c r="B929" s="28"/>
       <c r="C929" s="25"/>
       <c r="D929" s="6"/>
       <c r="E929" s="1"/>
     </row>
-    <row r="930" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="930" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A930" s="2"/>
       <c r="B930" s="28"/>
       <c r="C930" s="25"/>
       <c r="D930" s="6"/>
       <c r="E930" s="1"/>
     </row>
-    <row r="931" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="931" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A931" s="2"/>
       <c r="B931" s="28"/>
       <c r="C931" s="25"/>
       <c r="D931" s="6"/>
       <c r="E931" s="1"/>
     </row>
-    <row r="932" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="932" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A932" s="2"/>
       <c r="B932" s="28"/>
       <c r="C932" s="25"/>
       <c r="D932" s="6"/>
       <c r="E932" s="1"/>
     </row>
-    <row r="933" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="933" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A933" s="2"/>
       <c r="B933" s="28"/>
       <c r="C933" s="25"/>
       <c r="D933" s="6"/>
       <c r="E933" s="1"/>
     </row>
-    <row r="934" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="934" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A934" s="2"/>
       <c r="B934" s="28"/>
       <c r="C934" s="25"/>
       <c r="D934" s="6"/>
       <c r="E934" s="1"/>
     </row>
-    <row r="935" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="935" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A935" s="2"/>
       <c r="B935" s="28"/>
       <c r="C935" s="25"/>
       <c r="D935" s="6"/>
       <c r="E935" s="1"/>
     </row>
-    <row r="936" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="936" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A936" s="2"/>
       <c r="B936" s="28"/>
       <c r="C936" s="25"/>
       <c r="D936" s="6"/>
       <c r="E936" s="1"/>
     </row>
-    <row r="937" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="937" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A937" s="2"/>
       <c r="B937" s="28"/>
       <c r="C937" s="25"/>
       <c r="D937" s="6"/>
       <c r="E937" s="1"/>
     </row>
-    <row r="938" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="938" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A938" s="2"/>
       <c r="B938" s="28"/>
       <c r="C938" s="25"/>
       <c r="D938" s="6"/>
       <c r="E938" s="1"/>
     </row>
-    <row r="939" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="939" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A939" s="2"/>
       <c r="B939" s="28"/>
       <c r="C939" s="25"/>
       <c r="D939" s="6"/>
       <c r="E939" s="1"/>
     </row>
-    <row r="940" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="940" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A940" s="2"/>
       <c r="B940" s="28"/>
       <c r="C940" s="25"/>
       <c r="D940" s="6"/>
       <c r="E940" s="1"/>
     </row>
-    <row r="941" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="941" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A941" s="2"/>
       <c r="B941" s="28"/>
       <c r="C941" s="25"/>
       <c r="D941" s="6"/>
       <c r="E941" s="1"/>
     </row>
-    <row r="942" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="942" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A942" s="2"/>
       <c r="B942" s="28"/>
       <c r="C942" s="25"/>
       <c r="D942" s="6"/>
       <c r="E942" s="1"/>
     </row>
-    <row r="943" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="943" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A943" s="2"/>
       <c r="B943" s="28"/>
       <c r="C943" s="25"/>
       <c r="D943" s="6"/>
       <c r="E943" s="1"/>
     </row>
-    <row r="944" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="944" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A944" s="2"/>
       <c r="B944" s="28"/>
       <c r="C944" s="25"/>
       <c r="D944" s="6"/>
       <c r="E944" s="1"/>
     </row>
-    <row r="945" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="945" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A945" s="2"/>
       <c r="B945" s="28"/>
       <c r="C945" s="25"/>
       <c r="D945" s="6"/>
       <c r="E945" s="1"/>
     </row>
-    <row r="946" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="946" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A946" s="2"/>
       <c r="B946" s="28"/>
       <c r="C946" s="25"/>
       <c r="D946" s="6"/>
       <c r="E946" s="1"/>
     </row>
-    <row r="947" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="947" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A947" s="2"/>
       <c r="B947" s="28"/>
       <c r="C947" s="25"/>
       <c r="D947" s="6"/>
       <c r="E947" s="1"/>
     </row>
-    <row r="948" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="948" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A948" s="2"/>
       <c r="B948" s="28"/>
       <c r="C948" s="25"/>
       <c r="D948" s="6"/>
       <c r="E948" s="1"/>
     </row>
-    <row r="949" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="949" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A949" s="2"/>
       <c r="B949" s="28"/>
       <c r="C949" s="25"/>
       <c r="D949" s="6"/>
       <c r="E949" s="1"/>
     </row>
-    <row r="950" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="950" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A950" s="2"/>
       <c r="B950" s="28"/>
       <c r="C950" s="25"/>
       <c r="D950" s="6"/>
       <c r="E950" s="1"/>
     </row>
-    <row r="951" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="951" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A951" s="2"/>
       <c r="B951" s="28"/>
       <c r="C951" s="25"/>
       <c r="D951" s="6"/>
       <c r="E951" s="1"/>
     </row>
-    <row r="952" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="952" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A952" s="2"/>
       <c r="B952" s="28"/>
       <c r="C952" s="25"/>
       <c r="D952" s="6"/>
       <c r="E952" s="1"/>
     </row>
-    <row r="953" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="953" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A953" s="2"/>
       <c r="B953" s="28"/>
       <c r="C953" s="25"/>
       <c r="D953" s="6"/>
       <c r="E953" s="1"/>
     </row>
-    <row r="954" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="954" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A954" s="2"/>
       <c r="B954" s="28"/>
       <c r="C954" s="25"/>
       <c r="D954" s="6"/>
       <c r="E954" s="1"/>
     </row>
-    <row r="955" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="955" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A955" s="2"/>
       <c r="B955" s="28"/>
       <c r="C955" s="25"/>
       <c r="D955" s="6"/>
       <c r="E955" s="1"/>
     </row>
-    <row r="956" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="956" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A956" s="2"/>
       <c r="B956" s="28"/>
       <c r="C956" s="25"/>
       <c r="D956" s="6"/>
       <c r="E956" s="1"/>
     </row>
-    <row r="957" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="957" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A957" s="2"/>
       <c r="B957" s="28"/>
       <c r="C957" s="25"/>
       <c r="D957" s="6"/>
       <c r="E957" s="1"/>
     </row>
-    <row r="958" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="958" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A958" s="2"/>
       <c r="B958" s="28"/>
       <c r="C958" s="25"/>
       <c r="D958" s="6"/>
       <c r="E958" s="1"/>
     </row>
-    <row r="959" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="959" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A959" s="2"/>
       <c r="B959" s="28"/>
       <c r="C959" s="25"/>
       <c r="D959" s="6"/>
       <c r="E959" s="1"/>
     </row>
-    <row r="960" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="960" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A960" s="2"/>
       <c r="B960" s="28"/>
       <c r="C960" s="25"/>
       <c r="D960" s="6"/>
       <c r="E960" s="1"/>
     </row>
-    <row r="961" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="961" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A961" s="2"/>
       <c r="B961" s="28"/>
       <c r="C961" s="25"/>
       <c r="D961" s="6"/>
       <c r="E961" s="1"/>
     </row>
-    <row r="962" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="962" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A962" s="2"/>
       <c r="B962" s="28"/>
       <c r="C962" s="25"/>
       <c r="D962" s="6"/>
       <c r="E962" s="1"/>
     </row>
-    <row r="963" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="963" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A963" s="2"/>
       <c r="B963" s="28"/>
       <c r="C963" s="25"/>
       <c r="D963" s="6"/>
       <c r="E963" s="1"/>
     </row>
-    <row r="964" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="964" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A964" s="2"/>
       <c r="B964" s="28"/>
       <c r="C964" s="25"/>
       <c r="D964" s="6"/>
       <c r="E964" s="1"/>
     </row>
-    <row r="965" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="965" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A965" s="2"/>
       <c r="B965" s="28"/>
       <c r="C965" s="25"/>
       <c r="D965" s="6"/>
       <c r="E965" s="1"/>
     </row>
-    <row r="966" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="966" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A966" s="2"/>
       <c r="B966" s="28"/>
       <c r="C966" s="25"/>
       <c r="D966" s="6"/>
       <c r="E966" s="1"/>
     </row>
-    <row r="967" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="967" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A967" s="2"/>
       <c r="B967" s="28"/>
       <c r="C967" s="25"/>
       <c r="D967" s="6"/>
       <c r="E967" s="1"/>
     </row>
-    <row r="968" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="968" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A968" s="2"/>
       <c r="B968" s="28"/>
       <c r="C968" s="25"/>
       <c r="D968" s="6"/>
       <c r="E968" s="1"/>
     </row>
-    <row r="969" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="969" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A969" s="2"/>
       <c r="B969" s="28"/>
       <c r="C969" s="25"/>
       <c r="D969" s="6"/>
       <c r="E969" s="1"/>
     </row>
-    <row r="970" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="970" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A970" s="2"/>
       <c r="B970" s="28"/>
       <c r="C970" s="25"/>
       <c r="D970" s="6"/>
       <c r="E970" s="1"/>
     </row>
-    <row r="971" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="971" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A971" s="2"/>
       <c r="B971" s="28"/>
       <c r="C971" s="25"/>
       <c r="D971" s="6"/>
       <c r="E971" s="1"/>
     </row>
-    <row r="972" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="972" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A972" s="2"/>
       <c r="B972" s="28"/>
       <c r="C972" s="25"/>
       <c r="D972" s="6"/>
       <c r="E972" s="1"/>
     </row>
-    <row r="973" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="973" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A973" s="2"/>
       <c r="B973" s="28"/>
       <c r="C973" s="25"/>
       <c r="D973" s="6"/>
       <c r="E973" s="1"/>
     </row>
-    <row r="974" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="974" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A974" s="2"/>
       <c r="B974" s="28"/>
       <c r="C974" s="25"/>
       <c r="D974" s="6"/>
       <c r="E974" s="1"/>
     </row>
-    <row r="975" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="975" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A975" s="2"/>
       <c r="B975" s="28"/>
       <c r="C975" s="25"/>
       <c r="D975" s="6"/>
       <c r="E975" s="1"/>
     </row>
-    <row r="976" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="976" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A976" s="2"/>
       <c r="B976" s="28"/>
       <c r="C976" s="25"/>
       <c r="D976" s="6"/>
       <c r="E976" s="1"/>
     </row>
-    <row r="977" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="977" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A977" s="2"/>
       <c r="B977" s="28"/>
       <c r="C977" s="25"/>
       <c r="D977" s="6"/>
       <c r="E977" s="1"/>
     </row>
-    <row r="978" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="978" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A978" s="4"/>
       <c r="B978" s="28"/>
       <c r="C978" s="25"/>
       <c r="D978" s="6"/>
       <c r="E978" s="3"/>
     </row>
-    <row r="979" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="979" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A979" s="4"/>
       <c r="B979" s="28"/>
       <c r="C979" s="25"/>
       <c r="D979" s="6"/>
       <c r="E979" s="3"/>
     </row>
-    <row r="980" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="980" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A980" s="4"/>
       <c r="B980" s="28"/>
       <c r="C980" s="25"/>
       <c r="D980" s="6"/>
       <c r="E980" s="3"/>
     </row>
-    <row r="981" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="981" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A981" s="4"/>
       <c r="B981" s="28"/>
       <c r="C981" s="25"/>
       <c r="D981" s="6"/>
       <c r="E981" s="3"/>
     </row>
-    <row r="982" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="982" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A982" s="4"/>
       <c r="B982" s="28"/>
       <c r="C982" s="25"/>
       <c r="D982" s="6"/>
       <c r="E982" s="3"/>
     </row>
-    <row r="983" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="983" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A983" s="4"/>
       <c r="B983" s="28"/>
       <c r="C983" s="25"/>
       <c r="D983" s="6"/>
       <c r="E983" s="3"/>
     </row>
-    <row r="984" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="984" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A984" s="4"/>
       <c r="B984" s="28"/>
       <c r="C984" s="25"/>
       <c r="D984" s="6"/>
       <c r="E984" s="3"/>
     </row>
-    <row r="985" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="985" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A985" s="4"/>
       <c r="B985" s="28"/>
       <c r="C985" s="25"/>
       <c r="D985" s="6"/>
       <c r="E985" s="3"/>
     </row>
-    <row r="986" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="986" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A986" s="4"/>
       <c r="B986" s="28"/>
       <c r="C986" s="25"/>
       <c r="D986" s="6"/>
       <c r="E986" s="3"/>
     </row>
-    <row r="987" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="987" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A987" s="4"/>
       <c r="B987" s="28"/>
       <c r="C987" s="25"/>
       <c r="D987" s="6"/>
       <c r="E987" s="3"/>
     </row>
-    <row r="988" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="988" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A988" s="4"/>
       <c r="B988" s="28"/>
       <c r="C988" s="25"/>
       <c r="D988" s="6"/>
       <c r="E988" s="3"/>
     </row>
-    <row r="989" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="989" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A989" s="4"/>
       <c r="B989" s="28"/>
       <c r="C989" s="25"/>
       <c r="D989" s="6"/>
       <c r="E989" s="3"/>
     </row>
-    <row r="990" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="990" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A990" s="4"/>
       <c r="B990" s="28"/>
       <c r="C990" s="25"/>
       <c r="D990" s="6"/>
       <c r="E990" s="3"/>
     </row>
-    <row r="991" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="991" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A991" s="4"/>
       <c r="B991" s="28"/>
       <c r="C991" s="25"/>
       <c r="D991" s="6"/>
       <c r="E991" s="3"/>
     </row>
-    <row r="992" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="992" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A992" s="4"/>
       <c r="B992" s="28"/>
       <c r="C992" s="25"/>
       <c r="D992" s="6"/>
       <c r="E992" s="3"/>
     </row>
-    <row r="993" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="993" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A993" s="4"/>
       <c r="B993" s="28"/>
       <c r="C993" s="25"/>
       <c r="D993" s="6"/>
       <c r="E993" s="3"/>
     </row>
-    <row r="994" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="994" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A994" s="4"/>
       <c r="B994" s="28"/>
       <c r="C994" s="25"/>
       <c r="D994" s="6"/>
       <c r="E994" s="3"/>
     </row>
-    <row r="995" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="995" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A995" s="4"/>
       <c r="B995" s="28"/>
       <c r="C995" s="25"/>
       <c r="D995" s="6"/>
       <c r="E995" s="3"/>
     </row>
-    <row r="996" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="996" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A996" s="4"/>
       <c r="B996" s="28"/>
       <c r="C996" s="25"/>
       <c r="D996" s="6"/>
       <c r="E996" s="3"/>
     </row>
-    <row r="997" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="997" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A997" s="4"/>
       <c r="B997" s="28"/>
       <c r="C997" s="25"/>
       <c r="D997" s="6"/>
       <c r="E997" s="3"/>
     </row>
-    <row r="998" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="998" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A998" s="4"/>
       <c r="B998" s="28"/>
       <c r="C998" s="25"/>
       <c r="D998" s="6"/>
       <c r="E998" s="3"/>
     </row>
-    <row r="999" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="999" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A999" s="4"/>
       <c r="B999" s="28"/>
       <c r="C999" s="25"/>
       <c r="D999" s="6"/>
       <c r="E999" s="3"/>
     </row>
-    <row r="1000" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1000" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1000" s="4"/>
       <c r="B1000" s="28"/>
       <c r="C1000" s="25"/>
       <c r="D1000" s="6"/>
       <c r="E1000" s="3"/>
     </row>
-    <row r="1001" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1001" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1001" s="4"/>
       <c r="B1001" s="28"/>
       <c r="C1001" s="25"/>
       <c r="D1001" s="6"/>
       <c r="E1001" s="3"/>
     </row>
-    <row r="1002" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1002" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1002" s="4"/>
       <c r="B1002" s="28"/>
       <c r="C1002" s="25"/>
       <c r="D1002" s="6"/>
       <c r="E1002" s="3"/>
     </row>
-    <row r="1003" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1003" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1003" s="4"/>
       <c r="B1003" s="28"/>
       <c r="C1003" s="25"/>
       <c r="D1003" s="6"/>
       <c r="E1003" s="3"/>
     </row>
-    <row r="1004" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1004" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1004" s="4"/>
       <c r="B1004" s="28"/>
       <c r="C1004" s="25"/>
       <c r="D1004" s="6"/>
       <c r="E1004" s="3"/>
     </row>
-    <row r="1005" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1005" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1005" s="4"/>
       <c r="B1005" s="28"/>
       <c r="C1005" s="25"/>
       <c r="D1005" s="6"/>
       <c r="E1005" s="3"/>
     </row>
-    <row r="1006" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1006" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1006" s="4"/>
       <c r="B1006" s="28"/>
       <c r="C1006" s="25"/>
       <c r="D1006" s="6"/>
       <c r="E1006" s="3"/>
     </row>
-    <row r="1007" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1007" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1007" s="4"/>
       <c r="B1007" s="28"/>
       <c r="C1007" s="25"/>
       <c r="D1007" s="6"/>
       <c r="E1007" s="3"/>
     </row>
-    <row r="1008" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1008" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1008" s="4"/>
       <c r="B1008" s="28"/>
       <c r="C1008" s="25"/>
       <c r="D1008" s="6"/>
       <c r="E1008" s="3"/>
     </row>
-    <row r="1009" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1009" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1009" s="4"/>
       <c r="B1009" s="28"/>
       <c r="C1009" s="25"/>
       <c r="D1009" s="6"/>
       <c r="E1009" s="3"/>
     </row>
-    <row r="1010" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1010" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1010" s="4"/>
       <c r="B1010" s="28"/>
       <c r="C1010" s="25"/>
       <c r="D1010" s="6"/>
       <c r="E1010" s="3"/>
     </row>
-    <row r="1011" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1011" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1011" s="4"/>
       <c r="B1011" s="28"/>
       <c r="C1011" s="25"/>
       <c r="D1011" s="6"/>
       <c r="E1011" s="3"/>
     </row>
-    <row r="1012" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1012" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1012" s="4"/>
       <c r="B1012" s="28"/>
       <c r="C1012" s="25"/>
       <c r="D1012" s="6"/>
       <c r="E1012" s="3"/>
     </row>
-    <row r="1013" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1013" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1013" s="4"/>
       <c r="B1013" s="28"/>
       <c r="C1013" s="25"/>
       <c r="D1013" s="6"/>
       <c r="E1013" s="3"/>
     </row>
-    <row r="1014" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1014" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1014" s="4"/>
       <c r="B1014" s="28"/>
       <c r="C1014" s="25"/>
       <c r="D1014" s="6"/>
       <c r="E1014" s="3"/>
     </row>
-    <row r="1015" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1015" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1015" s="4"/>
       <c r="B1015" s="28"/>
       <c r="C1015" s="25"/>
       <c r="D1015" s="6"/>
       <c r="E1015" s="3"/>
     </row>
-    <row r="1016" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1016" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1016" s="4"/>
       <c r="B1016" s="28"/>
       <c r="C1016" s="25"/>
       <c r="D1016" s="6"/>
       <c r="E1016" s="3"/>
     </row>
-    <row r="1017" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1017" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1017" s="4"/>
       <c r="B1017" s="28"/>
       <c r="C1017" s="25"/>
       <c r="D1017" s="6"/>
       <c r="E1017" s="3"/>
     </row>
-    <row r="1018" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1018" spans="1:5" s="50" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A1018" s="4"/>
       <c r="B1018" s="28"/>
       <c r="C1018" s="25"/>
       <c r="D1018" s="6"/>
       <c r="E1018" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="39">
+    <mergeCell ref="A30:F30"/>
+    <mergeCell ref="C2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A4:F4"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="A7:F7"/>
+    <mergeCell ref="A8:F8"/>
+    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="A19:F19"/>
+    <mergeCell ref="A21:F21"/>
+    <mergeCell ref="A22:F22"/>
+    <mergeCell ref="A27:F27"/>
+    <mergeCell ref="A34:F34"/>
+    <mergeCell ref="A39:F39"/>
+    <mergeCell ref="A43:F43"/>
+    <mergeCell ref="A72:F72"/>
+    <mergeCell ref="A80:F80"/>
+    <mergeCell ref="A83:F83"/>
+    <mergeCell ref="A97:F97"/>
+    <mergeCell ref="A107:F107"/>
+    <mergeCell ref="A108:F108"/>
+    <mergeCell ref="A109:F109"/>
+    <mergeCell ref="C104:F105"/>
+    <mergeCell ref="C94:F95"/>
     <mergeCell ref="A132:F132"/>
     <mergeCell ref="A135:F135"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A86:F86"/>
     <mergeCell ref="A92:F92"/>
     <mergeCell ref="A102:F102"/>
     <mergeCell ref="A123:F123"/>
     <mergeCell ref="C127:F127"/>
     <mergeCell ref="A128:F128"/>
     <mergeCell ref="C131:F131"/>
     <mergeCell ref="A114:F114"/>
     <mergeCell ref="C117:F118"/>
     <mergeCell ref="A119:F119"/>
     <mergeCell ref="C121:F122"/>
     <mergeCell ref="C112:F113"/>
-    <mergeCell ref="A83:F83"/>
-[...22 lines deleted...]
-    <mergeCell ref="A27:F27"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C9" r:id="rId1"/>
-[...87 lines deleted...]
-    <hyperlink ref="C133" r:id="rId89"/>
+    <hyperlink ref="C9" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="C10" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="C11" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="C13" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="C14" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="C15" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="C16" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="C17" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="C18" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="C20" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="C23" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="C24" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="C28" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="C29" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="C33" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="C35" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="C36" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="C37" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="C38" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="C40" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="C41" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="C42" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="C45" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="C46" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="C47" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="C49" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="C50" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="C51" r:id="rId28" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="C52" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="C53" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="C54" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="C55" r:id="rId32" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="C56" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="C57" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="C58" r:id="rId35" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="C59" r:id="rId36" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="C60" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="C61" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="C62" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="C63" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="C64" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="C65" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="C66" r:id="rId43" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="C67" r:id="rId44" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="C68" r:id="rId45" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="C69" r:id="rId46" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="C70" r:id="rId47" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="C71" r:id="rId48" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="C74" r:id="rId49" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="C75" r:id="rId50" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="C76" r:id="rId51" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="C77" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="C78" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="C79" r:id="rId54" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="C81" r:id="rId55" display="Цифровая лаборатория по биологии и экологии для учителя (новинка)" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="C82" r:id="rId56" display="Цифровая лаборатория по биологии и экологии для ученика (новинка)" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="C84" r:id="rId57" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="C87" r:id="rId58" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="C88" r:id="rId59" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="C89" r:id="rId60" display="Комплексная лаборатория по изучению аналоговой и цифровой электроники, микропроцессоров, программирования электронных устройств, с комплектом учебно-методических материалов                 " xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="C90" r:id="rId61" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="C91" r:id="rId62" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="C98" r:id="rId63" display="Цифровая лаборатория по основам безопасности и защиты Родины (ОБЗР) (тип 1) (новинка)" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="C99" r:id="rId64" display="Цифровая лаборатория по основам безопасности и защиты Родины (ОБЗР) (тип 2) (новинка)" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="C100" r:id="rId65" display="Цифровая лаборатория по основам безопасности и защиты Родины (ОБЗР) (тип 3) (новинка)" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="C101" r:id="rId66" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="C110" r:id="rId67" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="C111" r:id="rId68" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="C116" r:id="rId69" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="C120" r:id="rId70" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="C124" r:id="rId71" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="C125" r:id="rId72" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="C126" r:id="rId73" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="C129" r:id="rId74" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="C130" r:id="rId75" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="C134" r:id="rId76" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="C136" r:id="rId77" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="C137" r:id="rId78" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="C138" r:id="rId79" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="C115" r:id="rId80" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="C93" r:id="rId81" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="C96" r:id="rId82" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="C103" r:id="rId83" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="C106" r:id="rId84" xr:uid="{00000000-0004-0000-0000-000053000000}"/>
+    <hyperlink ref="C31" r:id="rId85" display="Программно-методический комплекс «ЛогоТолк»" xr:uid="{00000000-0004-0000-0000-000054000000}"/>
+    <hyperlink ref="E31" r:id="rId86" xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="C25" r:id="rId87" display="Набор НАУРОБО «Технологии, конструирование и механизмы»" xr:uid="{00000000-0004-0000-0000-000056000000}"/>
+    <hyperlink ref="C26" r:id="rId88" display="Ресурсный набор по робототехнике НАУРОБО" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="C133" r:id="rId89" xr:uid="{00000000-0004-0000-0000-000058000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="94" fitToHeight="0" orientation="landscape" r:id="rId90"/>
   <drawing r:id="rId91"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:J203"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="9.77734375" customWidth="1"/>
-    <col min="2" max="2" width="48.77734375" customWidth="1"/>
+    <col min="1" max="1" width="9.83203125" customWidth="1"/>
+    <col min="2" max="2" width="48.83203125" customWidth="1"/>
     <col min="3" max="3" width="11.33203125" customWidth="1"/>
-    <col min="4" max="4" width="14.109375" customWidth="1"/>
-    <col min="5" max="5" width="8.44140625" customWidth="1"/>
+    <col min="4" max="4" width="14.1640625" customWidth="1"/>
+    <col min="5" max="5" width="8.5" customWidth="1"/>
     <col min="6" max="6" width="10.33203125" customWidth="1"/>
-    <col min="7" max="7" width="10.109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="12.109375" customWidth="1"/>
+    <col min="7" max="7" width="10.1640625" customWidth="1"/>
+    <col min="8" max="8" width="9.83203125" customWidth="1"/>
+    <col min="9" max="9" width="9.5" customWidth="1"/>
+    <col min="10" max="10" width="7.83203125" customWidth="1"/>
+    <col min="13" max="13" width="12.1640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="12.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" ht="12.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="30" t="s">
         <v>339</v>
       </c>
       <c r="B1" s="95" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C1" s="34"/>
       <c r="D1" s="34"/>
       <c r="E1" s="34"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="34"/>
       <c r="I1" s="34"/>
       <c r="J1" s="34"/>
     </row>
-    <row r="2" spans="1:10" ht="89.55" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:10" ht="89.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="30"/>
       <c r="B2" s="30"/>
-      <c r="C2" s="107" t="s">
+      <c r="C2" s="115" t="s">
         <v>356</v>
       </c>
-      <c r="D2" s="107"/>
-[...8 lines deleted...]
-      <c r="A3" s="108" t="s">
+      <c r="D2" s="115"/>
+      <c r="E2" s="115"/>
+      <c r="F2" s="115"/>
+      <c r="G2" s="115"/>
+      <c r="H2" s="115"/>
+      <c r="I2" s="115"/>
+      <c r="J2" s="115"/>
+    </row>
+    <row r="3" spans="1:10" ht="28.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="116" t="s">
         <v>317</v>
       </c>
-      <c r="B3" s="108"/>
-[...10 lines deleted...]
-      <c r="A4" s="138" t="s">
+      <c r="B3" s="116"/>
+      <c r="C3" s="116"/>
+      <c r="D3" s="116"/>
+      <c r="E3" s="116"/>
+      <c r="F3" s="116"/>
+      <c r="G3" s="116"/>
+      <c r="H3" s="116"/>
+      <c r="I3" s="116"/>
+      <c r="J3" s="116"/>
+    </row>
+    <row r="4" spans="1:10" ht="43.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="130" t="s">
         <v>350</v>
       </c>
-      <c r="B4" s="138"/>
-[...10 lines deleted...]
-      <c r="A5" s="141" t="s">
+      <c r="B4" s="130"/>
+      <c r="C4" s="130"/>
+      <c r="D4" s="130"/>
+      <c r="E4" s="130"/>
+      <c r="F4" s="130"/>
+      <c r="G4" s="130"/>
+      <c r="H4" s="130"/>
+      <c r="I4" s="130"/>
+      <c r="J4" s="130"/>
+    </row>
+    <row r="5" spans="1:10" ht="34.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="133" t="s">
         <v>223</v>
       </c>
-      <c r="B5" s="143" t="s">
+      <c r="B5" s="135" t="s">
         <v>325</v>
       </c>
-      <c r="C5" s="139" t="s">
+      <c r="C5" s="131" t="s">
         <v>345</v>
       </c>
-      <c r="D5" s="143" t="s">
+      <c r="D5" s="135" t="s">
         <v>329</v>
       </c>
-      <c r="E5" s="139" t="s">
+      <c r="E5" s="131" t="s">
         <v>354</v>
       </c>
-      <c r="F5" s="139"/>
-[...9 lines deleted...]
-      <c r="D6" s="144"/>
+      <c r="F5" s="131"/>
+      <c r="G5" s="131"/>
+      <c r="H5" s="131"/>
+      <c r="I5" s="131"/>
+      <c r="J5" s="132"/>
+    </row>
+    <row r="6" spans="1:10" ht="56" x14ac:dyDescent="0.15">
+      <c r="A6" s="134"/>
+      <c r="B6" s="136"/>
+      <c r="C6" s="137"/>
+      <c r="D6" s="136"/>
       <c r="E6" s="36" t="s">
         <v>250</v>
       </c>
       <c r="F6" s="36" t="s">
         <v>330</v>
       </c>
       <c r="G6" s="36" t="s">
         <v>331</v>
       </c>
       <c r="H6" s="38" t="s">
         <v>332</v>
       </c>
       <c r="I6" s="36" t="s">
         <v>341</v>
       </c>
       <c r="J6" s="38" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A7" s="110" t="s">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A7" s="118" t="s">
         <v>333</v>
       </c>
-      <c r="B7" s="110"/>
-[...10 lines deleted...]
-      <c r="A8" s="136" t="s">
+      <c r="B7" s="118"/>
+      <c r="C7" s="118"/>
+      <c r="D7" s="118"/>
+      <c r="E7" s="118"/>
+      <c r="F7" s="118"/>
+      <c r="G7" s="118"/>
+      <c r="H7" s="118"/>
+      <c r="I7" s="118"/>
+      <c r="J7" s="118"/>
+    </row>
+    <row r="8" spans="1:10" ht="43.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="148" t="s">
         <v>351</v>
       </c>
-      <c r="B8" s="137"/>
-[...9 lines deleted...]
-    <row r="9" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B8" s="149"/>
+      <c r="C8" s="149"/>
+      <c r="D8" s="149"/>
+      <c r="E8" s="149"/>
+      <c r="F8" s="149"/>
+      <c r="G8" s="149"/>
+      <c r="H8" s="149"/>
+      <c r="I8" s="149"/>
+      <c r="J8" s="149"/>
+    </row>
+    <row r="9" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A9" s="39">
         <v>1</v>
       </c>
       <c r="B9" s="33" t="s">
         <v>323</v>
       </c>
       <c r="C9" s="82">
         <v>139900</v>
       </c>
       <c r="D9" s="105">
         <v>10637030</v>
       </c>
       <c r="E9" s="40" t="s">
         <v>251</v>
       </c>
       <c r="F9" s="40" t="s">
         <v>251</v>
       </c>
       <c r="G9" s="41"/>
       <c r="H9" s="41"/>
       <c r="I9" s="41"/>
       <c r="J9" s="42"/>
     </row>
-    <row r="10" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A10" s="14">
         <v>2</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>324</v>
       </c>
       <c r="C10" s="82">
         <v>165000</v>
       </c>
       <c r="D10" s="105">
         <v>10637030</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G10" s="44"/>
       <c r="H10" s="44"/>
       <c r="I10" s="44"/>
       <c r="J10" s="45"/>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A11" s="39">
         <v>3</v>
       </c>
       <c r="B11" s="46" t="s">
         <v>309</v>
       </c>
       <c r="C11" s="82" t="s">
         <v>352</v>
       </c>
       <c r="D11" s="105">
         <v>10637030</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G11" s="44"/>
       <c r="H11" s="44"/>
       <c r="I11" s="44"/>
       <c r="J11" s="45"/>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A12" s="14">
         <v>4</v>
       </c>
       <c r="B12" s="46" t="s">
         <v>310</v>
       </c>
       <c r="C12" s="82" t="s">
         <v>352</v>
       </c>
       <c r="D12" s="105">
         <v>10637030</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G12" s="44"/>
       <c r="H12" s="44"/>
       <c r="I12" s="44"/>
       <c r="J12" s="45"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A13" s="39">
         <v>5</v>
       </c>
       <c r="B13" s="46" t="s">
         <v>311</v>
       </c>
       <c r="C13" s="82" t="s">
         <v>352</v>
       </c>
       <c r="D13" s="105">
         <v>10637030</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G13" s="44"/>
       <c r="H13" s="44"/>
       <c r="I13" s="44"/>
       <c r="J13" s="45"/>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A14" s="14">
         <v>6</v>
       </c>
       <c r="B14" s="46" t="s">
         <v>312</v>
       </c>
       <c r="C14" s="82" t="s">
         <v>352</v>
       </c>
       <c r="D14" s="105">
         <v>10637030</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G14" s="44"/>
       <c r="H14" s="44"/>
       <c r="I14" s="44"/>
       <c r="J14" s="45"/>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A15" s="39">
         <v>7</v>
       </c>
       <c r="B15" s="46" t="s">
         <v>313</v>
       </c>
       <c r="C15" s="82" t="s">
         <v>352</v>
       </c>
       <c r="D15" s="105">
         <v>10637030</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G15" s="44"/>
       <c r="H15" s="44"/>
       <c r="I15" s="44"/>
       <c r="J15" s="45"/>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A16" s="39">
         <v>8</v>
       </c>
       <c r="B16" s="46" t="s">
         <v>314</v>
       </c>
       <c r="C16" s="82" t="s">
         <v>352</v>
       </c>
       <c r="D16" s="105">
         <v>10637030</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G16" s="44"/>
       <c r="H16" s="44"/>
       <c r="I16" s="44"/>
       <c r="J16" s="45"/>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A17" s="14">
         <v>9</v>
       </c>
       <c r="B17" s="46" t="s">
         <v>315</v>
       </c>
       <c r="C17" s="82" t="s">
         <v>352</v>
       </c>
       <c r="D17" s="105">
         <v>10637030</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G17" s="44"/>
       <c r="H17" s="44"/>
       <c r="I17" s="44"/>
       <c r="J17" s="45"/>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A18" s="39">
         <v>10</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>316</v>
       </c>
       <c r="C18" s="82" t="s">
         <v>352</v>
       </c>
       <c r="D18" s="105">
         <v>10637030</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G18" s="44"/>
       <c r="H18" s="44"/>
       <c r="I18" s="44"/>
       <c r="J18" s="45"/>
     </row>
-    <row r="19" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A19" s="14">
         <v>11</v>
       </c>
       <c r="B19" s="46" t="s">
         <v>254</v>
       </c>
       <c r="C19" s="82">
         <v>1400</v>
       </c>
       <c r="D19" s="43"/>
       <c r="E19" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G19" s="44"/>
       <c r="H19" s="44"/>
       <c r="I19" s="44"/>
       <c r="J19" s="45"/>
     </row>
-    <row r="20" spans="1:10" ht="44.55" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:10" ht="44.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="39">
         <v>12</v>
       </c>
       <c r="B20" s="46" t="s">
         <v>252</v>
       </c>
       <c r="C20" s="82">
         <v>3600</v>
       </c>
       <c r="D20" s="47" t="s">
         <v>344</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G20" s="44"/>
       <c r="H20" s="44"/>
       <c r="I20" s="44"/>
       <c r="J20" s="45"/>
     </row>
-    <row r="21" spans="1:10" ht="44.55" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:10" ht="44.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="14">
         <v>13</v>
       </c>
       <c r="B21" s="46" t="s">
         <v>353</v>
       </c>
       <c r="C21" s="82">
         <v>26500</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>344</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G21" s="44"/>
       <c r="H21" s="44"/>
       <c r="I21" s="44"/>
       <c r="J21" s="45"/>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A22" s="39">
         <v>14</v>
       </c>
       <c r="B22" s="46" t="s">
         <v>327</v>
       </c>
       <c r="C22" s="82">
         <v>12200</v>
       </c>
       <c r="D22" s="43"/>
       <c r="E22" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G22" s="44"/>
       <c r="H22" s="44"/>
       <c r="I22" s="44"/>
       <c r="J22" s="45"/>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A23" s="39">
         <v>15</v>
       </c>
       <c r="B23" s="46" t="s">
         <v>322</v>
       </c>
       <c r="C23" s="82">
         <v>14400</v>
       </c>
       <c r="D23" s="43"/>
       <c r="E23" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G23" s="44"/>
       <c r="H23" s="44"/>
       <c r="I23" s="44"/>
       <c r="J23" s="45"/>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A24" s="14">
         <v>16</v>
       </c>
       <c r="B24" s="46" t="s">
         <v>321</v>
       </c>
       <c r="C24" s="82">
         <v>16600</v>
       </c>
       <c r="D24" s="43"/>
       <c r="E24" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G24" s="44"/>
       <c r="H24" s="44"/>
       <c r="I24" s="44"/>
       <c r="J24" s="45"/>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A25" s="39">
         <v>17</v>
       </c>
       <c r="B25" s="46" t="s">
         <v>320</v>
       </c>
       <c r="C25" s="82">
         <v>18800</v>
       </c>
       <c r="D25" s="43"/>
       <c r="E25" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G25" s="44"/>
       <c r="H25" s="44"/>
       <c r="I25" s="44"/>
       <c r="J25" s="45"/>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A26" s="14">
         <v>18</v>
       </c>
       <c r="B26" s="46" t="s">
         <v>319</v>
       </c>
       <c r="C26" s="82">
         <v>21000</v>
       </c>
       <c r="D26" s="43"/>
       <c r="E26" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G26" s="44"/>
       <c r="H26" s="44"/>
       <c r="I26" s="44"/>
       <c r="J26" s="45"/>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A27" s="126" t="s">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A27" s="124" t="s">
         <v>334</v>
       </c>
-      <c r="B27" s="127"/>
-[...9 lines deleted...]
-    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="B27" s="125"/>
+      <c r="C27" s="125"/>
+      <c r="D27" s="125"/>
+      <c r="E27" s="125"/>
+      <c r="F27" s="125"/>
+      <c r="G27" s="125"/>
+      <c r="H27" s="125"/>
+      <c r="I27" s="125"/>
+      <c r="J27" s="126"/>
+    </row>
+    <row r="28" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A28" s="39">
         <v>19</v>
       </c>
       <c r="B28" s="33" t="s">
         <v>247</v>
       </c>
       <c r="C28" s="82">
         <v>36000</v>
       </c>
       <c r="D28" s="43">
         <v>10637031</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G28" s="44"/>
       <c r="H28" s="44"/>
       <c r="I28" s="44"/>
       <c r="J28" s="45"/>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A29" s="14">
         <v>20</v>
       </c>
       <c r="B29" s="33" t="s">
         <v>249</v>
       </c>
       <c r="C29" s="82">
         <v>329000</v>
       </c>
       <c r="D29" s="83">
         <v>10637031</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G29" s="44"/>
       <c r="H29" s="44"/>
       <c r="I29" s="44"/>
       <c r="J29" s="45"/>
     </row>
-    <row r="30" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A30" s="39">
         <v>21</v>
       </c>
       <c r="B30" s="33" t="s">
         <v>245</v>
       </c>
       <c r="C30" s="82">
         <v>20900</v>
       </c>
       <c r="D30" s="43"/>
       <c r="E30" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G30" s="44"/>
       <c r="H30" s="44"/>
       <c r="I30" s="44"/>
       <c r="J30" s="45"/>
     </row>
-    <row r="31" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A31" s="14">
         <v>22</v>
       </c>
       <c r="B31" s="33" t="s">
         <v>246</v>
       </c>
       <c r="C31" s="82">
         <v>29000</v>
       </c>
       <c r="D31" s="43"/>
       <c r="E31" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G31" s="44"/>
       <c r="H31" s="44"/>
       <c r="I31" s="44"/>
       <c r="J31" s="45"/>
     </row>
-    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A32" s="39">
         <v>23</v>
       </c>
       <c r="B32" s="33" t="s">
         <v>248</v>
       </c>
       <c r="C32" s="82" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="D32" s="43"/>
       <c r="E32" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G32" s="44"/>
       <c r="H32" s="44"/>
       <c r="I32" s="44"/>
       <c r="J32" s="45"/>
     </row>
-    <row r="33" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A33" s="14">
         <v>24</v>
       </c>
       <c r="B33" s="33" t="s">
         <v>214</v>
       </c>
       <c r="C33" s="82" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="D33" s="43"/>
       <c r="E33" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G33" s="44"/>
       <c r="H33" s="44"/>
       <c r="I33" s="44"/>
       <c r="J33" s="45"/>
     </row>
-    <row r="34" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A34" s="39">
         <v>25</v>
       </c>
       <c r="B34" s="33" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="C34" s="82" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="D34" s="43"/>
       <c r="E34" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G34" s="44"/>
       <c r="H34" s="44"/>
       <c r="I34" s="44"/>
       <c r="J34" s="45"/>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A35" s="39">
         <v>26</v>
       </c>
       <c r="B35" s="33" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="82" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="D35" s="43"/>
       <c r="E35" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G35" s="44"/>
       <c r="H35" s="44"/>
       <c r="I35" s="44"/>
       <c r="J35" s="45"/>
     </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A36" s="14">
         <v>27</v>
       </c>
       <c r="B36" s="33" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="82">
         <v>52000</v>
       </c>
       <c r="D36" s="43"/>
       <c r="E36" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G36" s="10"/>
       <c r="H36" s="10"/>
       <c r="I36" s="10"/>
       <c r="J36" s="84"/>
     </row>
-    <row r="37" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A37" s="39">
         <v>28</v>
       </c>
       <c r="B37" s="33" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="C37" s="82">
         <v>85000</v>
       </c>
       <c r="D37" s="43"/>
       <c r="E37" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G37" s="10"/>
       <c r="H37" s="10"/>
       <c r="I37" s="10"/>
       <c r="J37" s="84"/>
     </row>
-    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A38" s="14">
         <v>29</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>215</v>
       </c>
       <c r="C38" s="82">
         <v>9600</v>
       </c>
       <c r="D38" s="43"/>
       <c r="E38" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G38" s="44"/>
       <c r="H38" s="44"/>
       <c r="I38" s="44"/>
       <c r="J38" s="45"/>
     </row>
-    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A39" s="39">
         <v>30</v>
       </c>
       <c r="B39" s="33" t="s">
         <v>226</v>
       </c>
       <c r="C39" s="82">
         <v>67000</v>
       </c>
       <c r="D39" s="43"/>
       <c r="E39" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G39" s="44"/>
       <c r="H39" s="44"/>
       <c r="I39" s="44"/>
       <c r="J39" s="45"/>
     </row>
-    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A40" s="14">
         <v>31</v>
       </c>
       <c r="B40" s="33" t="s">
         <v>227</v>
       </c>
       <c r="C40" s="82">
         <v>19900</v>
       </c>
       <c r="D40" s="43"/>
       <c r="E40" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G40" s="44"/>
       <c r="H40" s="44"/>
       <c r="I40" s="44"/>
       <c r="J40" s="45"/>
     </row>
-    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A41" s="39">
         <v>32</v>
       </c>
       <c r="B41" s="33" t="s">
         <v>228</v>
       </c>
       <c r="C41" s="82">
         <v>110000</v>
       </c>
       <c r="D41" s="43"/>
       <c r="E41" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G41" s="44"/>
       <c r="H41" s="44"/>
       <c r="I41" s="44"/>
       <c r="J41" s="45"/>
     </row>
-    <row r="42" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A42" s="39">
         <v>33</v>
       </c>
       <c r="B42" s="33" t="s">
         <v>229</v>
       </c>
       <c r="C42" s="82">
         <v>105000</v>
       </c>
       <c r="D42" s="43"/>
       <c r="E42" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G42" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H42" s="44"/>
       <c r="I42" s="44"/>
       <c r="J42" s="45"/>
     </row>
-    <row r="43" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A43" s="14">
         <v>34</v>
       </c>
       <c r="B43" s="33" t="s">
         <v>230</v>
       </c>
       <c r="C43" s="82">
         <v>121000</v>
       </c>
       <c r="D43" s="43"/>
       <c r="E43" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F43" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G43" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H43" s="44"/>
       <c r="I43" s="44"/>
       <c r="J43" s="45"/>
     </row>
-    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A44" s="39">
         <v>35</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>336</v>
       </c>
       <c r="C44" s="82">
         <v>23000</v>
       </c>
       <c r="D44" s="43"/>
       <c r="E44" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G44" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H44" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I44" s="44"/>
       <c r="J44" s="45"/>
     </row>
-    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="46" spans="1:10" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A45" s="124" t="s">
+        <v>590</v>
+      </c>
+      <c r="B45" s="125"/>
+      <c r="C45" s="125"/>
+      <c r="D45" s="125"/>
+      <c r="E45" s="125"/>
+      <c r="F45" s="125"/>
+      <c r="G45" s="125"/>
+      <c r="H45" s="125"/>
+      <c r="I45" s="125"/>
+      <c r="J45" s="126"/>
+    </row>
+    <row r="46" spans="1:10" ht="42" x14ac:dyDescent="0.15">
       <c r="A46" s="14">
         <v>36</v>
       </c>
       <c r="B46" s="33" t="s">
         <v>253</v>
       </c>
       <c r="C46" s="82">
         <v>29000</v>
       </c>
       <c r="D46" s="47" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G46" s="10"/>
       <c r="H46" s="10"/>
       <c r="I46" s="10"/>
       <c r="J46" s="84"/>
     </row>
-    <row r="47" spans="1:10" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:10" ht="42" x14ac:dyDescent="0.15">
       <c r="A47" s="14">
         <v>37</v>
       </c>
       <c r="B47" s="96" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="C47" s="60">
         <v>19000</v>
       </c>
       <c r="D47" s="47" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F47" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G47" s="10"/>
       <c r="H47" s="10"/>
       <c r="I47" s="10"/>
       <c r="J47" s="84"/>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A48" s="126" t="s">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A48" s="124" t="s">
         <v>340</v>
       </c>
-      <c r="B48" s="127"/>
-[...9 lines deleted...]
-    <row r="49" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B48" s="125"/>
+      <c r="C48" s="125"/>
+      <c r="D48" s="125"/>
+      <c r="E48" s="125"/>
+      <c r="F48" s="125"/>
+      <c r="G48" s="125"/>
+      <c r="H48" s="125"/>
+      <c r="I48" s="125"/>
+      <c r="J48" s="126"/>
+    </row>
+    <row r="49" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A49" s="14">
         <v>38</v>
       </c>
       <c r="B49" s="46" t="s">
         <v>255</v>
       </c>
       <c r="C49" s="82">
         <v>1900</v>
       </c>
       <c r="D49" s="43"/>
       <c r="E49" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G49" s="10"/>
       <c r="H49" s="10"/>
       <c r="I49" s="10"/>
       <c r="J49" s="84"/>
     </row>
-    <row r="50" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A50" s="14">
         <v>39</v>
       </c>
       <c r="B50" s="46" t="s">
         <v>256</v>
       </c>
       <c r="C50" s="82">
         <v>1900</v>
       </c>
       <c r="D50" s="43"/>
       <c r="E50" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="10"/>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="84"/>
     </row>
-    <row r="51" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A51" s="14">
         <v>40</v>
       </c>
       <c r="B51" s="46" t="s">
         <v>257</v>
       </c>
       <c r="C51" s="82">
         <v>5700</v>
       </c>
       <c r="D51" s="43"/>
       <c r="E51" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G51" s="10"/>
       <c r="H51" s="10"/>
       <c r="I51" s="10"/>
       <c r="J51" s="84"/>
     </row>
-    <row r="52" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A52" s="14">
         <v>41</v>
       </c>
       <c r="B52" s="46" t="s">
         <v>258</v>
       </c>
       <c r="C52" s="82">
         <v>790</v>
       </c>
       <c r="D52" s="43"/>
       <c r="E52" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G52" s="10"/>
       <c r="H52" s="10"/>
       <c r="I52" s="10"/>
       <c r="J52" s="84"/>
     </row>
-    <row r="53" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A53" s="133" t="s">
+    <row r="53" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A53" s="120" t="s">
         <v>335</v>
       </c>
-      <c r="B53" s="134"/>
-[...10 lines deleted...]
-      <c r="A54" s="126" t="s">
+      <c r="B53" s="121"/>
+      <c r="C53" s="121"/>
+      <c r="D53" s="121"/>
+      <c r="E53" s="121"/>
+      <c r="F53" s="121"/>
+      <c r="G53" s="121"/>
+      <c r="H53" s="121"/>
+      <c r="I53" s="121"/>
+      <c r="J53" s="122"/>
+    </row>
+    <row r="54" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
+      <c r="A54" s="124" t="s">
         <v>337</v>
       </c>
-      <c r="B54" s="127"/>
-[...9 lines deleted...]
-    <row r="55" spans="1:10" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="B54" s="125"/>
+      <c r="C54" s="125"/>
+      <c r="D54" s="125"/>
+      <c r="E54" s="125"/>
+      <c r="F54" s="125"/>
+      <c r="G54" s="125"/>
+      <c r="H54" s="125"/>
+      <c r="I54" s="125"/>
+      <c r="J54" s="126"/>
+    </row>
+    <row r="55" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
       <c r="A55" s="14">
         <v>42</v>
       </c>
       <c r="B55" s="33" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C55" s="82" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="D55" s="43">
         <v>10739730</v>
       </c>
       <c r="E55" s="44"/>
       <c r="F55" s="44"/>
       <c r="G55" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I55" s="44"/>
       <c r="J55" s="45"/>
     </row>
-    <row r="56" spans="1:10" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
       <c r="A56" s="14">
         <v>43</v>
       </c>
       <c r="B56" s="33" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C56" s="60" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="D56" s="43"/>
       <c r="E56" s="44"/>
       <c r="F56" s="44"/>
       <c r="G56" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H56" s="44"/>
       <c r="I56" s="44"/>
       <c r="J56" s="45"/>
     </row>
-    <row r="57" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A57" s="14">
         <v>44</v>
       </c>
       <c r="B57" s="33" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="C57" s="82" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="D57" s="43"/>
       <c r="E57" s="44"/>
       <c r="F57" s="44"/>
       <c r="G57" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H57" s="44"/>
       <c r="I57" s="44"/>
       <c r="J57" s="45"/>
     </row>
-    <row r="58" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A58" s="14">
         <v>45</v>
       </c>
       <c r="B58" s="33" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="C58" s="82" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="D58" s="43"/>
       <c r="E58" s="44"/>
       <c r="F58" s="44"/>
       <c r="G58" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H58" s="44"/>
       <c r="I58" s="44"/>
       <c r="J58" s="45"/>
     </row>
-    <row r="59" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A59" s="14">
         <v>46</v>
       </c>
       <c r="B59" s="96" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="C59" s="60">
         <v>84000</v>
       </c>
       <c r="D59" s="43"/>
       <c r="E59" s="44"/>
       <c r="F59" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G59" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H59" s="44"/>
       <c r="I59" s="44"/>
       <c r="J59" s="45"/>
     </row>
-    <row r="60" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A60" s="14">
         <v>47</v>
       </c>
       <c r="B60" s="33" t="s">
         <v>231</v>
       </c>
       <c r="C60" s="82">
         <v>69000</v>
       </c>
       <c r="D60" s="43"/>
       <c r="E60" s="44"/>
       <c r="F60" s="44"/>
       <c r="G60" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H60" s="44"/>
       <c r="I60" s="44"/>
       <c r="J60" s="45"/>
     </row>
-    <row r="61" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
       <c r="A61" s="14">
         <v>48</v>
       </c>
       <c r="B61" s="33" t="s">
         <v>232</v>
       </c>
       <c r="C61" s="82">
         <v>74000</v>
       </c>
       <c r="D61" s="43"/>
       <c r="E61" s="44"/>
       <c r="F61" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G61" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H61" s="44"/>
       <c r="I61" s="44"/>
       <c r="J61" s="45"/>
     </row>
-    <row r="62" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A62" s="14">
         <v>49</v>
       </c>
       <c r="B62" s="33" t="s">
         <v>235</v>
       </c>
       <c r="C62" s="82">
         <v>145000</v>
       </c>
       <c r="D62" s="43"/>
       <c r="E62" s="44"/>
       <c r="F62" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G62" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H62" s="44"/>
       <c r="I62" s="44"/>
       <c r="J62" s="45"/>
     </row>
-    <row r="63" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A63" s="14">
         <v>50</v>
       </c>
       <c r="B63" s="33" t="s">
         <v>234</v>
       </c>
       <c r="C63" s="82">
         <v>89000</v>
       </c>
       <c r="D63" s="43"/>
       <c r="E63" s="44"/>
       <c r="F63" s="44"/>
       <c r="G63" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H63" s="44"/>
       <c r="I63" s="44"/>
       <c r="J63" s="45"/>
     </row>
-    <row r="64" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A64" s="14">
         <v>51</v>
       </c>
       <c r="B64" s="33" t="s">
         <v>233</v>
       </c>
       <c r="C64" s="82">
         <v>99000</v>
       </c>
       <c r="D64" s="43"/>
       <c r="E64" s="44"/>
       <c r="F64" s="44"/>
       <c r="G64" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H64" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I64" s="44"/>
       <c r="J64" s="45"/>
     </row>
-    <row r="65" spans="1:10" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
       <c r="A65" s="14">
         <v>52</v>
       </c>
       <c r="B65" s="33" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="C65" s="82">
         <v>29000</v>
       </c>
       <c r="D65" s="67"/>
       <c r="E65" s="44"/>
       <c r="F65" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G65" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H65" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I65" s="44"/>
       <c r="J65" s="45"/>
     </row>
-    <row r="66" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
       <c r="A66" s="14">
         <v>53</v>
       </c>
       <c r="B66" s="96" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="C66" s="82">
         <v>48000</v>
       </c>
       <c r="D66" s="67"/>
       <c r="E66" s="44"/>
       <c r="F66" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G66" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H66" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I66" s="44"/>
       <c r="J66" s="45"/>
     </row>
-    <row r="67" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A67" s="14">
         <v>54</v>
       </c>
       <c r="B67" s="33" t="s">
         <v>244</v>
       </c>
       <c r="C67" s="82">
         <v>109000</v>
       </c>
       <c r="D67" s="43"/>
       <c r="E67" s="44"/>
       <c r="F67" s="44"/>
       <c r="G67" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H67" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="11"/>
     </row>
-    <row r="68" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A68" s="14">
         <v>55</v>
       </c>
       <c r="B68" s="102" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="C68" s="82">
         <v>59000</v>
       </c>
       <c r="D68" s="43">
         <v>10739732</v>
       </c>
       <c r="E68" s="44"/>
       <c r="F68" s="44"/>
       <c r="G68" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="11"/>
     </row>
-    <row r="69" spans="1:10" s="8" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A69" s="14">
         <v>56</v>
       </c>
       <c r="B69" s="102" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="C69" s="82">
         <v>109000</v>
       </c>
       <c r="D69" s="43">
         <v>10739731</v>
       </c>
       <c r="E69" s="44"/>
       <c r="F69" s="44"/>
       <c r="G69" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="11"/>
     </row>
-    <row r="70" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A70" s="14">
         <v>57</v>
       </c>
       <c r="B70" s="33" t="s">
         <v>242</v>
       </c>
       <c r="C70" s="82">
         <v>199000</v>
       </c>
       <c r="D70" s="43"/>
       <c r="E70" s="44"/>
       <c r="F70" s="44"/>
       <c r="G70" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="11"/>
     </row>
-    <row r="71" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A71" s="14">
         <v>58</v>
       </c>
       <c r="B71" s="33" t="s">
         <v>243</v>
       </c>
       <c r="C71" s="82">
         <v>65000</v>
       </c>
       <c r="D71" s="43"/>
       <c r="E71" s="44"/>
       <c r="F71" s="44"/>
       <c r="G71" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I71" s="9"/>
       <c r="J71" s="11"/>
     </row>
-    <row r="72" spans="1:10" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A72" s="126" t="s">
+    <row r="72" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
+      <c r="A72" s="124" t="s">
         <v>338</v>
       </c>
-      <c r="B72" s="127"/>
-[...9 lines deleted...]
-    <row r="73" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B72" s="125"/>
+      <c r="C72" s="125"/>
+      <c r="D72" s="125"/>
+      <c r="E72" s="125"/>
+      <c r="F72" s="125"/>
+      <c r="G72" s="125"/>
+      <c r="H72" s="125"/>
+      <c r="I72" s="125"/>
+      <c r="J72" s="126"/>
+    </row>
+    <row r="73" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A73" s="14">
         <v>59</v>
       </c>
       <c r="B73" s="33" t="s">
         <v>236</v>
       </c>
       <c r="C73" s="82">
         <v>62000</v>
       </c>
       <c r="D73" s="43">
         <v>10739733</v>
       </c>
       <c r="E73" s="44"/>
       <c r="F73" s="44"/>
       <c r="G73" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H73" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="11"/>
     </row>
-    <row r="74" spans="1:10" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
       <c r="A74" s="14">
         <v>60</v>
       </c>
       <c r="B74" s="33" t="s">
         <v>237</v>
       </c>
       <c r="C74" s="82">
         <v>65000</v>
       </c>
       <c r="D74" s="43"/>
       <c r="E74" s="44"/>
       <c r="F74" s="44"/>
       <c r="G74" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H74" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="11"/>
     </row>
-    <row r="75" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A75" s="14">
         <v>61</v>
       </c>
       <c r="B75" s="33" t="s">
         <v>238</v>
       </c>
       <c r="C75" s="82" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="D75" s="43">
         <v>10739734</v>
       </c>
       <c r="E75" s="44"/>
       <c r="F75" s="44"/>
       <c r="G75" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H75" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="11"/>
     </row>
-    <row r="76" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
       <c r="A76" s="14">
         <v>62</v>
       </c>
       <c r="B76" s="33" t="s">
         <v>239</v>
       </c>
       <c r="C76" s="82" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="D76" s="43">
         <v>10739735</v>
       </c>
       <c r="E76" s="44"/>
       <c r="F76" s="44"/>
       <c r="G76" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H76" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="11"/>
     </row>
-    <row r="77" spans="1:10" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:10" s="8" customFormat="1" ht="14" x14ac:dyDescent="0.15">
       <c r="A77" s="14">
         <v>63</v>
       </c>
       <c r="B77" s="33" t="s">
         <v>240</v>
       </c>
       <c r="C77" s="82" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D77" s="43">
         <v>10739736</v>
       </c>
       <c r="E77" s="44"/>
       <c r="F77" s="44"/>
       <c r="G77" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H77" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="11"/>
     </row>
-    <row r="78" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A78" s="14">
         <v>64</v>
       </c>
       <c r="B78" s="33" t="s">
         <v>241</v>
       </c>
       <c r="C78" s="82" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D78" s="43">
         <v>10739737</v>
       </c>
       <c r="E78" s="44"/>
       <c r="F78" s="44"/>
       <c r="G78" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H78" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="11"/>
     </row>
-    <row r="79" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A79" s="14">
         <v>65</v>
       </c>
       <c r="B79" s="33" t="s">
         <v>84</v>
       </c>
       <c r="C79" s="82" t="s">
         <v>349</v>
       </c>
       <c r="D79" s="43">
         <v>10739738</v>
       </c>
       <c r="E79" s="44"/>
       <c r="F79" s="44"/>
       <c r="G79" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="11"/>
     </row>
-    <row r="80" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A80" s="14">
         <v>66</v>
       </c>
       <c r="B80" s="33" t="s">
         <v>52</v>
       </c>
       <c r="C80" s="82">
         <v>99000</v>
       </c>
       <c r="D80" s="43">
         <v>10739739</v>
       </c>
       <c r="E80" s="44"/>
       <c r="F80" s="44"/>
       <c r="G80" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="11"/>
     </row>
-    <row r="81" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A81" s="14">
         <v>67</v>
       </c>
       <c r="B81" s="33" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C81" s="82">
         <v>160000</v>
       </c>
       <c r="D81" s="43"/>
       <c r="E81" s="44"/>
       <c r="F81" s="44"/>
       <c r="G81" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I81" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J81" s="11"/>
     </row>
-    <row r="82" spans="1:10" s="8" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:10" s="8" customFormat="1" ht="28" x14ac:dyDescent="0.15">
       <c r="A82" s="14">
         <v>68</v>
       </c>
       <c r="B82" s="33" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C82" s="82" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="D82" s="43">
         <v>10739740</v>
       </c>
       <c r="E82" s="44"/>
       <c r="F82" s="44"/>
       <c r="G82" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H82" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I82" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J82" s="11"/>
     </row>
-    <row r="83" spans="1:10" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="84" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A83" s="120" t="s">
+        <v>560</v>
+      </c>
+      <c r="B83" s="121"/>
+      <c r="C83" s="121"/>
+      <c r="D83" s="121"/>
+      <c r="E83" s="121"/>
+      <c r="F83" s="121"/>
+      <c r="G83" s="121"/>
+      <c r="H83" s="121"/>
+      <c r="I83" s="121"/>
+      <c r="J83" s="122"/>
+    </row>
+    <row r="84" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A84" s="14">
         <v>69</v>
       </c>
       <c r="B84" s="96" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="60">
         <v>125000</v>
       </c>
       <c r="D84" s="69">
         <v>10637014</v>
       </c>
       <c r="E84" s="9"/>
       <c r="F84" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G84" s="9"/>
       <c r="H84" s="9"/>
       <c r="I84" s="9"/>
       <c r="J84" s="11"/>
     </row>
-    <row r="85" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A85" s="14">
         <v>70</v>
       </c>
       <c r="B85" s="96" t="s">
         <v>16</v>
       </c>
       <c r="C85" s="60">
         <v>295000</v>
       </c>
       <c r="D85" s="70">
         <v>10637015</v>
       </c>
       <c r="E85" s="9"/>
       <c r="F85" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G85" s="9"/>
       <c r="H85" s="9"/>
       <c r="I85" s="9"/>
       <c r="J85" s="11"/>
     </row>
-    <row r="86" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A86" s="14">
         <v>71</v>
       </c>
       <c r="B86" s="96" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="C86" s="60">
         <v>124000</v>
       </c>
       <c r="D86" s="70">
         <v>10637041</v>
       </c>
       <c r="E86" s="9"/>
       <c r="F86" s="9" t="s">
         <v>251</v>
       </c>
       <c r="G86" s="9"/>
       <c r="H86" s="9"/>
       <c r="I86" s="9"/>
       <c r="J86" s="11"/>
     </row>
-    <row r="87" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A87" s="14">
         <v>72</v>
       </c>
       <c r="B87" s="96" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C87" s="60">
         <v>290000</v>
       </c>
       <c r="D87" s="69">
         <v>10637018</v>
       </c>
       <c r="E87" s="9"/>
       <c r="F87" s="9"/>
       <c r="G87" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="11"/>
     </row>
-    <row r="88" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A88" s="14">
         <v>73</v>
       </c>
       <c r="B88" s="96" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="C88" s="60">
         <v>240000</v>
       </c>
       <c r="D88" s="69">
         <v>10637019</v>
       </c>
       <c r="E88" s="9"/>
       <c r="F88" s="9"/>
       <c r="G88" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H88" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I88" s="9"/>
       <c r="J88" s="11"/>
     </row>
-    <row r="89" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A89" s="14">
         <v>74</v>
       </c>
       <c r="B89" s="37" t="s">
+        <v>561</v>
+      </c>
+      <c r="C89" s="94" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="D89" s="69"/>
       <c r="E89" s="9"/>
       <c r="F89" s="9"/>
       <c r="G89" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H89" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I89" s="9"/>
       <c r="J89" s="11"/>
     </row>
-    <row r="90" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A90" s="14">
         <v>75</v>
       </c>
       <c r="B90" s="96" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="C90" s="60">
         <v>72000</v>
       </c>
       <c r="D90" s="69">
         <v>10637020</v>
       </c>
       <c r="E90" s="9"/>
       <c r="F90" s="9"/>
       <c r="G90" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H90" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="11"/>
     </row>
-    <row r="91" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A91" s="14">
         <v>76</v>
       </c>
       <c r="B91" s="96" t="s">
         <v>122</v>
       </c>
       <c r="C91" s="60">
         <v>280000</v>
       </c>
       <c r="D91" s="69">
         <v>10637021</v>
       </c>
       <c r="E91" s="9"/>
       <c r="F91" s="9"/>
       <c r="G91" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H91" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="11"/>
     </row>
-    <row r="92" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A92" s="14">
         <v>77</v>
       </c>
       <c r="B92" s="96" t="s">
         <v>124</v>
       </c>
       <c r="C92" s="60">
         <v>104500</v>
       </c>
       <c r="D92" s="69">
         <v>10637022</v>
       </c>
       <c r="E92" s="9"/>
       <c r="F92" s="9"/>
       <c r="G92" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H92" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I92" s="9"/>
       <c r="J92" s="11"/>
     </row>
-    <row r="93" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A93" s="14">
         <v>78</v>
       </c>
       <c r="B93" s="96" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="C93" s="60">
         <v>230000</v>
       </c>
       <c r="D93" s="69">
         <v>10637042</v>
       </c>
       <c r="E93" s="9"/>
       <c r="F93" s="9"/>
       <c r="G93" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H93" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="11"/>
     </row>
-    <row r="94" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A94" s="14">
         <v>79</v>
       </c>
       <c r="B94" s="96" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="C94" s="60">
         <v>140000</v>
       </c>
       <c r="D94" s="69">
         <v>10637043</v>
       </c>
       <c r="E94" s="9"/>
       <c r="F94" s="9"/>
       <c r="G94" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H94" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="11"/>
     </row>
-    <row r="95" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A95" s="14">
         <v>80</v>
       </c>
       <c r="B95" s="96" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="C95" s="60" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D95" s="104">
         <v>10637044</v>
       </c>
       <c r="E95" s="9"/>
       <c r="F95" s="9"/>
       <c r="G95" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H95" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="11"/>
     </row>
-    <row r="96" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A96" s="14">
         <v>81</v>
       </c>
       <c r="B96" s="96" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="C96" s="60" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="D96" s="104">
         <v>10637045</v>
       </c>
       <c r="E96" s="9"/>
       <c r="F96" s="9"/>
       <c r="G96" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H96" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="11"/>
     </row>
-    <row r="97" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A97" s="14">
         <v>82</v>
       </c>
       <c r="B97" s="96" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="C97" s="60" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="D97" s="104">
         <v>10637046</v>
       </c>
       <c r="E97" s="9"/>
       <c r="F97" s="9"/>
       <c r="G97" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H97" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="11"/>
     </row>
-    <row r="98" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A98" s="14">
         <v>83</v>
       </c>
       <c r="B98" s="96" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="C98" s="60">
         <v>182000</v>
       </c>
       <c r="D98" s="69">
         <v>10637026</v>
       </c>
       <c r="E98" s="9"/>
       <c r="F98" s="9"/>
       <c r="G98" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H98" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="11"/>
     </row>
-    <row r="99" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A99" s="14">
         <v>84</v>
       </c>
       <c r="B99" s="96" t="s">
         <v>208</v>
       </c>
       <c r="C99" s="60">
         <v>179000</v>
       </c>
       <c r="D99" s="69">
         <v>10637028</v>
       </c>
       <c r="E99" s="9"/>
       <c r="F99" s="9"/>
       <c r="G99" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H99" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="11"/>
     </row>
-    <row r="100" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A100" s="14">
         <v>85</v>
       </c>
       <c r="B100" s="96" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="C100" s="60">
         <v>139000</v>
       </c>
       <c r="D100" s="69">
         <v>10637016</v>
       </c>
       <c r="E100" s="9"/>
       <c r="F100" s="9"/>
       <c r="G100" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H100" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I100" s="9"/>
       <c r="J100" s="11"/>
     </row>
-    <row r="101" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A101" s="14">
         <v>86</v>
       </c>
       <c r="B101" s="96" t="s">
         <v>56</v>
       </c>
       <c r="C101" s="60">
         <v>65000</v>
       </c>
       <c r="D101" s="69">
         <v>10637017</v>
       </c>
       <c r="E101" s="9"/>
       <c r="F101" s="9"/>
       <c r="G101" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H101" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="11"/>
     </row>
-    <row r="102" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A102" s="14">
         <v>87</v>
       </c>
       <c r="B102" s="96" t="s">
         <v>210</v>
       </c>
       <c r="C102" s="60">
         <v>298000</v>
       </c>
       <c r="D102" s="69">
         <v>10637029</v>
       </c>
       <c r="E102" s="9"/>
       <c r="F102" s="9"/>
       <c r="G102" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H102" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="11"/>
     </row>
-    <row r="103" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A103" s="14">
         <v>88</v>
       </c>
       <c r="B103" s="15" t="s">
         <v>263</v>
       </c>
       <c r="C103" s="82">
         <v>45000</v>
       </c>
       <c r="D103" s="83">
         <v>10637034</v>
       </c>
       <c r="E103" s="9"/>
       <c r="F103" s="9"/>
       <c r="G103" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H103" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="11"/>
     </row>
-    <row r="104" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A104" s="14">
         <v>89</v>
       </c>
       <c r="B104" s="23" t="s">
         <v>224</v>
       </c>
       <c r="C104" s="60">
         <v>75000</v>
       </c>
       <c r="D104" s="24">
         <v>10637032</v>
       </c>
       <c r="E104" s="9"/>
       <c r="F104" s="9"/>
       <c r="G104" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H104" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I104" s="9"/>
       <c r="J104" s="11"/>
     </row>
-    <row r="105" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A105" s="14">
         <v>90</v>
       </c>
       <c r="B105" s="23" t="s">
         <v>225</v>
       </c>
       <c r="C105" s="82">
         <v>210000</v>
       </c>
       <c r="D105" s="24">
         <v>10637033</v>
       </c>
       <c r="E105" s="9"/>
       <c r="F105" s="9"/>
       <c r="G105" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I105" s="9"/>
       <c r="J105" s="11"/>
     </row>
-    <row r="106" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A106" s="14">
         <v>91</v>
       </c>
       <c r="B106" s="96" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C106" s="82">
         <v>230000</v>
       </c>
       <c r="D106" s="24">
         <v>10739729</v>
       </c>
       <c r="E106" s="9"/>
       <c r="F106" s="9"/>
       <c r="G106" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I106" s="11"/>
       <c r="J106" s="11"/>
     </row>
-    <row r="107" spans="1:10" ht="25.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:10" ht="25.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A107" s="14">
         <v>92</v>
       </c>
       <c r="B107" s="61" t="s">
         <v>259</v>
       </c>
-      <c r="C107" s="147" t="s">
-        <v>410</v>
+      <c r="C107" s="127" t="s">
+        <v>409</v>
       </c>
       <c r="D107" s="22"/>
       <c r="E107" s="10"/>
       <c r="F107" s="10"/>
       <c r="G107" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I107" s="9"/>
       <c r="J107" s="11"/>
     </row>
-    <row r="108" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A108" s="14">
         <v>93</v>
       </c>
       <c r="B108" s="61" t="s">
         <v>260</v>
       </c>
-      <c r="C108" s="148"/>
+      <c r="C108" s="128"/>
       <c r="D108" s="22"/>
       <c r="E108" s="10"/>
       <c r="F108" s="10"/>
       <c r="G108" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="11"/>
     </row>
-    <row r="109" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A109" s="14">
         <v>94</v>
       </c>
       <c r="B109" s="61" t="s">
         <v>261</v>
       </c>
-      <c r="C109" s="148"/>
+      <c r="C109" s="128"/>
       <c r="D109" s="22"/>
       <c r="E109" s="10"/>
       <c r="F109" s="10"/>
       <c r="G109" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I109" s="9"/>
       <c r="J109" s="11"/>
     </row>
-    <row r="110" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A110" s="14">
         <v>95</v>
       </c>
       <c r="B110" s="61" t="s">
         <v>262</v>
       </c>
-      <c r="C110" s="149"/>
+      <c r="C110" s="129"/>
       <c r="D110" s="22"/>
       <c r="E110" s="10"/>
       <c r="F110" s="10"/>
       <c r="G110" s="9" t="s">
         <v>251</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>251</v>
       </c>
       <c r="I110" s="9"/>
       <c r="J110" s="11"/>
     </row>
-    <row r="111" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A111" s="133" t="s">
+    <row r="111" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A111" s="120" t="s">
         <v>358</v>
       </c>
-      <c r="B111" s="134"/>
-[...10 lines deleted...]
-      <c r="A112" s="146" t="s">
+      <c r="B111" s="121"/>
+      <c r="C111" s="121"/>
+      <c r="D111" s="121"/>
+      <c r="E111" s="121"/>
+      <c r="F111" s="121"/>
+      <c r="G111" s="121"/>
+      <c r="H111" s="121"/>
+      <c r="I111" s="121"/>
+      <c r="J111" s="122"/>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A112" s="123" t="s">
         <v>359</v>
       </c>
-      <c r="B112" s="146"/>
-[...9 lines deleted...]
-    <row r="113" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B112" s="123"/>
+      <c r="C112" s="123"/>
+      <c r="D112" s="123"/>
+      <c r="E112" s="123"/>
+      <c r="F112" s="123"/>
+      <c r="G112" s="123"/>
+      <c r="H112" s="123"/>
+      <c r="I112" s="123"/>
+      <c r="J112" s="123"/>
+    </row>
+    <row r="113" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A113" s="14">
         <v>96</v>
       </c>
       <c r="B113" s="15" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C113" s="82">
         <v>52000</v>
       </c>
       <c r="D113" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E113" s="57"/>
       <c r="F113" s="57"/>
       <c r="G113" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H113" s="56"/>
       <c r="I113" s="57"/>
       <c r="J113" s="58"/>
     </row>
-    <row r="114" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A114" s="14">
         <v>97</v>
       </c>
       <c r="B114" s="15" t="s">
         <v>360</v>
       </c>
       <c r="C114" s="82">
         <v>48000</v>
       </c>
       <c r="D114" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E114" s="12"/>
       <c r="F114" s="12"/>
       <c r="G114" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H114" s="10"/>
       <c r="I114" s="12"/>
       <c r="J114" s="13"/>
     </row>
-    <row r="115" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A115" s="14">
         <v>98</v>
       </c>
       <c r="B115" s="53" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C115" s="82">
         <v>18800</v>
       </c>
       <c r="D115" s="24"/>
       <c r="E115" s="12"/>
       <c r="F115" s="12"/>
       <c r="G115" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H115" s="10"/>
       <c r="I115" s="12"/>
       <c r="J115" s="13"/>
     </row>
-    <row r="116" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A116" s="14">
         <v>99</v>
       </c>
       <c r="B116" s="53" t="s">
         <v>361</v>
       </c>
       <c r="C116" s="82">
         <v>5800</v>
       </c>
       <c r="D116" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E116" s="12"/>
       <c r="F116" s="12"/>
       <c r="G116" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H116" s="10"/>
       <c r="I116" s="12"/>
       <c r="J116" s="13"/>
     </row>
-    <row r="117" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A117" s="14">
         <v>100</v>
       </c>
       <c r="B117" s="53" t="s">
         <v>362</v>
       </c>
       <c r="C117" s="82">
         <v>6899.9999999999991</v>
       </c>
       <c r="D117" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E117" s="12"/>
       <c r="F117" s="12"/>
       <c r="G117" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H117" s="10"/>
       <c r="I117" s="12"/>
       <c r="J117" s="13"/>
     </row>
-    <row r="118" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A118" s="14">
         <v>101</v>
       </c>
       <c r="B118" s="53" t="s">
         <v>363</v>
       </c>
       <c r="C118" s="82">
         <v>14900</v>
       </c>
       <c r="D118" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E118" s="12"/>
       <c r="F118" s="12"/>
       <c r="G118" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H118" s="10"/>
       <c r="I118" s="12"/>
       <c r="J118" s="13"/>
     </row>
-    <row r="119" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A119" s="14">
         <v>102</v>
       </c>
       <c r="B119" s="53" t="s">
         <v>364</v>
       </c>
       <c r="C119" s="82">
         <v>10900</v>
       </c>
       <c r="D119" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E119" s="12"/>
       <c r="F119" s="12"/>
       <c r="G119" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H119" s="10"/>
       <c r="I119" s="12"/>
       <c r="J119" s="13"/>
     </row>
-    <row r="120" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A120" s="14">
         <v>103</v>
       </c>
       <c r="B120" s="53" t="s">
         <v>365</v>
       </c>
       <c r="C120" s="82">
         <v>11200</v>
       </c>
       <c r="D120" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E120" s="12"/>
       <c r="F120" s="12"/>
       <c r="G120" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H120" s="10"/>
       <c r="I120" s="12"/>
       <c r="J120" s="13"/>
     </row>
-    <row r="121" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A121" s="14">
         <v>104</v>
       </c>
       <c r="B121" s="53" t="s">
         <v>366</v>
       </c>
       <c r="C121" s="82">
         <v>7300</v>
       </c>
       <c r="D121" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E121" s="12"/>
       <c r="F121" s="12"/>
       <c r="G121" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H121" s="10"/>
       <c r="I121" s="12"/>
       <c r="J121" s="13"/>
     </row>
-    <row r="122" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A122" s="14">
         <v>105</v>
       </c>
       <c r="B122" s="53" t="s">
         <v>367</v>
       </c>
       <c r="C122" s="82">
         <v>7900</v>
       </c>
       <c r="D122" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E122" s="12"/>
       <c r="F122" s="12"/>
       <c r="G122" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H122" s="10"/>
       <c r="I122" s="12"/>
       <c r="J122" s="13"/>
     </row>
-    <row r="123" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A123" s="14">
         <v>106</v>
       </c>
       <c r="B123" s="53" t="s">
         <v>368</v>
       </c>
       <c r="C123" s="82">
         <v>5200</v>
       </c>
       <c r="D123" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E123" s="12"/>
       <c r="F123" s="12"/>
       <c r="G123" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H123" s="10"/>
       <c r="I123" s="12"/>
       <c r="J123" s="13"/>
     </row>
-    <row r="124" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A124" s="14">
         <v>107</v>
       </c>
       <c r="B124" s="53" t="s">
         <v>369</v>
       </c>
       <c r="C124" s="82">
         <v>5900</v>
       </c>
       <c r="D124" s="24" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E124" s="12"/>
       <c r="F124" s="12"/>
       <c r="G124" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H124" s="10"/>
       <c r="I124" s="12"/>
       <c r="J124" s="13"/>
     </row>
-    <row r="125" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A125" s="14">
         <v>108</v>
       </c>
       <c r="B125" s="53" t="s">
         <v>370</v>
       </c>
       <c r="C125" s="82">
         <v>900</v>
       </c>
       <c r="D125" s="52"/>
       <c r="E125" s="12"/>
       <c r="F125" s="12"/>
       <c r="G125" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H125" s="10"/>
       <c r="I125" s="12"/>
       <c r="J125" s="13"/>
     </row>
-    <row r="126" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A126" s="14">
         <v>109</v>
       </c>
       <c r="B126" s="15" t="s">
         <v>371</v>
       </c>
       <c r="C126" s="82">
         <v>78000</v>
       </c>
       <c r="D126" s="52"/>
       <c r="E126" s="12"/>
       <c r="F126" s="12"/>
       <c r="G126" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H126" s="10"/>
       <c r="I126" s="12"/>
       <c r="J126" s="13"/>
     </row>
-    <row r="127" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A127" s="14">
         <v>110</v>
       </c>
       <c r="B127" s="53" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C127" s="82">
         <v>18800</v>
       </c>
       <c r="D127" s="52"/>
       <c r="E127" s="12"/>
       <c r="F127" s="12"/>
       <c r="G127" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H127" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I127" s="12"/>
       <c r="J127" s="13"/>
     </row>
-    <row r="128" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A128" s="14">
         <v>111</v>
       </c>
       <c r="B128" s="15" t="s">
         <v>372</v>
       </c>
       <c r="C128" s="82">
         <v>16500</v>
       </c>
       <c r="D128" s="52"/>
       <c r="E128" s="12"/>
       <c r="F128" s="12"/>
       <c r="G128" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H128" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I128" s="12"/>
       <c r="J128" s="13"/>
     </row>
-    <row r="129" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A129" s="14">
         <v>112</v>
       </c>
       <c r="B129" s="15" t="s">
         <v>373</v>
       </c>
       <c r="C129" s="82">
         <v>17000</v>
       </c>
       <c r="D129" s="52"/>
       <c r="E129" s="12"/>
       <c r="F129" s="12"/>
       <c r="G129" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H129" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I129" s="12"/>
       <c r="J129" s="13"/>
     </row>
-    <row r="130" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A130" s="14">
         <v>113</v>
       </c>
       <c r="B130" s="15" t="s">
         <v>374</v>
       </c>
       <c r="C130" s="82">
         <v>14600</v>
       </c>
       <c r="D130" s="52"/>
       <c r="E130" s="12"/>
       <c r="F130" s="12"/>
       <c r="G130" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H130" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I130" s="12"/>
       <c r="J130" s="13"/>
     </row>
-    <row r="131" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A131" s="14">
         <v>114</v>
       </c>
       <c r="B131" s="15" t="s">
         <v>375</v>
       </c>
       <c r="C131" s="82">
         <v>18200</v>
       </c>
       <c r="D131" s="52"/>
       <c r="E131" s="12"/>
       <c r="F131" s="12"/>
       <c r="G131" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H131" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I131" s="12"/>
       <c r="J131" s="13"/>
     </row>
-    <row r="132" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A132" s="14">
         <v>115</v>
       </c>
       <c r="B132" s="53" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C132" s="82">
         <v>12200</v>
       </c>
       <c r="D132" s="52"/>
       <c r="E132" s="12"/>
       <c r="F132" s="12"/>
       <c r="G132" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H132" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I132" s="12"/>
       <c r="J132" s="13"/>
     </row>
-    <row r="133" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A133" s="126" t="s">
+    <row r="133" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A133" s="124" t="s">
         <v>376</v>
       </c>
-      <c r="B133" s="127"/>
-[...9 lines deleted...]
-    <row r="134" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="B133" s="125"/>
+      <c r="C133" s="125"/>
+      <c r="D133" s="125"/>
+      <c r="E133" s="125"/>
+      <c r="F133" s="125"/>
+      <c r="G133" s="125"/>
+      <c r="H133" s="125"/>
+      <c r="I133" s="125"/>
+      <c r="J133" s="126"/>
+    </row>
+    <row r="134" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A134" s="51">
         <v>116</v>
       </c>
       <c r="B134" s="15" t="s">
         <v>377</v>
       </c>
       <c r="C134" s="82">
-        <v>109000</v>
+        <v>130000</v>
       </c>
       <c r="D134" s="52">
         <v>10637035</v>
       </c>
       <c r="E134" s="12"/>
       <c r="F134" s="12"/>
       <c r="G134" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H134" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I134" s="12"/>
       <c r="J134" s="13"/>
     </row>
-    <row r="135" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A135" s="51">
         <v>117</v>
       </c>
       <c r="B135" s="33" t="s">
         <v>378</v>
       </c>
       <c r="C135" s="82">
-        <v>129000</v>
+        <v>195000</v>
       </c>
       <c r="D135" s="52">
         <v>10637036</v>
       </c>
       <c r="E135" s="12"/>
       <c r="F135" s="12"/>
       <c r="G135" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H135" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I135" s="12"/>
       <c r="J135" s="13"/>
     </row>
-    <row r="136" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A136" s="51">
         <v>118</v>
       </c>
-      <c r="B136" s="33" t="s">
+      <c r="B136" s="53" t="s">
         <v>379</v>
       </c>
-      <c r="C136" s="82">
-        <v>165000</v>
+      <c r="C136" s="157" t="s">
+        <v>409</v>
       </c>
       <c r="D136" s="52">
         <v>10637035</v>
       </c>
       <c r="E136" s="12"/>
       <c r="F136" s="12"/>
       <c r="G136" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H136" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I136" s="12"/>
       <c r="J136" s="13"/>
     </row>
-    <row r="137" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A137" s="51">
         <v>119</v>
       </c>
       <c r="B137" s="33" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="C137" s="82">
         <v>12500</v>
       </c>
       <c r="D137" s="52">
         <v>10683795</v>
       </c>
       <c r="E137" s="12"/>
       <c r="F137" s="12"/>
       <c r="G137" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H137" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I137" s="12"/>
       <c r="J137" s="13"/>
     </row>
-    <row r="138" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A138" s="51">
         <v>120</v>
       </c>
       <c r="B138" s="33" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="C138" s="82">
         <v>7200</v>
       </c>
       <c r="D138" s="52">
         <v>10683796</v>
       </c>
       <c r="E138" s="12"/>
       <c r="F138" s="12"/>
       <c r="G138" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H138" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I138" s="12"/>
       <c r="J138" s="13"/>
     </row>
-    <row r="139" spans="1:10" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A139" s="51">
         <v>121</v>
       </c>
       <c r="B139" s="33" t="s">
-        <v>380</v>
+        <v>608</v>
       </c>
       <c r="C139" s="82">
         <v>10900</v>
       </c>
       <c r="D139" s="52">
         <v>10683797</v>
       </c>
       <c r="E139" s="12"/>
       <c r="F139" s="12"/>
       <c r="G139" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H139" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I139" s="12"/>
       <c r="J139" s="13"/>
     </row>
-    <row r="140" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A140" s="51">
         <v>122</v>
       </c>
       <c r="B140" s="46" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C140" s="82">
         <v>7500</v>
       </c>
       <c r="D140" s="52"/>
       <c r="E140" s="12"/>
       <c r="F140" s="12"/>
       <c r="G140" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H140" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I140" s="12"/>
       <c r="J140" s="13"/>
     </row>
-    <row r="141" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A141" s="51">
         <v>123</v>
       </c>
       <c r="B141" s="53" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="C141" s="82">
         <v>18800</v>
       </c>
       <c r="D141" s="52"/>
       <c r="E141" s="12"/>
       <c r="F141" s="12"/>
       <c r="G141" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H141" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I141" s="12"/>
       <c r="J141" s="13"/>
     </row>
-    <row r="142" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A142" s="51">
         <v>124</v>
       </c>
       <c r="B142" s="53" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="C142" s="82">
         <v>21000</v>
       </c>
       <c r="D142" s="52"/>
       <c r="E142" s="12"/>
       <c r="F142" s="12"/>
       <c r="G142" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H142" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I142" s="12"/>
       <c r="J142" s="13"/>
     </row>
-    <row r="143" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A143" s="123" t="s">
+    <row r="143" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A143" s="141" t="s">
+        <v>396</v>
+      </c>
+      <c r="B143" s="142"/>
+      <c r="C143" s="142"/>
+      <c r="D143" s="142"/>
+      <c r="E143" s="142"/>
+      <c r="F143" s="142"/>
+      <c r="G143" s="142"/>
+      <c r="H143" s="142"/>
+      <c r="I143" s="142"/>
+      <c r="J143" s="143"/>
+    </row>
+    <row r="144" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A144" s="124" t="s">
         <v>397</v>
       </c>
-      <c r="B143" s="124"/>
-[...23 lines deleted...]
-    <row r="145" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B144" s="125"/>
+      <c r="C144" s="125"/>
+      <c r="D144" s="125"/>
+      <c r="E144" s="125"/>
+      <c r="F144" s="125"/>
+      <c r="G144" s="125"/>
+      <c r="H144" s="125"/>
+      <c r="I144" s="125"/>
+      <c r="J144" s="126"/>
+    </row>
+    <row r="145" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A145" s="51">
         <v>125</v>
       </c>
       <c r="B145" s="15" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C145" s="82">
         <v>65000</v>
       </c>
       <c r="D145" s="22"/>
       <c r="E145" s="10"/>
       <c r="F145" s="10"/>
       <c r="G145" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H145" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I145" s="9"/>
       <c r="J145" s="11"/>
     </row>
-    <row r="146" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A146" s="14">
         <v>126</v>
       </c>
       <c r="B146" s="15" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C146" s="82">
         <v>225000</v>
       </c>
       <c r="D146" s="52"/>
       <c r="E146" s="12"/>
       <c r="F146" s="12"/>
       <c r="G146" s="54" t="s">
         <v>251</v>
       </c>
       <c r="H146" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I146" s="12"/>
       <c r="J146" s="13"/>
     </row>
-    <row r="147" spans="1:10" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="A148" s="129" t="s">
+    <row r="147" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A147" s="141" t="s">
+        <v>584</v>
+      </c>
+      <c r="B147" s="142"/>
+      <c r="C147" s="142"/>
+      <c r="D147" s="142"/>
+      <c r="E147" s="142"/>
+      <c r="F147" s="142"/>
+      <c r="G147" s="142"/>
+      <c r="H147" s="142"/>
+      <c r="I147" s="142"/>
+      <c r="J147" s="143"/>
+    </row>
+    <row r="148" spans="1:10" ht="19.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A148" s="144" t="s">
         <v>346</v>
       </c>
-      <c r="B148" s="129"/>
-[...23 lines deleted...]
-    <row r="150" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B148" s="144"/>
+      <c r="C148" s="144"/>
+      <c r="D148" s="144"/>
+      <c r="E148" s="144"/>
+      <c r="F148" s="144"/>
+      <c r="G148" s="144"/>
+      <c r="H148" s="144"/>
+      <c r="I148" s="144"/>
+      <c r="J148" s="144"/>
+    </row>
+    <row r="149" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A149" s="145" t="s">
+        <v>402</v>
+      </c>
+      <c r="B149" s="146"/>
+      <c r="C149" s="146"/>
+      <c r="D149" s="146"/>
+      <c r="E149" s="146"/>
+      <c r="F149" s="146"/>
+      <c r="G149" s="146"/>
+      <c r="H149" s="146"/>
+      <c r="I149" s="146"/>
+      <c r="J149" s="147"/>
+    </row>
+    <row r="150" spans="1:10" ht="42" x14ac:dyDescent="0.15">
       <c r="A150" s="14">
         <v>127</v>
       </c>
       <c r="B150" s="33" t="s">
         <v>264</v>
       </c>
       <c r="C150" s="82">
         <v>105500</v>
       </c>
       <c r="D150" s="22"/>
       <c r="E150" s="10"/>
       <c r="F150" s="10"/>
       <c r="G150" s="10"/>
       <c r="H150" s="10"/>
       <c r="I150" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J150" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="151" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A151" s="14">
         <v>128</v>
       </c>
       <c r="B151" s="33" t="s">
         <v>265</v>
       </c>
       <c r="C151" s="82">
         <v>117500</v>
       </c>
       <c r="D151" s="22"/>
       <c r="E151" s="10"/>
       <c r="F151" s="10"/>
       <c r="G151" s="10"/>
       <c r="H151" s="10"/>
       <c r="I151" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J151" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="152" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A152" s="14">
         <v>129</v>
       </c>
       <c r="B152" s="33" t="s">
         <v>266</v>
       </c>
       <c r="C152" s="82">
         <v>139000</v>
       </c>
       <c r="D152" s="22"/>
       <c r="E152" s="10"/>
       <c r="F152" s="10"/>
       <c r="G152" s="10"/>
       <c r="H152" s="10"/>
       <c r="I152" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J152" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="153" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A153" s="14">
         <v>130</v>
       </c>
       <c r="B153" s="33" t="s">
         <v>267</v>
       </c>
       <c r="C153" s="82">
         <v>164000</v>
       </c>
       <c r="D153" s="22"/>
       <c r="E153" s="10"/>
       <c r="F153" s="10"/>
       <c r="G153" s="10"/>
       <c r="H153" s="10"/>
       <c r="I153" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J153" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="154" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A154" s="14">
         <v>131</v>
       </c>
       <c r="B154" s="33" t="s">
         <v>268</v>
       </c>
       <c r="C154" s="82">
         <v>169000</v>
       </c>
       <c r="D154" s="22"/>
       <c r="E154" s="10"/>
       <c r="F154" s="10"/>
       <c r="G154" s="10"/>
       <c r="H154" s="10"/>
       <c r="I154" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J154" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="155" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A155" s="14">
         <v>132</v>
       </c>
       <c r="B155" s="33" t="s">
         <v>269</v>
       </c>
       <c r="C155" s="82">
         <v>115000</v>
       </c>
       <c r="D155" s="22"/>
       <c r="E155" s="10"/>
       <c r="F155" s="10"/>
       <c r="G155" s="10"/>
       <c r="H155" s="10"/>
       <c r="I155" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J155" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="156" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A156" s="14">
         <v>133</v>
       </c>
       <c r="B156" s="33" t="s">
         <v>270</v>
       </c>
       <c r="C156" s="82">
         <v>112000</v>
       </c>
       <c r="D156" s="22"/>
       <c r="E156" s="10"/>
       <c r="F156" s="10"/>
       <c r="G156" s="10"/>
       <c r="H156" s="10"/>
       <c r="I156" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J156" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="157" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A157" s="14">
         <v>134</v>
       </c>
       <c r="B157" s="33" t="s">
         <v>271</v>
       </c>
       <c r="C157" s="82">
         <v>116000</v>
       </c>
       <c r="D157" s="22"/>
       <c r="E157" s="10"/>
       <c r="F157" s="10"/>
       <c r="G157" s="10"/>
       <c r="H157" s="10"/>
       <c r="I157" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J157" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="158" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A158" s="14">
         <v>135</v>
       </c>
       <c r="B158" s="33" t="s">
         <v>272</v>
       </c>
       <c r="C158" s="82">
         <v>116000</v>
       </c>
       <c r="D158" s="22"/>
       <c r="E158" s="10"/>
       <c r="F158" s="10"/>
       <c r="G158" s="10"/>
       <c r="H158" s="10"/>
       <c r="I158" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J158" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="159" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A159" s="14">
         <v>136</v>
       </c>
       <c r="B159" s="33" t="s">
         <v>273</v>
       </c>
       <c r="C159" s="82">
         <v>112000</v>
       </c>
       <c r="D159" s="22"/>
       <c r="E159" s="10"/>
       <c r="F159" s="10"/>
       <c r="G159" s="10"/>
       <c r="H159" s="10"/>
       <c r="I159" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J159" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="160" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A160" s="14">
         <v>137</v>
       </c>
       <c r="B160" s="33" t="s">
         <v>274</v>
       </c>
       <c r="C160" s="82">
         <v>112000</v>
       </c>
       <c r="D160" s="22"/>
       <c r="E160" s="10"/>
       <c r="F160" s="10"/>
       <c r="G160" s="10"/>
       <c r="H160" s="10"/>
       <c r="I160" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J160" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="161" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A161" s="14">
         <v>138</v>
       </c>
       <c r="B161" s="33" t="s">
         <v>275</v>
       </c>
       <c r="C161" s="82">
         <v>129000</v>
       </c>
       <c r="D161" s="22"/>
       <c r="E161" s="10"/>
       <c r="F161" s="10"/>
       <c r="G161" s="10"/>
       <c r="H161" s="10"/>
       <c r="I161" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J161" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="162" spans="1:10" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="163" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A162" s="124" t="s">
+        <v>403</v>
+      </c>
+      <c r="B162" s="125"/>
+      <c r="C162" s="125"/>
+      <c r="D162" s="125"/>
+      <c r="E162" s="125"/>
+      <c r="F162" s="125"/>
+      <c r="G162" s="125"/>
+      <c r="H162" s="125"/>
+      <c r="I162" s="125"/>
+      <c r="J162" s="126"/>
+    </row>
+    <row r="163" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A163" s="14">
         <v>139</v>
       </c>
       <c r="B163" s="33" t="s">
         <v>276</v>
       </c>
       <c r="C163" s="82">
         <v>111000</v>
       </c>
       <c r="D163" s="22"/>
       <c r="E163" s="10"/>
       <c r="F163" s="10"/>
       <c r="G163" s="10"/>
       <c r="H163" s="10"/>
       <c r="I163" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J163" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="164" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A164" s="14">
         <v>140</v>
       </c>
       <c r="B164" s="33" t="s">
         <v>277</v>
       </c>
       <c r="C164" s="82">
         <v>83000</v>
       </c>
       <c r="D164" s="22"/>
       <c r="E164" s="10"/>
       <c r="F164" s="10"/>
       <c r="G164" s="10"/>
       <c r="H164" s="10"/>
       <c r="I164" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J164" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="165" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A165" s="14">
         <v>141</v>
       </c>
       <c r="B165" s="33" t="s">
         <v>278</v>
       </c>
       <c r="C165" s="82">
         <v>92000</v>
       </c>
       <c r="D165" s="22"/>
       <c r="E165" s="10"/>
       <c r="F165" s="10"/>
       <c r="G165" s="10"/>
       <c r="H165" s="10"/>
       <c r="I165" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J165" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="166" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A166" s="14">
         <v>142</v>
       </c>
       <c r="B166" s="33" t="s">
         <v>279</v>
       </c>
       <c r="C166" s="82">
         <v>83500</v>
       </c>
       <c r="D166" s="22"/>
       <c r="E166" s="10"/>
       <c r="F166" s="10"/>
       <c r="G166" s="10"/>
       <c r="H166" s="10"/>
       <c r="I166" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J166" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="167" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A167" s="14">
         <v>143</v>
       </c>
       <c r="B167" s="33" t="s">
         <v>280</v>
       </c>
       <c r="C167" s="82">
         <v>113500</v>
       </c>
       <c r="D167" s="22"/>
       <c r="E167" s="10"/>
       <c r="F167" s="10"/>
       <c r="G167" s="10"/>
       <c r="H167" s="10"/>
       <c r="I167" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J167" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="168" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:10" ht="42" x14ac:dyDescent="0.15">
       <c r="A168" s="14">
         <v>144</v>
       </c>
       <c r="B168" s="33" t="s">
         <v>281</v>
       </c>
       <c r="C168" s="82">
         <v>113500</v>
       </c>
       <c r="D168" s="22"/>
       <c r="E168" s="10"/>
       <c r="F168" s="10"/>
       <c r="G168" s="10"/>
       <c r="H168" s="10"/>
       <c r="I168" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J168" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="169" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A169" s="14">
         <v>145</v>
       </c>
       <c r="B169" s="33" t="s">
         <v>282</v>
       </c>
       <c r="C169" s="82">
         <v>170000</v>
       </c>
       <c r="D169" s="22"/>
       <c r="E169" s="10"/>
       <c r="F169" s="10"/>
       <c r="G169" s="10"/>
       <c r="H169" s="10"/>
       <c r="I169" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J169" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="170" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:10" ht="42" x14ac:dyDescent="0.15">
       <c r="A170" s="14">
         <v>146</v>
       </c>
       <c r="B170" s="85" t="s">
         <v>283</v>
       </c>
       <c r="C170" s="82">
         <v>102000</v>
       </c>
       <c r="D170" s="22"/>
       <c r="E170" s="10"/>
       <c r="F170" s="10"/>
       <c r="G170" s="10"/>
       <c r="H170" s="10"/>
       <c r="I170" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J170" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="171" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A171" s="14">
         <v>147</v>
       </c>
       <c r="B171" s="59" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="C171" s="82">
         <v>187500</v>
       </c>
       <c r="D171" s="24"/>
       <c r="E171" s="9"/>
       <c r="F171" s="9"/>
       <c r="G171" s="54"/>
       <c r="H171" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I171" s="55" t="s">
         <v>251</v>
       </c>
       <c r="J171" s="55" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="172" spans="1:10" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="173" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A172" s="124" t="s">
+        <v>404</v>
+      </c>
+      <c r="B172" s="125"/>
+      <c r="C172" s="125"/>
+      <c r="D172" s="125"/>
+      <c r="E172" s="125"/>
+      <c r="F172" s="125"/>
+      <c r="G172" s="125"/>
+      <c r="H172" s="125"/>
+      <c r="I172" s="125"/>
+      <c r="J172" s="126"/>
+    </row>
+    <row r="173" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A173" s="86">
         <v>148</v>
       </c>
       <c r="B173" s="33" t="s">
         <v>284</v>
       </c>
       <c r="C173" s="82">
         <v>129000</v>
       </c>
       <c r="D173" s="22"/>
       <c r="E173" s="10"/>
       <c r="F173" s="10"/>
       <c r="G173" s="10"/>
       <c r="H173" s="10"/>
       <c r="I173" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J173" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="174" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A174" s="65">
         <v>149</v>
       </c>
       <c r="B174" s="33" t="s">
         <v>285</v>
       </c>
       <c r="C174" s="82">
         <v>229000</v>
       </c>
       <c r="D174" s="22"/>
       <c r="E174" s="10"/>
       <c r="F174" s="10"/>
       <c r="G174" s="10"/>
       <c r="H174" s="10"/>
       <c r="I174" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J174" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="175" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A175" s="65">
         <v>150</v>
       </c>
       <c r="B175" s="33" t="s">
         <v>286</v>
       </c>
       <c r="C175" s="82">
         <v>333000</v>
       </c>
       <c r="D175" s="22"/>
       <c r="E175" s="10"/>
       <c r="F175" s="10"/>
       <c r="G175" s="10"/>
       <c r="H175" s="10"/>
       <c r="I175" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J175" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="176" spans="1:10" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="177" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A176" s="124" t="s">
+        <v>405</v>
+      </c>
+      <c r="B176" s="125"/>
+      <c r="C176" s="125"/>
+      <c r="D176" s="125"/>
+      <c r="E176" s="125"/>
+      <c r="F176" s="125"/>
+      <c r="G176" s="125"/>
+      <c r="H176" s="125"/>
+      <c r="I176" s="125"/>
+      <c r="J176" s="126"/>
+    </row>
+    <row r="177" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A177" s="65">
         <v>151</v>
       </c>
       <c r="B177" s="33" t="s">
         <v>287</v>
       </c>
       <c r="C177" s="82">
         <v>232000</v>
       </c>
       <c r="D177" s="22"/>
       <c r="E177" s="10"/>
       <c r="F177" s="10"/>
       <c r="G177" s="10"/>
       <c r="H177" s="10"/>
       <c r="I177" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J177" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="178" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A178" s="65">
         <v>152</v>
       </c>
       <c r="B178" s="33" t="s">
         <v>288</v>
       </c>
       <c r="C178" s="82">
         <v>197000</v>
       </c>
       <c r="D178" s="22"/>
       <c r="E178" s="10"/>
       <c r="F178" s="10"/>
       <c r="G178" s="10"/>
       <c r="H178" s="10"/>
       <c r="I178" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J178" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="179" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A179" s="65">
         <v>153</v>
       </c>
       <c r="B179" s="33" t="s">
         <v>289</v>
       </c>
       <c r="C179" s="82">
         <v>277000</v>
       </c>
       <c r="D179" s="22"/>
       <c r="E179" s="10"/>
       <c r="F179" s="10"/>
       <c r="G179" s="10"/>
       <c r="H179" s="10"/>
       <c r="I179" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J179" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="180" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A180" s="65">
         <v>154</v>
       </c>
       <c r="B180" s="33" t="s">
         <v>290</v>
       </c>
       <c r="C180" s="82">
         <v>228000</v>
       </c>
       <c r="D180" s="22"/>
       <c r="E180" s="10"/>
       <c r="F180" s="10"/>
       <c r="G180" s="10"/>
       <c r="H180" s="10"/>
       <c r="I180" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J180" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="181" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A181" s="65">
         <v>155</v>
       </c>
       <c r="B181" s="33" t="s">
         <v>291</v>
       </c>
       <c r="C181" s="82">
         <v>129000</v>
       </c>
       <c r="D181" s="22"/>
       <c r="E181" s="10"/>
       <c r="F181" s="10"/>
       <c r="G181" s="10"/>
       <c r="H181" s="10"/>
       <c r="I181" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J181" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="182" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A182" s="65">
         <v>156</v>
       </c>
       <c r="B182" s="33" t="s">
         <v>292</v>
       </c>
       <c r="C182" s="82">
         <v>129000</v>
       </c>
       <c r="D182" s="22"/>
       <c r="E182" s="10"/>
       <c r="F182" s="10"/>
       <c r="G182" s="10"/>
       <c r="H182" s="10"/>
       <c r="I182" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J182" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="183" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A183" s="65">
         <v>157</v>
       </c>
       <c r="B183" s="33" t="s">
         <v>293</v>
       </c>
       <c r="C183" s="82">
         <v>116000</v>
       </c>
       <c r="D183" s="22"/>
       <c r="E183" s="10"/>
       <c r="F183" s="10"/>
       <c r="G183" s="10"/>
       <c r="H183" s="10"/>
       <c r="I183" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J183" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="184" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:10" ht="42" x14ac:dyDescent="0.15">
       <c r="A184" s="65">
         <v>158</v>
       </c>
       <c r="B184" s="33" t="s">
         <v>294</v>
       </c>
       <c r="C184" s="82">
         <v>115000</v>
       </c>
       <c r="D184" s="22"/>
       <c r="E184" s="10"/>
       <c r="F184" s="10"/>
       <c r="G184" s="10"/>
       <c r="H184" s="10"/>
       <c r="I184" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J184" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="185" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A185" s="65">
         <v>159</v>
       </c>
       <c r="B185" s="33" t="s">
         <v>295</v>
       </c>
       <c r="C185" s="82">
         <v>109000</v>
       </c>
       <c r="D185" s="22"/>
       <c r="E185" s="10"/>
       <c r="F185" s="10"/>
       <c r="G185" s="10"/>
       <c r="H185" s="10"/>
       <c r="I185" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J185" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="186" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A186" s="65">
         <v>160</v>
       </c>
       <c r="B186" s="59" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C186" s="82">
         <v>210000</v>
       </c>
       <c r="D186" s="24"/>
       <c r="E186" s="9"/>
       <c r="F186" s="9"/>
       <c r="G186" s="54"/>
       <c r="H186" s="55" t="s">
         <v>251</v>
       </c>
       <c r="I186" s="55" t="s">
         <v>251</v>
       </c>
       <c r="J186" s="55" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="187" spans="1:10" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="188" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A187" s="124" t="s">
+        <v>406</v>
+      </c>
+      <c r="B187" s="125"/>
+      <c r="C187" s="125"/>
+      <c r="D187" s="125"/>
+      <c r="E187" s="125"/>
+      <c r="F187" s="125"/>
+      <c r="G187" s="125"/>
+      <c r="H187" s="125"/>
+      <c r="I187" s="125"/>
+      <c r="J187" s="126"/>
+    </row>
+    <row r="188" spans="1:10" ht="42" x14ac:dyDescent="0.15">
       <c r="A188" s="14">
         <v>161</v>
       </c>
       <c r="B188" s="33" t="s">
         <v>296</v>
       </c>
       <c r="C188" s="82">
         <v>129000</v>
       </c>
       <c r="D188" s="22"/>
       <c r="E188" s="10"/>
       <c r="F188" s="10"/>
       <c r="G188" s="10"/>
       <c r="H188" s="10"/>
       <c r="I188" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J188" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="189" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A189" s="14">
         <v>162</v>
       </c>
       <c r="B189" s="33" t="s">
         <v>297</v>
       </c>
       <c r="C189" s="82">
         <v>123000</v>
       </c>
       <c r="D189" s="22"/>
       <c r="E189" s="10"/>
       <c r="F189" s="10"/>
       <c r="G189" s="10"/>
       <c r="H189" s="10"/>
       <c r="I189" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J189" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="190" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A190" s="14">
         <v>163</v>
       </c>
       <c r="B190" s="33" t="s">
         <v>298</v>
       </c>
       <c r="C190" s="82">
         <v>135000</v>
       </c>
       <c r="D190" s="22"/>
       <c r="E190" s="10"/>
       <c r="F190" s="10"/>
       <c r="G190" s="10"/>
       <c r="H190" s="10"/>
       <c r="I190" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J190" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="191" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A191" s="14">
         <v>164</v>
       </c>
       <c r="B191" s="33" t="s">
         <v>299</v>
       </c>
       <c r="C191" s="82">
         <v>129000</v>
       </c>
       <c r="D191" s="22"/>
       <c r="E191" s="10"/>
       <c r="F191" s="10"/>
       <c r="G191" s="10"/>
       <c r="H191" s="10"/>
       <c r="I191" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J191" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="192" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A192" s="14">
         <v>165</v>
       </c>
       <c r="B192" s="33" t="s">
         <v>300</v>
       </c>
       <c r="C192" s="82">
         <v>115000</v>
       </c>
       <c r="D192" s="22"/>
       <c r="E192" s="10"/>
       <c r="F192" s="10"/>
       <c r="G192" s="10"/>
       <c r="H192" s="10"/>
       <c r="I192" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J192" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="193" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A193" s="14">
         <v>166</v>
       </c>
       <c r="B193" s="33" t="s">
         <v>301</v>
       </c>
       <c r="C193" s="82">
         <v>83000</v>
       </c>
       <c r="D193" s="22"/>
       <c r="E193" s="10"/>
       <c r="F193" s="10"/>
       <c r="G193" s="10"/>
       <c r="H193" s="10"/>
       <c r="I193" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J193" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="194" spans="1:10" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:10" ht="42" x14ac:dyDescent="0.15">
       <c r="A194" s="14">
         <v>167</v>
       </c>
       <c r="B194" s="33" t="s">
         <v>302</v>
       </c>
       <c r="C194" s="82">
         <v>158000</v>
       </c>
       <c r="D194" s="22"/>
       <c r="E194" s="10"/>
       <c r="F194" s="10"/>
       <c r="G194" s="10"/>
       <c r="H194" s="10"/>
       <c r="I194" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J194" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="195" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A195" s="14">
         <v>168</v>
       </c>
       <c r="B195" s="33" t="s">
         <v>303</v>
       </c>
       <c r="C195" s="82">
         <v>142000</v>
       </c>
       <c r="D195" s="22"/>
       <c r="E195" s="10"/>
       <c r="F195" s="10"/>
       <c r="G195" s="10"/>
       <c r="H195" s="10"/>
       <c r="I195" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J195" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="196" spans="1:10" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="197" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A196" s="124" t="s">
+        <v>407</v>
+      </c>
+      <c r="B196" s="125"/>
+      <c r="C196" s="125"/>
+      <c r="D196" s="125"/>
+      <c r="E196" s="125"/>
+      <c r="F196" s="125"/>
+      <c r="G196" s="125"/>
+      <c r="H196" s="125"/>
+      <c r="I196" s="125"/>
+      <c r="J196" s="126"/>
+    </row>
+    <row r="197" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A197" s="14">
         <v>169</v>
       </c>
       <c r="B197" s="33" t="s">
         <v>304</v>
       </c>
       <c r="C197" s="82">
         <v>535000</v>
       </c>
       <c r="D197" s="22"/>
       <c r="E197" s="10"/>
       <c r="F197" s="10"/>
       <c r="G197" s="10"/>
       <c r="H197" s="10"/>
       <c r="I197" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J197" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="198" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A198" s="14">
         <v>170</v>
       </c>
       <c r="B198" s="33" t="s">
         <v>305</v>
       </c>
       <c r="C198" s="82">
         <v>535000</v>
       </c>
       <c r="D198" s="22"/>
       <c r="E198" s="10"/>
       <c r="F198" s="10"/>
       <c r="G198" s="10"/>
       <c r="H198" s="10"/>
       <c r="I198" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J198" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="199" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A199" s="14">
         <v>171</v>
       </c>
       <c r="B199" s="33" t="s">
         <v>306</v>
       </c>
       <c r="C199" s="82">
         <v>535000</v>
       </c>
       <c r="D199" s="22"/>
       <c r="E199" s="10"/>
       <c r="F199" s="10"/>
       <c r="G199" s="10"/>
       <c r="H199" s="10"/>
       <c r="I199" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J199" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="200" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A200" s="14">
         <v>172</v>
       </c>
       <c r="B200" s="33" t="s">
         <v>307</v>
       </c>
       <c r="C200" s="82">
         <v>201000</v>
       </c>
       <c r="D200" s="22"/>
       <c r="E200" s="10"/>
       <c r="F200" s="10"/>
       <c r="G200" s="10"/>
       <c r="H200" s="10"/>
       <c r="I200" s="9" t="s">
         <v>251</v>
       </c>
       <c r="J200" s="11" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="201" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:10" ht="14" x14ac:dyDescent="0.15">
       <c r="A201" s="14">
         <v>173</v>
       </c>
       <c r="B201" s="87" t="s">
         <v>308</v>
       </c>
       <c r="C201" s="82">
         <v>221000</v>
       </c>
       <c r="D201" s="88"/>
       <c r="E201" s="89"/>
       <c r="F201" s="89"/>
       <c r="G201" s="89"/>
       <c r="H201" s="89"/>
       <c r="I201" s="12" t="s">
         <v>251</v>
       </c>
       <c r="J201" s="13" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="202" spans="1:10" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="203" spans="1:10" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:10" x14ac:dyDescent="0.15">
+      <c r="A202" s="138" t="s">
+        <v>408</v>
+      </c>
+      <c r="B202" s="139"/>
+      <c r="C202" s="139"/>
+      <c r="D202" s="139"/>
+      <c r="E202" s="139"/>
+      <c r="F202" s="139"/>
+      <c r="G202" s="139"/>
+      <c r="H202" s="139"/>
+      <c r="I202" s="139"/>
+      <c r="J202" s="140"/>
+    </row>
+    <row r="203" spans="1:10" ht="28" x14ac:dyDescent="0.15">
       <c r="A203" s="65">
         <v>174</v>
       </c>
       <c r="B203" s="33" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="C203" s="90">
         <v>380000</v>
       </c>
       <c r="D203" s="24"/>
       <c r="E203" s="9"/>
       <c r="F203" s="9"/>
       <c r="G203" s="54"/>
       <c r="H203" s="54" t="s">
         <v>251</v>
       </c>
       <c r="I203" s="54" t="s">
         <v>251</v>
       </c>
       <c r="J203" s="54" t="s">
         <v>251</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A5:J201">
+  <autoFilter ref="A5:J201" xr:uid="{00000000-0009-0000-0000-000001000000}">
     <filterColumn colId="4" showButton="0"/>
     <filterColumn colId="5" showButton="0"/>
     <filterColumn colId="6" showButton="0"/>
     <filterColumn colId="7" showButton="0"/>
     <filterColumn colId="8" showButton="0"/>
   </autoFilter>
   <mergeCells count="32">
-    <mergeCell ref="A111:J111"/>
-[...14 lines deleted...]
-    <mergeCell ref="D5:D6"/>
     <mergeCell ref="A202:J202"/>
     <mergeCell ref="A143:J143"/>
     <mergeCell ref="A144:J144"/>
     <mergeCell ref="C2:J2"/>
     <mergeCell ref="A148:J148"/>
     <mergeCell ref="A187:J187"/>
     <mergeCell ref="A196:J196"/>
     <mergeCell ref="A149:J149"/>
     <mergeCell ref="A162:J162"/>
     <mergeCell ref="A172:J172"/>
     <mergeCell ref="A176:J176"/>
     <mergeCell ref="A83:J83"/>
     <mergeCell ref="A147:J147"/>
     <mergeCell ref="A8:J8"/>
     <mergeCell ref="A54:J54"/>
     <mergeCell ref="A72:J72"/>
+    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="E5:J5"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="A111:J111"/>
+    <mergeCell ref="A112:J112"/>
+    <mergeCell ref="A133:J133"/>
+    <mergeCell ref="A48:J48"/>
+    <mergeCell ref="A7:J7"/>
+    <mergeCell ref="A27:J27"/>
+    <mergeCell ref="A53:J53"/>
+    <mergeCell ref="A45:J45"/>
+    <mergeCell ref="C107:C110"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B104" r:id="rId1"/>
-[...131 lines deleted...]
-    <hyperlink ref="B113" r:id="rId133"/>
+    <hyperlink ref="B104" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="B105" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
+    <hyperlink ref="B30" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
+    <hyperlink ref="B31" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
+    <hyperlink ref="B32" r:id="rId5" xr:uid="{00000000-0004-0000-0100-000004000000}"/>
+    <hyperlink ref="B38" r:id="rId6" xr:uid="{00000000-0004-0000-0100-000005000000}"/>
+    <hyperlink ref="B39" r:id="rId7" xr:uid="{00000000-0004-0000-0100-000006000000}"/>
+    <hyperlink ref="B29" r:id="rId8" xr:uid="{00000000-0004-0000-0100-000007000000}"/>
+    <hyperlink ref="B40" r:id="rId9" xr:uid="{00000000-0004-0000-0100-000008000000}"/>
+    <hyperlink ref="B41" r:id="rId10" xr:uid="{00000000-0004-0000-0100-000009000000}"/>
+    <hyperlink ref="B42" r:id="rId11" xr:uid="{00000000-0004-0000-0100-00000A000000}"/>
+    <hyperlink ref="B43" r:id="rId12" xr:uid="{00000000-0004-0000-0100-00000B000000}"/>
+    <hyperlink ref="B46" r:id="rId13" xr:uid="{00000000-0004-0000-0100-00000C000000}"/>
+    <hyperlink ref="B56" r:id="rId14" xr:uid="{00000000-0004-0000-0100-00000D000000}"/>
+    <hyperlink ref="B57" r:id="rId15" display="Набор НАУРОБО для сборки роботов (1508+)" xr:uid="{00000000-0004-0000-0100-00000E000000}"/>
+    <hyperlink ref="B60" r:id="rId16" xr:uid="{00000000-0004-0000-0100-00000F000000}"/>
+    <hyperlink ref="B61" r:id="rId17" xr:uid="{00000000-0004-0000-0100-000010000000}"/>
+    <hyperlink ref="B73" r:id="rId18" xr:uid="{00000000-0004-0000-0100-000011000000}"/>
+    <hyperlink ref="B74" r:id="rId19" xr:uid="{00000000-0004-0000-0100-000012000000}"/>
+    <hyperlink ref="B75" r:id="rId20" xr:uid="{00000000-0004-0000-0100-000013000000}"/>
+    <hyperlink ref="B76" r:id="rId21" xr:uid="{00000000-0004-0000-0100-000014000000}"/>
+    <hyperlink ref="B77" r:id="rId22" xr:uid="{00000000-0004-0000-0100-000015000000}"/>
+    <hyperlink ref="B78" r:id="rId23" xr:uid="{00000000-0004-0000-0100-000016000000}"/>
+    <hyperlink ref="B79" r:id="rId24" xr:uid="{00000000-0004-0000-0100-000017000000}"/>
+    <hyperlink ref="B80" r:id="rId25" xr:uid="{00000000-0004-0000-0100-000018000000}"/>
+    <hyperlink ref="B36" r:id="rId26" xr:uid="{00000000-0004-0000-0100-000019000000}"/>
+    <hyperlink ref="B35" r:id="rId27" xr:uid="{00000000-0004-0000-0100-00001A000000}"/>
+    <hyperlink ref="B150" r:id="rId28" xr:uid="{00000000-0004-0000-0100-00001B000000}"/>
+    <hyperlink ref="B151" r:id="rId29" xr:uid="{00000000-0004-0000-0100-00001C000000}"/>
+    <hyperlink ref="B152" r:id="rId30" xr:uid="{00000000-0004-0000-0100-00001D000000}"/>
+    <hyperlink ref="B153" r:id="rId31" xr:uid="{00000000-0004-0000-0100-00001E000000}"/>
+    <hyperlink ref="B154" r:id="rId32" xr:uid="{00000000-0004-0000-0100-00001F000000}"/>
+    <hyperlink ref="B155" r:id="rId33" xr:uid="{00000000-0004-0000-0100-000020000000}"/>
+    <hyperlink ref="B156" r:id="rId34" xr:uid="{00000000-0004-0000-0100-000021000000}"/>
+    <hyperlink ref="B157" r:id="rId35" xr:uid="{00000000-0004-0000-0100-000022000000}"/>
+    <hyperlink ref="B158" r:id="rId36" xr:uid="{00000000-0004-0000-0100-000023000000}"/>
+    <hyperlink ref="B159" r:id="rId37" xr:uid="{00000000-0004-0000-0100-000024000000}"/>
+    <hyperlink ref="B160" r:id="rId38" xr:uid="{00000000-0004-0000-0100-000025000000}"/>
+    <hyperlink ref="B161" r:id="rId39" xr:uid="{00000000-0004-0000-0100-000026000000}"/>
+    <hyperlink ref="B163" r:id="rId40" xr:uid="{00000000-0004-0000-0100-000027000000}"/>
+    <hyperlink ref="B164" r:id="rId41" xr:uid="{00000000-0004-0000-0100-000028000000}"/>
+    <hyperlink ref="B165" r:id="rId42" xr:uid="{00000000-0004-0000-0100-000029000000}"/>
+    <hyperlink ref="B166" r:id="rId43" xr:uid="{00000000-0004-0000-0100-00002A000000}"/>
+    <hyperlink ref="B167" r:id="rId44" xr:uid="{00000000-0004-0000-0100-00002B000000}"/>
+    <hyperlink ref="B168" r:id="rId45" xr:uid="{00000000-0004-0000-0100-00002C000000}"/>
+    <hyperlink ref="B169" r:id="rId46" xr:uid="{00000000-0004-0000-0100-00002D000000}"/>
+    <hyperlink ref="B173" r:id="rId47" xr:uid="{00000000-0004-0000-0100-00002E000000}"/>
+    <hyperlink ref="B174" r:id="rId48" xr:uid="{00000000-0004-0000-0100-00002F000000}"/>
+    <hyperlink ref="B175" r:id="rId49" xr:uid="{00000000-0004-0000-0100-000030000000}"/>
+    <hyperlink ref="B177" r:id="rId50" xr:uid="{00000000-0004-0000-0100-000031000000}"/>
+    <hyperlink ref="B178" r:id="rId51" xr:uid="{00000000-0004-0000-0100-000032000000}"/>
+    <hyperlink ref="B179" r:id="rId52" xr:uid="{00000000-0004-0000-0100-000033000000}"/>
+    <hyperlink ref="B180" r:id="rId53" xr:uid="{00000000-0004-0000-0100-000034000000}"/>
+    <hyperlink ref="B181" r:id="rId54" xr:uid="{00000000-0004-0000-0100-000035000000}"/>
+    <hyperlink ref="B182" r:id="rId55" xr:uid="{00000000-0004-0000-0100-000036000000}"/>
+    <hyperlink ref="B183" r:id="rId56" xr:uid="{00000000-0004-0000-0100-000037000000}"/>
+    <hyperlink ref="B184" r:id="rId57" xr:uid="{00000000-0004-0000-0100-000038000000}"/>
+    <hyperlink ref="B185" r:id="rId58" xr:uid="{00000000-0004-0000-0100-000039000000}"/>
+    <hyperlink ref="B188" r:id="rId59" xr:uid="{00000000-0004-0000-0100-00003A000000}"/>
+    <hyperlink ref="B189" r:id="rId60" xr:uid="{00000000-0004-0000-0100-00003B000000}"/>
+    <hyperlink ref="B190" r:id="rId61" xr:uid="{00000000-0004-0000-0100-00003C000000}"/>
+    <hyperlink ref="B191" r:id="rId62" xr:uid="{00000000-0004-0000-0100-00003D000000}"/>
+    <hyperlink ref="B192" r:id="rId63" xr:uid="{00000000-0004-0000-0100-00003E000000}"/>
+    <hyperlink ref="B193" r:id="rId64" xr:uid="{00000000-0004-0000-0100-00003F000000}"/>
+    <hyperlink ref="B194" r:id="rId65" xr:uid="{00000000-0004-0000-0100-000040000000}"/>
+    <hyperlink ref="B195" r:id="rId66" xr:uid="{00000000-0004-0000-0100-000041000000}"/>
+    <hyperlink ref="B197" r:id="rId67" xr:uid="{00000000-0004-0000-0100-000042000000}"/>
+    <hyperlink ref="B198" r:id="rId68" xr:uid="{00000000-0004-0000-0100-000043000000}"/>
+    <hyperlink ref="B199" r:id="rId69" xr:uid="{00000000-0004-0000-0100-000044000000}"/>
+    <hyperlink ref="B200" r:id="rId70" xr:uid="{00000000-0004-0000-0100-000045000000}"/>
+    <hyperlink ref="B201" r:id="rId71" xr:uid="{00000000-0004-0000-0100-000046000000}"/>
+    <hyperlink ref="B9" r:id="rId72" xr:uid="{00000000-0004-0000-0100-000047000000}"/>
+    <hyperlink ref="B10" r:id="rId73" xr:uid="{00000000-0004-0000-0100-000048000000}"/>
+    <hyperlink ref="B62" r:id="rId74" xr:uid="{00000000-0004-0000-0100-000049000000}"/>
+    <hyperlink ref="B63" r:id="rId75" xr:uid="{00000000-0004-0000-0100-00004A000000}"/>
+    <hyperlink ref="B58" r:id="rId76" display="Ресурсный набор НАУРОБО для конструирования (1507+)" xr:uid="{00000000-0004-0000-0100-00004B000000}"/>
+    <hyperlink ref="B64" r:id="rId77" xr:uid="{00000000-0004-0000-0100-00004C000000}"/>
+    <hyperlink ref="B67" r:id="rId78" xr:uid="{00000000-0004-0000-0100-00004D000000}"/>
+    <hyperlink ref="B33" r:id="rId79" xr:uid="{00000000-0004-0000-0100-00004E000000}"/>
+    <hyperlink ref="D20" r:id="rId80" xr:uid="{00000000-0004-0000-0100-00004F000000}"/>
+    <hyperlink ref="D21" r:id="rId81" xr:uid="{00000000-0004-0000-0100-000050000000}"/>
+    <hyperlink ref="B126" r:id="rId82" xr:uid="{00000000-0004-0000-0100-000051000000}"/>
+    <hyperlink ref="B114" r:id="rId83" xr:uid="{00000000-0004-0000-0100-000052000000}"/>
+    <hyperlink ref="B135" r:id="rId84" display="ФГОС-лаборатория по физике цифровая базовая со стойкой" xr:uid="{00000000-0004-0000-0100-000053000000}"/>
+    <hyperlink ref="B134" r:id="rId85" display="ФГОС-лаборатория по физике базовая со стойкой" xr:uid="{00000000-0004-0000-0100-000054000000}"/>
+    <hyperlink ref="B139" r:id="rId86" display="Набор лабораторный «Оптические явления» (в лотке)" xr:uid="{00000000-0004-0000-0100-000055000000}"/>
+    <hyperlink ref="B138" r:id="rId87" display="Набор лабораторный «Электричество» (в лотке)" xr:uid="{00000000-0004-0000-0100-000056000000}"/>
+    <hyperlink ref="B137" r:id="rId88" display="Набор лабораторный «Механические явления» (в лотке)" xr:uid="{00000000-0004-0000-0100-000057000000}"/>
+    <hyperlink ref="B28" r:id="rId89" xr:uid="{00000000-0004-0000-0100-000058000000}"/>
+    <hyperlink ref="B34" r:id="rId90" xr:uid="{00000000-0004-0000-0100-000059000000}"/>
+    <hyperlink ref="B128" r:id="rId91" xr:uid="{00000000-0004-0000-0100-00005A000000}"/>
+    <hyperlink ref="B129" r:id="rId92" xr:uid="{00000000-0004-0000-0100-00005B000000}"/>
+    <hyperlink ref="B130" r:id="rId93" xr:uid="{00000000-0004-0000-0100-00005C000000}"/>
+    <hyperlink ref="B131" r:id="rId94" xr:uid="{00000000-0004-0000-0100-00005D000000}"/>
+    <hyperlink ref="B70" r:id="rId95" xr:uid="{00000000-0004-0000-0100-00005E000000}"/>
+    <hyperlink ref="B71" r:id="rId96" xr:uid="{00000000-0004-0000-0100-00005F000000}"/>
+    <hyperlink ref="B81" r:id="rId97" xr:uid="{00000000-0004-0000-0100-000060000000}"/>
+    <hyperlink ref="B82" r:id="rId98" xr:uid="{00000000-0004-0000-0100-000061000000}"/>
+    <hyperlink ref="B145" r:id="rId99" xr:uid="{00000000-0004-0000-0100-000063000000}"/>
+    <hyperlink ref="B146" r:id="rId100" xr:uid="{00000000-0004-0000-0100-000064000000}"/>
+    <hyperlink ref="B37" r:id="rId101" xr:uid="{00000000-0004-0000-0100-000065000000}"/>
+    <hyperlink ref="B103" r:id="rId102" xr:uid="{00000000-0004-0000-0100-000066000000}"/>
+    <hyperlink ref="B55" r:id="rId103" xr:uid="{00000000-0004-0000-0100-000067000000}"/>
+    <hyperlink ref="B65" r:id="rId104" xr:uid="{00000000-0004-0000-0100-000068000000}"/>
+    <hyperlink ref="B84" r:id="rId105" xr:uid="{00000000-0004-0000-0100-000069000000}"/>
+    <hyperlink ref="B85" r:id="rId106" xr:uid="{00000000-0004-0000-0100-00006A000000}"/>
+    <hyperlink ref="B86" r:id="rId107" xr:uid="{00000000-0004-0000-0100-00006B000000}"/>
+    <hyperlink ref="B87" r:id="rId108" xr:uid="{00000000-0004-0000-0100-00006C000000}"/>
+    <hyperlink ref="B88" r:id="rId109" xr:uid="{00000000-0004-0000-0100-00006D000000}"/>
+    <hyperlink ref="B90" r:id="rId110" xr:uid="{00000000-0004-0000-0100-00006E000000}"/>
+    <hyperlink ref="B91" r:id="rId111" xr:uid="{00000000-0004-0000-0100-00006F000000}"/>
+    <hyperlink ref="B92" r:id="rId112" xr:uid="{00000000-0004-0000-0100-000070000000}"/>
+    <hyperlink ref="B93" r:id="rId113" display="Цифровая лаборатория по биологии и экологии для учителя (новинка)" xr:uid="{00000000-0004-0000-0100-000071000000}"/>
+    <hyperlink ref="B94" r:id="rId114" display="Цифровая лаборатория по биологии и экологии для ученика (новинка)" xr:uid="{00000000-0004-0000-0100-000072000000}"/>
+    <hyperlink ref="B95" r:id="rId115" display="Цифровая лаборатория по основам безопасности и защиты Родины (ОБЗР) (тип 1) (новинка)" xr:uid="{00000000-0004-0000-0100-000073000000}"/>
+    <hyperlink ref="B96" r:id="rId116" display="Цифровая лаборатория по основам безопасности и защиты Родины (ОБЗР) (тип 2) (новинка)" xr:uid="{00000000-0004-0000-0100-000074000000}"/>
+    <hyperlink ref="B97" r:id="rId117" display="Цифровая лаборатория по основам безопасности и защиты Родины (ОБЗР) (тип 3) (новинка)" xr:uid="{00000000-0004-0000-0100-000075000000}"/>
+    <hyperlink ref="B98" r:id="rId118" xr:uid="{00000000-0004-0000-0100-000076000000}"/>
+    <hyperlink ref="B99" r:id="rId119" xr:uid="{00000000-0004-0000-0100-000077000000}"/>
+    <hyperlink ref="B100" r:id="rId120" xr:uid="{00000000-0004-0000-0100-000078000000}"/>
+    <hyperlink ref="B101" r:id="rId121" xr:uid="{00000000-0004-0000-0100-000079000000}"/>
+    <hyperlink ref="B102" r:id="rId122" xr:uid="{00000000-0004-0000-0100-00007A000000}"/>
+    <hyperlink ref="B203" r:id="rId123" xr:uid="{00000000-0004-0000-0100-00007B000000}"/>
+    <hyperlink ref="B68" r:id="rId124" xr:uid="{00000000-0004-0000-0100-00007C000000}"/>
+    <hyperlink ref="B69" r:id="rId125" xr:uid="{00000000-0004-0000-0100-00007D000000}"/>
+    <hyperlink ref="B47" r:id="rId126" display="Программно-методический комплекс «ЛогоТолк»" xr:uid="{00000000-0004-0000-0100-00007E000000}"/>
+    <hyperlink ref="D46" r:id="rId127" xr:uid="{00000000-0004-0000-0100-00007F000000}"/>
+    <hyperlink ref="D47" r:id="rId128" xr:uid="{00000000-0004-0000-0100-000080000000}"/>
+    <hyperlink ref="B59" r:id="rId129" display="Набор НАУРОБО «Технологии, конструирование и механизмы»" xr:uid="{00000000-0004-0000-0100-000081000000}"/>
+    <hyperlink ref="B66" r:id="rId130" display="Ресурсный набор по робототехнике НАУРОБО" xr:uid="{00000000-0004-0000-0100-000082000000}"/>
+    <hyperlink ref="B106" r:id="rId131" xr:uid="{00000000-0004-0000-0100-000083000000}"/>
+    <hyperlink ref="B113" r:id="rId132" xr:uid="{00000000-0004-0000-0100-000084000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId134"/>
-  <drawing r:id="rId135"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId133"/>
+  <drawing r:id="rId134"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="0" tint="-0.499984740745262"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G1008"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="14" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="9.44140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="57.44140625" style="26" customWidth="1"/>
+    <col min="1" max="1" width="9.5" customWidth="1"/>
+    <col min="2" max="2" width="45.5" style="29" customWidth="1"/>
+    <col min="3" max="3" width="57.5" style="26" customWidth="1"/>
     <col min="4" max="4" width="11" style="7" customWidth="1"/>
-    <col min="5" max="5" width="15.44140625" style="5" customWidth="1"/>
+    <col min="5" max="5" width="15.5" style="5" customWidth="1"/>
     <col min="6" max="6" width="13" style="50" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" ht="13.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="31"/>
       <c r="B1" s="95" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
       <c r="E1" s="32"/>
       <c r="F1" s="32"/>
     </row>
-    <row r="2" spans="1:7" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" ht="99" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="31"/>
       <c r="B2" s="30"/>
-      <c r="C2" s="107" t="s">
+      <c r="C2" s="115" t="s">
         <v>357</v>
       </c>
-      <c r="D2" s="107"/>
-[...14 lines deleted...]
-      <c r="A4" s="109" t="s">
+      <c r="D2" s="115"/>
+      <c r="E2" s="115"/>
+      <c r="F2" s="115"/>
+    </row>
+    <row r="3" spans="1:7" ht="22.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A3" s="116" t="s">
+        <v>553</v>
+      </c>
+      <c r="B3" s="116"/>
+      <c r="C3" s="116"/>
+      <c r="D3" s="116"/>
+      <c r="E3" s="116"/>
+      <c r="F3" s="116"/>
+    </row>
+    <row r="4" spans="1:7" ht="40.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="117" t="s">
         <v>347</v>
       </c>
-      <c r="B4" s="109"/>
-[...5 lines deleted...]
-    <row r="5" spans="1:7" ht="69" x14ac:dyDescent="0.25">
+      <c r="B4" s="117"/>
+      <c r="C4" s="117"/>
+      <c r="D4" s="117"/>
+      <c r="E4" s="117"/>
+      <c r="F4" s="117"/>
+    </row>
+    <row r="5" spans="1:7" ht="75" x14ac:dyDescent="0.15">
       <c r="A5" s="19" t="s">
         <v>318</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>328</v>
       </c>
       <c r="C5" s="20" t="s">
         <v>325</v>
       </c>
       <c r="D5" s="20" t="s">
         <v>345</v>
       </c>
       <c r="E5" s="21" t="s">
         <v>222</v>
       </c>
       <c r="F5" s="48" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A6" s="110" t="s">
+    <row r="6" spans="1:7" ht="13" x14ac:dyDescent="0.15">
+      <c r="A6" s="118" t="s">
         <v>326</v>
       </c>
-      <c r="B6" s="110"/>
-[...6 lines deleted...]
-      <c r="A7" s="111" t="s">
+      <c r="B6" s="118"/>
+      <c r="C6" s="118"/>
+      <c r="D6" s="118"/>
+      <c r="E6" s="118"/>
+      <c r="F6" s="118"/>
+    </row>
+    <row r="7" spans="1:7" ht="13" x14ac:dyDescent="0.15">
+      <c r="A7" s="119" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="111"/>
-[...6 lines deleted...]
-      <c r="A8" s="112" t="s">
+      <c r="B7" s="119"/>
+      <c r="C7" s="119"/>
+      <c r="D7" s="119"/>
+      <c r="E7" s="119"/>
+      <c r="F7" s="119"/>
+    </row>
+    <row r="8" spans="1:7" ht="13" x14ac:dyDescent="0.15">
+      <c r="A8" s="106" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="112"/>
-[...5 lines deleted...]
-    <row r="9" spans="1:7" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B8" s="106"/>
+      <c r="C8" s="106"/>
+      <c r="D8" s="106"/>
+      <c r="E8" s="106"/>
+      <c r="F8" s="106"/>
+    </row>
+    <row r="9" spans="1:7" ht="28" x14ac:dyDescent="0.15">
       <c r="A9" s="35" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="33" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="72">
         <v>20900</v>
       </c>
       <c r="E9" s="17"/>
       <c r="F9" s="49">
         <v>5</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="28" x14ac:dyDescent="0.15">
       <c r="A10" s="35" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="33" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="72">
         <v>67000</v>
       </c>
       <c r="E10" s="17"/>
       <c r="F10" s="49">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.15">
       <c r="A11" s="35" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="27" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="33" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="72">
         <v>89000</v>
       </c>
       <c r="E11" s="17"/>
       <c r="F11" s="49">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A12" s="112" t="s">
+    <row r="12" spans="1:7" ht="13" x14ac:dyDescent="0.15">
+      <c r="A12" s="106" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="112"/>
-[...5 lines deleted...]
-    <row r="13" spans="1:7" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B12" s="106"/>
+      <c r="C12" s="106"/>
+      <c r="D12" s="106"/>
+      <c r="E12" s="106"/>
+      <c r="F12" s="106"/>
+    </row>
+    <row r="13" spans="1:7" ht="28" x14ac:dyDescent="0.15">
       <c r="A13" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="98" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="72">
         <v>165000</v>
       </c>
       <c r="E13" s="17">
         <v>10637030</v>
       </c>
       <c r="F13" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="28" x14ac:dyDescent="0.15">
       <c r="A14" s="35" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="98" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="72">
         <v>125000</v>
       </c>
       <c r="E14" s="17">
         <v>10637014</v>
       </c>
       <c r="F14" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="28" x14ac:dyDescent="0.15">
       <c r="A15" s="35" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="98" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="72">
         <v>295000</v>
       </c>
       <c r="E15" s="17">
         <v>10637015</v>
       </c>
       <c r="F15" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" ht="28" x14ac:dyDescent="0.15">
       <c r="A16" s="35" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="27" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="33" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="72">
         <v>22500</v>
       </c>
       <c r="E16" s="17">
         <v>10620707</v>
       </c>
       <c r="F16" s="49">
         <v>8</v>
       </c>
       <c r="G16" s="66"/>
     </row>
-    <row r="17" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A17" s="112" t="s">
+    <row r="17" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A17" s="106" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="112"/>
-[...5 lines deleted...]
-    <row r="18" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B17" s="106"/>
+      <c r="C17" s="106"/>
+      <c r="D17" s="106"/>
+      <c r="E17" s="106"/>
+      <c r="F17" s="106"/>
+    </row>
+    <row r="18" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A18" s="35" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="33" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="72">
         <v>18500</v>
       </c>
       <c r="E18" s="17">
         <v>10620708</v>
       </c>
       <c r="F18" s="49">
         <v>4</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A19" s="106" t="s">
+    <row r="19" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A19" s="107" t="s">
         <v>22</v>
       </c>
-      <c r="B19" s="106"/>
-[...6 lines deleted...]
-      <c r="A20" s="112" t="s">
+      <c r="B19" s="107"/>
+      <c r="C19" s="107"/>
+      <c r="D19" s="107"/>
+      <c r="E19" s="107"/>
+      <c r="F19" s="107"/>
+    </row>
+    <row r="20" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A20" s="106" t="s">
         <v>23</v>
       </c>
-      <c r="B20" s="112"/>
-[...5 lines deleted...]
-    <row r="21" spans="1:6" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="B20" s="106"/>
+      <c r="C20" s="106"/>
+      <c r="D20" s="106"/>
+      <c r="E20" s="106"/>
+      <c r="F20" s="106"/>
+    </row>
+    <row r="21" spans="1:6" ht="56" x14ac:dyDescent="0.15">
       <c r="A21" s="73" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="74" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="33" t="s">
         <v>26</v>
       </c>
       <c r="D21" s="72">
         <v>52000</v>
       </c>
       <c r="E21" s="75"/>
       <c r="F21" s="76">
         <v>6</v>
       </c>
     </row>
-    <row r="22" spans="1:6" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:6" ht="13.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="73" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="74" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="33" t="s">
         <v>28</v>
       </c>
       <c r="D22" s="72">
         <v>32000</v>
       </c>
       <c r="E22" s="75"/>
       <c r="F22" s="76">
         <v>12</v>
       </c>
     </row>
-    <row r="23" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A23" s="73" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="74" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="33" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="72">
         <v>110000</v>
       </c>
       <c r="E23" s="75"/>
       <c r="F23" s="76">
         <v>6</v>
       </c>
     </row>
-    <row r="24" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A24" s="73" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="74" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="33" t="s">
         <v>32</v>
       </c>
       <c r="D24" s="77">
         <v>9600</v>
       </c>
       <c r="E24" s="75"/>
       <c r="F24" s="76">
         <v>6</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A25" s="150" t="s">
+    <row r="25" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A25" s="155" t="s">
         <v>33</v>
       </c>
-      <c r="B25" s="150"/>
-[...5 lines deleted...]
-    <row r="26" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B25" s="155"/>
+      <c r="C25" s="155"/>
+      <c r="D25" s="155"/>
+      <c r="E25" s="155"/>
+      <c r="F25" s="155"/>
+    </row>
+    <row r="26" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A26" s="73" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="74" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="98" t="s">
         <v>36</v>
       </c>
       <c r="D26" s="72">
         <v>78000</v>
       </c>
       <c r="E26" s="17">
         <v>10637031</v>
       </c>
       <c r="F26" s="76">
         <v>12</v>
       </c>
     </row>
-    <row r="27" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A27" s="73" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="74" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="33" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="72">
         <v>14500</v>
       </c>
       <c r="E27" s="75"/>
       <c r="F27" s="76">
         <v>12</v>
       </c>
     </row>
-    <row r="28" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A28" s="151" t="s">
+    <row r="28" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A28" s="150" t="s">
         <v>39</v>
       </c>
-      <c r="B28" s="151"/>
-[...5 lines deleted...]
-    <row r="29" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B28" s="150"/>
+      <c r="C28" s="150"/>
+      <c r="D28" s="150"/>
+      <c r="E28" s="150"/>
+      <c r="F28" s="150"/>
+    </row>
+    <row r="29" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A29" s="73" t="s">
         <v>40</v>
       </c>
       <c r="B29" s="74" t="s">
         <v>41</v>
       </c>
       <c r="C29" s="99" t="s">
         <v>214</v>
       </c>
       <c r="D29" s="77" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="E29" s="75"/>
       <c r="F29" s="76">
         <v>12</v>
       </c>
     </row>
-    <row r="30" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A30" s="151" t="s">
+    <row r="30" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A30" s="150" t="s">
         <v>42</v>
       </c>
-      <c r="B30" s="151"/>
-[...5 lines deleted...]
-    <row r="31" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B30" s="150"/>
+      <c r="C30" s="150"/>
+      <c r="D30" s="150"/>
+      <c r="E30" s="150"/>
+      <c r="F30" s="150"/>
+    </row>
+    <row r="31" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A31" s="73" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="74" t="s">
         <v>44</v>
       </c>
       <c r="C31" s="99" t="s">
         <v>44</v>
       </c>
       <c r="D31" s="72">
         <v>29000</v>
       </c>
       <c r="E31" s="75"/>
       <c r="F31" s="76">
         <v>6</v>
       </c>
     </row>
-    <row r="32" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A32" s="73" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="74" t="s">
         <v>46</v>
       </c>
       <c r="C32" s="99" t="s">
         <v>46</v>
       </c>
       <c r="D32" s="72">
         <v>25000</v>
       </c>
       <c r="E32" s="75"/>
       <c r="F32" s="76">
         <v>6</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A33" s="73" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="74" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="99" t="s">
         <v>215</v>
       </c>
       <c r="D33" s="72">
         <v>9600</v>
       </c>
       <c r="E33" s="75"/>
       <c r="F33" s="76">
         <v>12</v>
       </c>
     </row>
-    <row r="34" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A34" s="151" t="s">
+    <row r="34" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A34" s="150" t="s">
         <v>49</v>
       </c>
-      <c r="B34" s="151"/>
-[...5 lines deleted...]
-    <row r="35" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B34" s="150"/>
+      <c r="C34" s="150"/>
+      <c r="D34" s="150"/>
+      <c r="E34" s="150"/>
+      <c r="F34" s="150"/>
+    </row>
+    <row r="35" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A35" s="73" t="s">
         <v>50</v>
       </c>
       <c r="B35" s="74" t="s">
         <v>51</v>
       </c>
       <c r="C35" s="96" t="s">
         <v>52</v>
       </c>
       <c r="D35" s="72">
         <v>99000</v>
       </c>
       <c r="E35" s="75">
         <v>10739739</v>
       </c>
       <c r="F35" s="76">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A36" s="73" t="s">
         <v>53</v>
       </c>
       <c r="B36" s="74" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="96" t="s">
         <v>54</v>
       </c>
       <c r="D36" s="72">
         <v>139000</v>
       </c>
       <c r="E36" s="17">
         <v>10637016</v>
       </c>
       <c r="F36" s="76">
         <v>6</v>
       </c>
     </row>
-    <row r="37" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A37" s="73" t="s">
         <v>55</v>
       </c>
       <c r="B37" s="74" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="96" t="s">
         <v>56</v>
       </c>
       <c r="D37" s="72">
         <v>65000</v>
       </c>
       <c r="E37" s="17">
         <v>10637017</v>
       </c>
       <c r="F37" s="76">
         <v>6</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A38" s="151" t="s">
+    <row r="38" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A38" s="150" t="s">
         <v>57</v>
       </c>
-      <c r="B38" s="151"/>
-[...5 lines deleted...]
-    <row r="39" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B38" s="150"/>
+      <c r="C38" s="150"/>
+      <c r="D38" s="150"/>
+      <c r="E38" s="150"/>
+      <c r="F38" s="150"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A39" s="73" t="s">
         <v>58</v>
       </c>
       <c r="B39" s="74" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="37" t="s">
         <v>60</v>
       </c>
       <c r="D39" s="77">
         <v>18800</v>
       </c>
       <c r="E39" s="75"/>
       <c r="F39" s="76">
         <v>12</v>
       </c>
     </row>
-    <row r="40" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A40" s="73" t="s">
         <v>61</v>
       </c>
       <c r="B40" s="74" t="s">
         <v>62</v>
       </c>
       <c r="C40" s="96" t="s">
         <v>63</v>
       </c>
       <c r="D40" s="77">
         <v>290000</v>
       </c>
       <c r="E40" s="17">
         <v>10637018</v>
       </c>
       <c r="F40" s="76">
         <v>1</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A41" s="73" t="s">
         <v>64</v>
       </c>
       <c r="B41" s="74" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="96" t="s">
         <v>65</v>
       </c>
       <c r="D41" s="77">
         <v>240000</v>
       </c>
       <c r="E41" s="17">
         <v>10637019</v>
       </c>
       <c r="F41" s="76">
         <v>1</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A42" s="73" t="s">
         <v>66</v>
       </c>
       <c r="B42" s="74" t="s">
         <v>67</v>
       </c>
       <c r="C42" s="96" t="s">
         <v>67</v>
       </c>
       <c r="D42" s="77">
         <v>72000</v>
       </c>
       <c r="E42" s="17">
         <v>10637020</v>
       </c>
       <c r="F42" s="76">
         <v>13</v>
       </c>
     </row>
-    <row r="43" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A43" s="73" t="s">
         <v>68</v>
       </c>
       <c r="B43" s="74" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="96" t="s">
         <v>70</v>
       </c>
       <c r="D43" s="77">
         <v>42400</v>
       </c>
       <c r="E43" s="75">
         <v>10683775</v>
       </c>
       <c r="F43" s="76">
         <v>5</v>
       </c>
     </row>
-    <row r="44" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A44" s="73" t="s">
         <v>71</v>
       </c>
       <c r="B44" s="74" t="s">
         <v>72</v>
       </c>
       <c r="C44" s="96" t="s">
         <v>73</v>
       </c>
       <c r="D44" s="77">
         <v>59000</v>
       </c>
       <c r="E44" s="75">
         <v>10683776</v>
       </c>
       <c r="F44" s="76">
         <v>5</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A45" s="73" t="s">
         <v>74</v>
       </c>
       <c r="B45" s="74" t="s">
         <v>75</v>
       </c>
       <c r="C45" s="96" t="s">
         <v>76</v>
       </c>
       <c r="D45" s="77">
         <v>57500</v>
       </c>
       <c r="E45" s="75">
         <v>10683777</v>
       </c>
       <c r="F45" s="76">
         <v>5</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A46" s="73" t="s">
         <v>77</v>
       </c>
       <c r="B46" s="74" t="s">
         <v>78</v>
       </c>
       <c r="C46" s="96" t="s">
         <v>79</v>
       </c>
       <c r="D46" s="77">
         <v>53500</v>
       </c>
       <c r="E46" s="75">
         <v>10683778</v>
       </c>
       <c r="F46" s="76">
         <v>5</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A47" s="73" t="s">
         <v>80</v>
       </c>
       <c r="B47" s="74" t="s">
         <v>81</v>
       </c>
       <c r="C47" s="96" t="s">
         <v>81</v>
       </c>
       <c r="D47" s="77">
         <v>58000</v>
       </c>
       <c r="E47" s="75">
         <v>10620709</v>
       </c>
       <c r="F47" s="76">
         <v>12</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A48" s="73" t="s">
         <v>82</v>
       </c>
       <c r="B48" s="74" t="s">
         <v>83</v>
       </c>
       <c r="C48" s="96" t="s">
         <v>83</v>
       </c>
       <c r="D48" s="77">
         <v>298000</v>
       </c>
       <c r="E48" s="75">
         <v>10739738</v>
       </c>
       <c r="F48" s="76">
         <v>1</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A49" s="73" t="s">
         <v>85</v>
       </c>
       <c r="B49" s="74" t="s">
         <v>86</v>
       </c>
       <c r="C49" s="96" t="s">
         <v>86</v>
       </c>
       <c r="D49" s="77">
         <v>38900</v>
       </c>
       <c r="E49" s="75">
         <v>10683779</v>
       </c>
       <c r="F49" s="76">
         <v>1</v>
       </c>
     </row>
-    <row r="50" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A50" s="35" t="s">
         <v>87</v>
       </c>
       <c r="B50" s="27" t="s">
         <v>88</v>
       </c>
       <c r="C50" s="96" t="s">
         <v>88</v>
       </c>
       <c r="D50" s="77">
         <v>38900</v>
       </c>
       <c r="E50" s="17">
         <v>10683780</v>
       </c>
       <c r="F50" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="51" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A51" s="35" t="s">
         <v>89</v>
       </c>
       <c r="B51" s="27" t="s">
         <v>90</v>
       </c>
       <c r="C51" s="96" t="s">
         <v>90</v>
       </c>
       <c r="D51" s="77">
         <v>25300</v>
       </c>
       <c r="E51" s="17">
         <v>10683781</v>
       </c>
       <c r="F51" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="52" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A52" s="35" t="s">
         <v>91</v>
       </c>
       <c r="B52" s="27" t="s">
         <v>92</v>
       </c>
       <c r="C52" s="96" t="s">
         <v>92</v>
       </c>
       <c r="D52" s="77">
         <v>25300</v>
       </c>
       <c r="E52" s="17">
         <v>10683782</v>
       </c>
       <c r="F52" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="53" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A53" s="35" t="s">
         <v>93</v>
       </c>
       <c r="B53" s="27" t="s">
         <v>94</v>
       </c>
       <c r="C53" s="96" t="s">
         <v>94</v>
       </c>
       <c r="D53" s="77">
         <v>27700</v>
       </c>
       <c r="E53" s="17">
         <v>10683783</v>
       </c>
       <c r="F53" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="54" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A54" s="35" t="s">
         <v>95</v>
       </c>
       <c r="B54" s="27" t="s">
         <v>96</v>
       </c>
       <c r="C54" s="96" t="s">
         <v>96</v>
       </c>
       <c r="D54" s="77">
         <v>48500</v>
       </c>
       <c r="E54" s="17">
         <v>10683784</v>
       </c>
       <c r="F54" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="55" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A55" s="35" t="s">
         <v>97</v>
       </c>
       <c r="B55" s="27" t="s">
         <v>98</v>
       </c>
       <c r="C55" s="96" t="s">
         <v>98</v>
       </c>
       <c r="D55" s="77">
         <v>41200</v>
       </c>
       <c r="E55" s="17">
         <v>10683787</v>
       </c>
       <c r="F55" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="56" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A56" s="35" t="s">
         <v>99</v>
       </c>
       <c r="B56" s="27" t="s">
         <v>100</v>
       </c>
       <c r="C56" s="96" t="s">
         <v>100</v>
       </c>
       <c r="D56" s="77">
         <v>2900</v>
       </c>
       <c r="E56" s="17">
         <v>10683785</v>
       </c>
       <c r="F56" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="57" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A57" s="35" t="s">
         <v>101</v>
       </c>
       <c r="B57" s="27" t="s">
         <v>102</v>
       </c>
       <c r="C57" s="96" t="s">
         <v>102</v>
       </c>
       <c r="D57" s="77">
         <v>44200</v>
       </c>
       <c r="E57" s="17">
         <v>10683786</v>
       </c>
       <c r="F57" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="58" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A58" s="35" t="s">
         <v>103</v>
       </c>
       <c r="B58" s="27" t="s">
         <v>104</v>
       </c>
       <c r="C58" s="96" t="s">
         <v>104</v>
       </c>
       <c r="D58" s="77">
         <v>18000</v>
       </c>
       <c r="E58" s="17">
         <v>10683788</v>
       </c>
       <c r="F58" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="59" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A59" s="35" t="s">
         <v>105</v>
       </c>
       <c r="B59" s="27" t="s">
         <v>106</v>
       </c>
       <c r="C59" s="96" t="s">
         <v>106</v>
       </c>
       <c r="D59" s="77">
         <v>19800</v>
       </c>
       <c r="E59" s="17">
         <v>10683789</v>
       </c>
       <c r="F59" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="60" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A60" s="35" t="s">
         <v>107</v>
       </c>
       <c r="B60" s="27" t="s">
         <v>108</v>
       </c>
       <c r="C60" s="96" t="s">
         <v>108</v>
       </c>
       <c r="D60" s="77">
         <v>24900</v>
       </c>
       <c r="E60" s="17">
         <v>10683790</v>
       </c>
       <c r="F60" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="61" spans="1:6" ht="21.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:6" ht="21.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A61" s="35" t="s">
         <v>109</v>
       </c>
       <c r="B61" s="27" t="s">
         <v>110</v>
       </c>
       <c r="C61" s="96" t="s">
         <v>110</v>
       </c>
       <c r="D61" s="77">
         <v>18000</v>
       </c>
       <c r="E61" s="17">
         <v>10683791</v>
       </c>
       <c r="F61" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="62" spans="1:6" ht="23.55" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:6" ht="23.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A62" s="35" t="s">
         <v>111</v>
       </c>
       <c r="B62" s="27" t="s">
         <v>112</v>
       </c>
       <c r="C62" s="96" t="s">
         <v>112</v>
       </c>
       <c r="D62" s="77">
         <v>48800</v>
       </c>
       <c r="E62" s="17">
         <v>10683793</v>
       </c>
       <c r="F62" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="63" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A63" s="35" t="s">
         <v>113</v>
       </c>
       <c r="B63" s="27" t="s">
         <v>114</v>
       </c>
       <c r="C63" s="96" t="s">
         <v>114</v>
       </c>
       <c r="D63" s="77">
         <v>35200</v>
       </c>
       <c r="E63" s="17">
         <v>10683794</v>
       </c>
       <c r="F63" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="64" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A64" s="35" t="s">
         <v>115</v>
       </c>
       <c r="B64" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C64" s="96" t="s">
         <v>117</v>
       </c>
       <c r="D64" s="77">
         <v>7800</v>
       </c>
       <c r="E64" s="17">
         <v>10683792</v>
       </c>
       <c r="F64" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="65" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A65" s="106" t="s">
+    <row r="65" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A65" s="107" t="s">
         <v>118</v>
       </c>
-      <c r="B65" s="106"/>
-[...5 lines deleted...]
-    <row r="66" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B65" s="107"/>
+      <c r="C65" s="107"/>
+      <c r="D65" s="107"/>
+      <c r="E65" s="107"/>
+      <c r="F65" s="107"/>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A66" s="35" t="s">
         <v>119</v>
       </c>
       <c r="B66" s="27" t="s">
         <v>59</v>
       </c>
       <c r="C66" s="16" t="s">
         <v>120</v>
       </c>
       <c r="D66" s="77">
         <v>23000</v>
       </c>
       <c r="E66" s="17"/>
       <c r="F66" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="67" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A67" s="35" t="s">
         <v>121</v>
       </c>
       <c r="B67" s="27" t="s">
         <v>122</v>
       </c>
       <c r="C67" s="99" t="s">
         <v>122</v>
       </c>
       <c r="D67" s="77">
         <v>280000</v>
       </c>
       <c r="E67" s="17">
         <v>10637021</v>
       </c>
       <c r="F67" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="68" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A68" s="35" t="s">
         <v>123</v>
       </c>
       <c r="B68" s="27" t="s">
         <v>124</v>
       </c>
       <c r="C68" s="99" t="s">
         <v>124</v>
       </c>
       <c r="D68" s="77">
         <v>104500</v>
       </c>
       <c r="E68" s="17">
         <v>10637022</v>
       </c>
       <c r="F68" s="49">
         <v>13</v>
       </c>
     </row>
-    <row r="69" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A69" s="35" t="s">
         <v>125</v>
       </c>
       <c r="B69" s="27" t="s">
         <v>126</v>
       </c>
       <c r="C69" s="99" t="s">
         <v>126</v>
       </c>
       <c r="D69" s="77">
         <v>55000</v>
       </c>
       <c r="E69" s="17">
         <v>10620710</v>
       </c>
       <c r="F69" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="70" spans="1:6" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:6" ht="34.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A70" s="35" t="s">
         <v>216</v>
       </c>
       <c r="B70" s="103" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C70" s="96" t="s">
         <v>221</v>
       </c>
       <c r="D70" s="77">
         <v>25800</v>
       </c>
       <c r="E70" s="17">
         <v>10620710</v>
       </c>
       <c r="F70" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="71" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A71" s="35" t="s">
         <v>217</v>
       </c>
       <c r="B71" s="103" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C71" s="96" t="s">
         <v>219</v>
       </c>
       <c r="D71" s="77">
         <v>7800</v>
       </c>
       <c r="E71" s="17">
         <v>10620710</v>
       </c>
       <c r="F71" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="72" spans="1:6" ht="23.55" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:6" ht="23.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A72" s="35" t="s">
         <v>218</v>
       </c>
       <c r="B72" s="103" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="C72" s="100" t="s">
         <v>220</v>
       </c>
       <c r="D72" s="77">
         <v>12400</v>
       </c>
       <c r="E72" s="17">
         <v>10620710</v>
       </c>
       <c r="F72" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="73" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A73" s="106" t="s">
+    <row r="73" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A73" s="107" t="s">
         <v>127</v>
       </c>
-      <c r="B73" s="106"/>
-[...5 lines deleted...]
-    <row r="74" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B73" s="107"/>
+      <c r="C73" s="107"/>
+      <c r="D73" s="107"/>
+      <c r="E73" s="107"/>
+      <c r="F73" s="107"/>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A74" s="35" t="s">
         <v>128</v>
       </c>
       <c r="B74" s="27" t="s">
         <v>129</v>
       </c>
       <c r="C74" s="99" t="s">
         <v>129</v>
       </c>
       <c r="D74" s="77">
         <v>209000</v>
       </c>
       <c r="E74" s="17">
         <v>10637023</v>
       </c>
       <c r="F74" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="75" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A75" s="35" t="s">
         <v>130</v>
       </c>
       <c r="B75" s="27" t="s">
         <v>131</v>
       </c>
       <c r="C75" s="99" t="s">
         <v>131</v>
       </c>
       <c r="D75" s="77">
         <v>116500</v>
       </c>
       <c r="E75" s="17">
         <v>10637024</v>
       </c>
       <c r="F75" s="49">
         <v>13</v>
       </c>
     </row>
-    <row r="76" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A76" s="106" t="s">
+    <row r="76" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A76" s="107" t="s">
         <v>132</v>
       </c>
-      <c r="B76" s="106"/>
-[...5 lines deleted...]
-    <row r="77" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B76" s="107"/>
+      <c r="C76" s="107"/>
+      <c r="D76" s="107"/>
+      <c r="E76" s="107"/>
+      <c r="F76" s="107"/>
+    </row>
+    <row r="77" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A77" s="73" t="s">
         <v>133</v>
       </c>
       <c r="B77" s="74" t="s">
         <v>134</v>
       </c>
       <c r="C77" s="96" t="s">
         <v>134</v>
       </c>
       <c r="D77" s="77">
         <v>169000</v>
       </c>
       <c r="E77" s="75">
         <v>10637025</v>
       </c>
       <c r="F77" s="76">
         <v>1</v>
       </c>
     </row>
-    <row r="78" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A78" s="73" t="s">
         <v>135</v>
       </c>
       <c r="B78" s="74" t="s">
         <v>136</v>
       </c>
       <c r="C78" s="99" t="s">
         <v>136</v>
       </c>
       <c r="D78" s="77">
         <v>125000</v>
       </c>
       <c r="E78" s="17">
         <v>10637025</v>
       </c>
       <c r="F78" s="76">
         <v>6</v>
       </c>
     </row>
-    <row r="79" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A79" s="151" t="s">
+    <row r="79" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A79" s="150" t="s">
         <v>137</v>
       </c>
-      <c r="B79" s="151"/>
-[...5 lines deleted...]
-    <row r="80" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B79" s="150"/>
+      <c r="C79" s="150"/>
+      <c r="D79" s="150"/>
+      <c r="E79" s="150"/>
+      <c r="F79" s="150"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A80" s="35" t="s">
         <v>138</v>
       </c>
       <c r="B80" s="27" t="s">
         <v>139</v>
       </c>
       <c r="C80" s="99" t="s">
         <v>139</v>
       </c>
       <c r="D80" s="77">
         <v>182000</v>
       </c>
       <c r="E80" s="17">
         <v>10637026</v>
       </c>
       <c r="F80" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="81" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A81" s="106" t="s">
+    <row r="81" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A81" s="107" t="s">
         <v>140</v>
       </c>
-      <c r="B81" s="106"/>
-[...5 lines deleted...]
-    <row r="82" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="B81" s="107"/>
+      <c r="C81" s="107"/>
+      <c r="D81" s="107"/>
+      <c r="E81" s="107"/>
+      <c r="F81" s="107"/>
+    </row>
+    <row r="82" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A82" s="73" t="s">
         <v>141</v>
       </c>
       <c r="B82" s="74" t="s">
         <v>142</v>
       </c>
       <c r="C82" s="96" t="s">
         <v>142</v>
       </c>
       <c r="D82" s="77" t="s">
         <v>348</v>
       </c>
       <c r="E82" s="17">
         <v>10637027</v>
       </c>
       <c r="F82" s="76">
         <v>4</v>
       </c>
     </row>
-    <row r="83" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A83" s="151" t="s">
+    <row r="83" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A83" s="150" t="s">
         <v>143</v>
       </c>
-      <c r="B83" s="151"/>
-[...6 lines deleted...]
-      <c r="A84" s="151" t="s">
+      <c r="B83" s="150"/>
+      <c r="C83" s="150"/>
+      <c r="D83" s="150"/>
+      <c r="E83" s="150"/>
+      <c r="F83" s="150"/>
+    </row>
+    <row r="84" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A84" s="150" t="s">
         <v>144</v>
       </c>
-      <c r="B84" s="151"/>
-[...6 lines deleted...]
-      <c r="A85" s="150" t="s">
+      <c r="B84" s="150"/>
+      <c r="C84" s="150"/>
+      <c r="D84" s="150"/>
+      <c r="E84" s="150"/>
+      <c r="F84" s="150"/>
+    </row>
+    <row r="85" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A85" s="155" t="s">
         <v>145</v>
       </c>
-      <c r="B85" s="150"/>
-[...5 lines deleted...]
-    <row r="86" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B85" s="155"/>
+      <c r="C85" s="155"/>
+      <c r="D85" s="155"/>
+      <c r="E85" s="155"/>
+      <c r="F85" s="155"/>
+    </row>
+    <row r="86" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A86" s="73" t="s">
         <v>146</v>
       </c>
       <c r="B86" s="74" t="s">
         <v>147</v>
       </c>
       <c r="C86" s="96" t="s">
         <v>147</v>
       </c>
       <c r="D86" s="77">
         <v>74000</v>
       </c>
       <c r="E86" s="75"/>
       <c r="F86" s="76">
         <v>12</v>
       </c>
     </row>
-    <row r="87" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A87" s="73" t="s">
         <v>148</v>
       </c>
       <c r="B87" s="74" t="s">
         <v>149</v>
       </c>
       <c r="C87" s="101" t="s">
         <v>149</v>
       </c>
       <c r="D87" s="77">
         <v>29000</v>
       </c>
       <c r="E87" s="78"/>
       <c r="F87" s="79">
         <v>6</v>
       </c>
     </row>
-    <row r="88" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A88" s="73" t="s">
         <v>150</v>
       </c>
       <c r="B88" s="80" t="s">
         <v>151</v>
       </c>
-      <c r="C88" s="153" t="s">
-[...6 lines deleted...]
-    <row r="89" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="C88" s="151" t="s">
+        <v>399</v>
+      </c>
+      <c r="D88" s="152"/>
+      <c r="E88" s="152"/>
+      <c r="F88" s="152"/>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A89" s="73" t="s">
         <v>152</v>
       </c>
       <c r="B89" s="80" t="s">
         <v>153</v>
       </c>
-      <c r="C89" s="155"/>
-[...5 lines deleted...]
-      <c r="A90" s="112" t="s">
+      <c r="C89" s="153"/>
+      <c r="D89" s="154"/>
+      <c r="E89" s="154"/>
+      <c r="F89" s="154"/>
+    </row>
+    <row r="90" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A90" s="106" t="s">
         <v>155</v>
       </c>
-      <c r="B90" s="112"/>
-[...5 lines deleted...]
-    <row r="91" spans="1:6" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="B90" s="106"/>
+      <c r="C90" s="156"/>
+      <c r="D90" s="156"/>
+      <c r="E90" s="156"/>
+      <c r="F90" s="156"/>
+    </row>
+    <row r="91" spans="1:6" ht="56" x14ac:dyDescent="0.15">
       <c r="A91" s="35" t="s">
         <v>154</v>
       </c>
       <c r="B91" s="27" t="s">
         <v>156</v>
       </c>
       <c r="C91" s="96" t="s">
         <v>156</v>
       </c>
       <c r="D91" s="77">
         <v>89000</v>
       </c>
       <c r="E91" s="17"/>
       <c r="F91" s="49">
         <v>12</v>
       </c>
     </row>
-    <row r="92" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A92" s="35" t="s">
         <v>157</v>
       </c>
       <c r="B92" s="27" t="s">
         <v>158</v>
       </c>
       <c r="C92" s="99" t="s">
         <v>158</v>
       </c>
       <c r="D92" s="77">
         <v>145000</v>
       </c>
       <c r="E92" s="17"/>
       <c r="F92" s="49">
         <v>12</v>
       </c>
     </row>
-    <row r="93" spans="1:6" ht="66" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:6" ht="56" x14ac:dyDescent="0.15">
       <c r="A93" s="35" t="s">
         <v>159</v>
       </c>
       <c r="B93" s="27" t="s">
         <v>160</v>
       </c>
       <c r="C93" s="96" t="s">
         <v>160</v>
       </c>
       <c r="D93" s="77">
         <v>37500</v>
       </c>
       <c r="E93" s="17"/>
       <c r="F93" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="94" spans="1:6" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:6" ht="70" x14ac:dyDescent="0.15">
       <c r="A94" s="35" t="s">
         <v>161</v>
       </c>
       <c r="B94" s="27" t="s">
         <v>162</v>
       </c>
       <c r="C94" s="96" t="s">
         <v>162</v>
       </c>
       <c r="D94" s="77">
         <v>99000</v>
       </c>
       <c r="E94" s="17"/>
       <c r="F94" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="95" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A95" s="35" t="s">
         <v>163</v>
       </c>
       <c r="B95" s="27" t="s">
         <v>151</v>
       </c>
-      <c r="C95" s="113" t="s">
-[...6 lines deleted...]
-    <row r="96" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="C95" s="111" t="s">
+        <v>398</v>
+      </c>
+      <c r="D95" s="112"/>
+      <c r="E95" s="112"/>
+      <c r="F95" s="112"/>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A96" s="35" t="s">
         <v>164</v>
       </c>
       <c r="B96" s="27" t="s">
         <v>153</v>
       </c>
-      <c r="C96" s="115"/>
-[...4 lines deleted...]
-    <row r="97" spans="1:6" ht="66" x14ac:dyDescent="0.25">
+      <c r="C96" s="113"/>
+      <c r="D96" s="114"/>
+      <c r="E96" s="114"/>
+      <c r="F96" s="114"/>
+    </row>
+    <row r="97" spans="1:6" ht="56" x14ac:dyDescent="0.15">
       <c r="A97" s="35" t="s">
         <v>165</v>
       </c>
       <c r="B97" s="27" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C97" s="96" t="s">
         <v>355</v>
       </c>
       <c r="D97" s="77">
         <v>79000</v>
       </c>
       <c r="E97" s="17"/>
       <c r="F97" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="98" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A98" s="112" t="s">
+    <row r="98" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A98" s="106" t="s">
         <v>167</v>
       </c>
-      <c r="B98" s="112"/>
-[...5 lines deleted...]
-    <row r="99" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B98" s="106"/>
+      <c r="C98" s="106"/>
+      <c r="D98" s="106"/>
+      <c r="E98" s="106"/>
+      <c r="F98" s="106"/>
+    </row>
+    <row r="99" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A99" s="35" t="s">
         <v>166</v>
       </c>
       <c r="B99" s="27" t="s">
         <v>168</v>
       </c>
       <c r="C99" s="96" t="s">
         <v>168</v>
       </c>
       <c r="D99" s="77">
         <v>105000</v>
       </c>
       <c r="E99" s="17"/>
       <c r="F99" s="49">
         <v>4</v>
       </c>
     </row>
-    <row r="100" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A100" s="35" t="s">
         <v>169</v>
       </c>
       <c r="B100" s="27" t="s">
         <v>170</v>
       </c>
       <c r="C100" s="96" t="s">
         <v>170</v>
       </c>
       <c r="D100" s="77">
         <v>249000</v>
       </c>
       <c r="E100" s="17">
         <v>10739735</v>
       </c>
       <c r="F100" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="101" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A101" s="35" t="s">
         <v>171</v>
       </c>
       <c r="B101" s="27" t="s">
         <v>151</v>
       </c>
-      <c r="C101" s="113" t="s">
-[...6 lines deleted...]
-    <row r="102" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="C101" s="111" t="s">
+        <v>398</v>
+      </c>
+      <c r="D101" s="112"/>
+      <c r="E101" s="112"/>
+      <c r="F101" s="112"/>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A102" s="35" t="s">
         <v>172</v>
       </c>
       <c r="B102" s="27" t="s">
         <v>153</v>
       </c>
-      <c r="C102" s="115"/>
-[...5 lines deleted...]
-      <c r="A103" s="112" t="s">
+      <c r="C102" s="113"/>
+      <c r="D102" s="114"/>
+      <c r="E102" s="114"/>
+      <c r="F102" s="114"/>
+    </row>
+    <row r="103" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A103" s="106" t="s">
         <v>174</v>
       </c>
-      <c r="B103" s="112"/>
-[...5 lines deleted...]
-    <row r="104" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B103" s="106"/>
+      <c r="C103" s="106"/>
+      <c r="D103" s="106"/>
+      <c r="E103" s="106"/>
+      <c r="F103" s="106"/>
+    </row>
+    <row r="104" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A104" s="35" t="s">
         <v>173</v>
       </c>
       <c r="B104" s="27" t="s">
         <v>175</v>
       </c>
       <c r="C104" s="96" t="s">
         <v>175</v>
       </c>
       <c r="D104" s="77">
         <v>173000</v>
       </c>
       <c r="E104" s="17"/>
       <c r="F104" s="49">
         <v>4</v>
       </c>
     </row>
-    <row r="105" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A105" s="35" t="s">
         <v>176</v>
       </c>
       <c r="B105" s="27" t="s">
         <v>151</v>
       </c>
-      <c r="C105" s="113" t="s">
-[...6 lines deleted...]
-    <row r="106" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="C105" s="111" t="s">
+        <v>400</v>
+      </c>
+      <c r="D105" s="112"/>
+      <c r="E105" s="112"/>
+      <c r="F105" s="112"/>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A106" s="35" t="s">
         <v>177</v>
       </c>
       <c r="B106" s="27" t="s">
         <v>153</v>
       </c>
-      <c r="C106" s="115"/>
-[...5 lines deleted...]
-      <c r="A107" s="112" t="s">
+      <c r="C106" s="113"/>
+      <c r="D106" s="114"/>
+      <c r="E106" s="114"/>
+      <c r="F106" s="114"/>
+    </row>
+    <row r="107" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A107" s="106" t="s">
         <v>179</v>
       </c>
-      <c r="B107" s="112"/>
-[...5 lines deleted...]
-    <row r="108" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B107" s="106"/>
+      <c r="C107" s="106"/>
+      <c r="D107" s="106"/>
+      <c r="E107" s="106"/>
+      <c r="F107" s="106"/>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A108" s="35" t="s">
         <v>178</v>
       </c>
       <c r="B108" s="27" t="s">
         <v>180</v>
       </c>
       <c r="C108" s="99" t="s">
         <v>180</v>
       </c>
       <c r="D108" s="77">
         <v>65000</v>
       </c>
       <c r="E108" s="17"/>
       <c r="F108" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="109" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A109" s="35" t="s">
         <v>181</v>
       </c>
       <c r="B109" s="27" t="s">
         <v>182</v>
       </c>
       <c r="C109" s="99" t="s">
         <v>182</v>
       </c>
       <c r="D109" s="77">
         <v>145000</v>
       </c>
       <c r="E109" s="17"/>
       <c r="F109" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="110" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A110" s="35" t="s">
         <v>183</v>
       </c>
       <c r="B110" s="27" t="s">
         <v>184</v>
       </c>
       <c r="C110" s="99" t="s">
         <v>185</v>
       </c>
       <c r="D110" s="77">
         <v>160000</v>
       </c>
       <c r="E110" s="18"/>
       <c r="F110" s="49">
         <v>3</v>
       </c>
     </row>
-    <row r="111" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A111" s="35" t="s">
         <v>186</v>
       </c>
       <c r="B111" s="27" t="s">
         <v>153</v>
       </c>
-      <c r="C111" s="118" t="s">
-[...7 lines deleted...]
-      <c r="A112" s="112" t="s">
+      <c r="C111" s="109" t="s">
+        <v>398</v>
+      </c>
+      <c r="D111" s="110"/>
+      <c r="E111" s="110"/>
+      <c r="F111" s="110"/>
+    </row>
+    <row r="112" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A112" s="106" t="s">
         <v>187</v>
       </c>
-      <c r="B112" s="112"/>
-[...5 lines deleted...]
-    <row r="113" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B112" s="106"/>
+      <c r="C112" s="106"/>
+      <c r="D112" s="106"/>
+      <c r="E112" s="106"/>
+      <c r="F112" s="106"/>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A113" s="35" t="s">
         <v>188</v>
       </c>
       <c r="B113" s="27" t="s">
         <v>189</v>
       </c>
       <c r="C113" s="96" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="D113" s="77">
         <v>85000</v>
       </c>
       <c r="E113" s="17"/>
       <c r="F113" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="114" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A114" s="35" t="s">
         <v>190</v>
       </c>
       <c r="B114" s="27" t="s">
         <v>191</v>
       </c>
       <c r="C114" s="96" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="D114" s="77" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E114" s="17"/>
       <c r="F114" s="49">
         <v>3</v>
       </c>
     </row>
-    <row r="115" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A115" s="35" t="s">
         <v>192</v>
       </c>
       <c r="B115" s="27" t="s">
         <v>193</v>
       </c>
-      <c r="C115" s="118" t="s">
-[...6 lines deleted...]
-    <row r="116" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="C115" s="109" t="s">
+        <v>401</v>
+      </c>
+      <c r="D115" s="110"/>
+      <c r="E115" s="110"/>
+      <c r="F115" s="110"/>
+    </row>
+    <row r="116" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A116" s="35" t="s">
         <v>194</v>
       </c>
       <c r="B116" s="27" t="s">
         <v>195</v>
       </c>
       <c r="C116" s="96" t="s">
         <v>195</v>
       </c>
       <c r="D116" s="77">
         <v>121000</v>
       </c>
       <c r="E116" s="17"/>
       <c r="F116" s="49">
         <v>4</v>
       </c>
     </row>
-    <row r="117" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:6" ht="42" x14ac:dyDescent="0.15">
       <c r="A117" s="35" t="s">
         <v>196</v>
       </c>
       <c r="B117" s="27" t="s">
         <v>197</v>
       </c>
       <c r="C117" s="96" t="s">
         <v>197</v>
       </c>
       <c r="D117" s="77">
         <v>158000</v>
       </c>
       <c r="E117" s="17"/>
       <c r="F117" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="118" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:6" ht="16.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A118" s="35" t="s">
         <v>198</v>
       </c>
       <c r="B118" s="27" t="s">
         <v>151</v>
       </c>
-      <c r="C118" s="118" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="112" t="s">
+      <c r="C118" s="109" t="s">
+        <v>398</v>
+      </c>
+      <c r="D118" s="110"/>
+      <c r="E118" s="110"/>
+      <c r="F118" s="110"/>
+    </row>
+    <row r="119" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A119" s="106" t="s">
         <v>199</v>
       </c>
-      <c r="B119" s="112"/>
-[...5 lines deleted...]
-    <row r="120" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B119" s="106"/>
+      <c r="C119" s="106"/>
+      <c r="D119" s="106"/>
+      <c r="E119" s="106"/>
+      <c r="F119" s="106"/>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A120" s="35" t="s">
         <v>200</v>
       </c>
       <c r="B120" s="27" t="s">
         <v>201</v>
       </c>
       <c r="C120" s="33" t="s">
         <v>201</v>
       </c>
       <c r="D120" s="77">
         <v>109000</v>
       </c>
       <c r="E120" s="17"/>
       <c r="F120" s="49">
         <v>6</v>
       </c>
     </row>
-    <row r="121" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A121" s="35" t="s">
         <v>202</v>
       </c>
       <c r="B121" s="27" t="s">
         <v>153</v>
       </c>
-      <c r="C121" s="118" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="112" t="s">
+      <c r="C121" s="109" t="s">
+        <v>400</v>
+      </c>
+      <c r="D121" s="110"/>
+      <c r="E121" s="110"/>
+      <c r="F121" s="110"/>
+    </row>
+    <row r="122" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A122" s="106" t="s">
         <v>203</v>
       </c>
-      <c r="B122" s="112"/>
-[...5 lines deleted...]
-    <row r="123" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="B122" s="106"/>
+      <c r="C122" s="106"/>
+      <c r="D122" s="106"/>
+      <c r="E122" s="106"/>
+      <c r="F122" s="106"/>
+    </row>
+    <row r="123" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A123" s="35" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="B123" s="27" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C123" s="96" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="D123" s="77">
         <v>230000</v>
       </c>
       <c r="E123" s="43"/>
       <c r="F123" s="71">
         <v>2</v>
       </c>
     </row>
-    <row r="124" spans="1:6" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A124" s="35" t="s">
         <v>204</v>
       </c>
       <c r="B124" s="27" t="s">
         <v>205</v>
       </c>
       <c r="C124" s="96" t="s">
         <v>84</v>
       </c>
       <c r="D124" s="77">
         <v>298000</v>
       </c>
       <c r="E124" s="17">
         <v>10739738</v>
       </c>
       <c r="F124" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A125" s="106" t="s">
+    <row r="125" spans="1:6" ht="13" x14ac:dyDescent="0.15">
+      <c r="A125" s="107" t="s">
         <v>206</v>
       </c>
-      <c r="B125" s="106"/>
-[...5 lines deleted...]
-    <row r="126" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="B125" s="107"/>
+      <c r="C125" s="107"/>
+      <c r="D125" s="107"/>
+      <c r="E125" s="107"/>
+      <c r="F125" s="107"/>
+    </row>
+    <row r="126" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A126" s="35" t="s">
         <v>207</v>
       </c>
       <c r="B126" s="27" t="s">
         <v>208</v>
       </c>
       <c r="C126" s="96" t="s">
         <v>208</v>
       </c>
       <c r="D126" s="77">
         <v>179000</v>
       </c>
       <c r="E126" s="17">
         <v>10637028</v>
       </c>
       <c r="F126" s="49">
         <v>8</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:6" ht="28" x14ac:dyDescent="0.15">
       <c r="A127" s="35" t="s">
         <v>209</v>
       </c>
       <c r="B127" s="27" t="s">
         <v>210</v>
       </c>
       <c r="C127" s="96" t="s">
         <v>210</v>
       </c>
       <c r="D127" s="77" t="s">
         <v>349</v>
       </c>
       <c r="E127" s="17">
         <v>10637029</v>
       </c>
       <c r="F127" s="49">
         <v>8</v>
       </c>
     </row>
-    <row r="128" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:6" x14ac:dyDescent="0.15">
       <c r="A128" s="35" t="s">
         <v>211</v>
       </c>
       <c r="B128" s="27" t="s">
         <v>212</v>
       </c>
       <c r="C128" s="96" t="s">
         <v>213</v>
       </c>
       <c r="D128" s="77" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="E128" s="17">
         <v>10739740</v>
       </c>
       <c r="F128" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A129" s="2"/>
       <c r="B129" s="28"/>
       <c r="C129" s="25"/>
       <c r="D129" s="6"/>
       <c r="E129" s="1"/>
     </row>
-    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A130" s="2"/>
       <c r="B130" s="28"/>
       <c r="C130" s="25"/>
       <c r="D130" s="6"/>
       <c r="E130" s="1"/>
     </row>
-    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A131" s="2"/>
       <c r="B131" s="28"/>
       <c r="C131" s="25"/>
       <c r="D131" s="6"/>
       <c r="E131" s="1"/>
     </row>
-    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A132" s="2"/>
       <c r="B132" s="28"/>
       <c r="C132" s="25"/>
       <c r="D132" s="6"/>
       <c r="E132" s="1"/>
     </row>
-    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A133" s="2"/>
       <c r="B133" s="28"/>
       <c r="C133" s="25"/>
       <c r="D133" s="6"/>
       <c r="E133" s="1"/>
     </row>
-    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A134" s="2"/>
       <c r="B134" s="28"/>
       <c r="C134" s="25"/>
       <c r="D134" s="6"/>
       <c r="E134" s="1"/>
     </row>
-    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A135" s="2"/>
       <c r="B135" s="28"/>
       <c r="C135" s="25"/>
       <c r="D135" s="6"/>
       <c r="E135" s="1"/>
     </row>
-    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A136" s="2"/>
       <c r="B136" s="28"/>
       <c r="C136" s="25"/>
       <c r="D136" s="6"/>
       <c r="E136" s="1"/>
     </row>
-    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A137" s="2"/>
       <c r="B137" s="28"/>
       <c r="C137" s="25"/>
       <c r="D137" s="6"/>
       <c r="E137" s="1"/>
     </row>
-    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A138" s="2"/>
       <c r="B138" s="28"/>
       <c r="C138" s="25"/>
       <c r="D138" s="6"/>
       <c r="E138" s="1"/>
     </row>
-    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A139" s="2"/>
       <c r="B139" s="28"/>
       <c r="C139" s="25"/>
       <c r="D139" s="6"/>
       <c r="E139" s="1"/>
     </row>
-    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A140" s="2"/>
       <c r="B140" s="28"/>
       <c r="C140" s="25"/>
       <c r="D140" s="6"/>
       <c r="E140" s="1"/>
     </row>
-    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A141" s="2"/>
       <c r="B141" s="28"/>
       <c r="C141" s="25"/>
       <c r="D141" s="6"/>
       <c r="E141" s="1"/>
     </row>
-    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A142" s="2"/>
       <c r="B142" s="28"/>
       <c r="C142" s="25"/>
       <c r="D142" s="6"/>
       <c r="E142" s="1"/>
     </row>
-    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A143" s="2"/>
       <c r="B143" s="28"/>
       <c r="C143" s="25"/>
       <c r="D143" s="6"/>
       <c r="E143" s="1"/>
     </row>
-    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A144" s="2"/>
       <c r="B144" s="28"/>
       <c r="C144" s="25"/>
       <c r="D144" s="6"/>
       <c r="E144" s="1"/>
     </row>
-    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A145" s="2"/>
       <c r="B145" s="28"/>
       <c r="C145" s="25"/>
       <c r="D145" s="6"/>
       <c r="E145" s="1"/>
     </row>
-    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A146" s="2"/>
       <c r="B146" s="28"/>
       <c r="C146" s="25"/>
       <c r="D146" s="6"/>
       <c r="E146" s="1"/>
     </row>
-    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A147" s="2"/>
       <c r="B147" s="28"/>
       <c r="C147" s="25"/>
       <c r="D147" s="6"/>
       <c r="E147" s="1"/>
     </row>
-    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A148" s="2"/>
       <c r="B148" s="28"/>
       <c r="C148" s="25"/>
       <c r="D148" s="6"/>
       <c r="E148" s="1"/>
     </row>
-    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A149" s="2"/>
       <c r="B149" s="28"/>
       <c r="C149" s="25"/>
       <c r="D149" s="6"/>
       <c r="E149" s="1"/>
     </row>
-    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A150" s="2"/>
       <c r="B150" s="28"/>
       <c r="C150" s="25"/>
       <c r="D150" s="6"/>
       <c r="E150" s="1"/>
     </row>
-    <row r="151" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A151" s="2"/>
       <c r="B151" s="28"/>
       <c r="C151" s="25"/>
       <c r="D151" s="6"/>
       <c r="E151" s="1"/>
     </row>
-    <row r="152" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A152" s="2"/>
       <c r="B152" s="28"/>
       <c r="C152" s="25"/>
       <c r="D152" s="6"/>
       <c r="E152" s="1"/>
     </row>
-    <row r="153" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A153" s="2"/>
       <c r="B153" s="28"/>
       <c r="C153" s="25"/>
       <c r="D153" s="6"/>
       <c r="E153" s="1"/>
     </row>
-    <row r="154" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A154" s="2"/>
       <c r="B154" s="28"/>
       <c r="C154" s="25"/>
       <c r="D154" s="6"/>
       <c r="E154" s="1"/>
     </row>
-    <row r="155" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A155" s="2"/>
       <c r="B155" s="28"/>
       <c r="C155" s="25"/>
       <c r="D155" s="6"/>
       <c r="E155" s="1"/>
     </row>
-    <row r="156" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A156" s="2"/>
       <c r="B156" s="28"/>
       <c r="C156" s="25"/>
       <c r="D156" s="6"/>
       <c r="E156" s="1"/>
     </row>
-    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A157" s="2"/>
       <c r="B157" s="28"/>
       <c r="C157" s="25"/>
       <c r="D157" s="6"/>
       <c r="E157" s="1"/>
     </row>
-    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A158" s="2"/>
       <c r="B158" s="28"/>
       <c r="C158" s="25"/>
       <c r="D158" s="6"/>
       <c r="E158" s="1"/>
     </row>
-    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A159" s="2"/>
       <c r="B159" s="28"/>
       <c r="C159" s="25"/>
       <c r="D159" s="6"/>
       <c r="E159" s="1"/>
     </row>
-    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A160" s="2"/>
       <c r="B160" s="28"/>
       <c r="C160" s="25"/>
       <c r="D160" s="6"/>
       <c r="E160" s="1"/>
     </row>
-    <row r="161" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A161" s="2"/>
       <c r="B161" s="28"/>
       <c r="C161" s="25"/>
       <c r="D161" s="6"/>
       <c r="E161" s="1"/>
     </row>
-    <row r="162" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A162" s="2"/>
       <c r="B162" s="28"/>
       <c r="C162" s="25"/>
       <c r="D162" s="6"/>
       <c r="E162" s="1"/>
     </row>
-    <row r="163" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A163" s="2"/>
       <c r="B163" s="28"/>
       <c r="C163" s="25"/>
       <c r="D163" s="6"/>
       <c r="E163" s="1"/>
     </row>
-    <row r="164" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A164" s="2"/>
       <c r="B164" s="28"/>
       <c r="C164" s="25"/>
       <c r="D164" s="6"/>
       <c r="E164" s="1"/>
     </row>
-    <row r="165" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A165" s="2"/>
       <c r="B165" s="28"/>
       <c r="C165" s="25"/>
       <c r="D165" s="6"/>
       <c r="E165" s="1"/>
     </row>
-    <row r="166" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A166" s="2"/>
       <c r="B166" s="28"/>
       <c r="C166" s="25"/>
       <c r="D166" s="6"/>
       <c r="E166" s="1"/>
     </row>
-    <row r="167" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A167" s="2"/>
       <c r="B167" s="28"/>
       <c r="C167" s="25"/>
       <c r="D167" s="6"/>
       <c r="E167" s="1"/>
     </row>
-    <row r="168" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A168" s="2"/>
       <c r="B168" s="28"/>
       <c r="C168" s="25"/>
       <c r="D168" s="6"/>
       <c r="E168" s="1"/>
     </row>
-    <row r="169" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A169" s="2"/>
       <c r="B169" s="28"/>
       <c r="C169" s="25"/>
       <c r="D169" s="6"/>
       <c r="E169" s="1"/>
     </row>
-    <row r="170" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A170" s="2"/>
       <c r="B170" s="28"/>
       <c r="C170" s="25"/>
       <c r="D170" s="6"/>
       <c r="E170" s="1"/>
     </row>
-    <row r="171" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A171" s="2"/>
       <c r="B171" s="28"/>
       <c r="C171" s="25"/>
       <c r="D171" s="6"/>
       <c r="E171" s="1"/>
     </row>
-    <row r="172" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A172" s="2"/>
       <c r="B172" s="28"/>
       <c r="C172" s="25"/>
       <c r="D172" s="6"/>
       <c r="E172" s="1"/>
     </row>
-    <row r="173" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A173" s="2"/>
       <c r="B173" s="28"/>
       <c r="C173" s="25"/>
       <c r="D173" s="6"/>
       <c r="E173" s="1"/>
     </row>
-    <row r="174" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A174" s="2"/>
       <c r="B174" s="28"/>
       <c r="C174" s="25"/>
       <c r="D174" s="6"/>
       <c r="E174" s="1"/>
     </row>
-    <row r="175" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A175" s="2"/>
       <c r="B175" s="28"/>
       <c r="C175" s="25"/>
       <c r="D175" s="6"/>
       <c r="E175" s="1"/>
     </row>
-    <row r="176" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A176" s="2"/>
       <c r="B176" s="28"/>
       <c r="C176" s="25"/>
       <c r="D176" s="6"/>
       <c r="E176" s="1"/>
     </row>
-    <row r="177" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A177" s="2"/>
       <c r="B177" s="28"/>
       <c r="C177" s="25"/>
       <c r="D177" s="6"/>
       <c r="E177" s="1"/>
     </row>
-    <row r="178" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A178" s="2"/>
       <c r="B178" s="28"/>
       <c r="C178" s="25"/>
       <c r="D178" s="6"/>
       <c r="E178" s="1"/>
     </row>
-    <row r="179" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A179" s="2"/>
       <c r="B179" s="28"/>
       <c r="C179" s="25"/>
       <c r="D179" s="6"/>
       <c r="E179" s="1"/>
     </row>
-    <row r="180" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A180" s="2"/>
       <c r="B180" s="28"/>
       <c r="C180" s="25"/>
       <c r="D180" s="6"/>
       <c r="E180" s="1"/>
     </row>
-    <row r="181" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A181" s="2"/>
       <c r="B181" s="28"/>
       <c r="C181" s="25"/>
       <c r="D181" s="6"/>
       <c r="E181" s="1"/>
     </row>
-    <row r="182" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A182" s="2"/>
       <c r="B182" s="28"/>
       <c r="C182" s="25"/>
       <c r="D182" s="6"/>
       <c r="E182" s="1"/>
     </row>
-    <row r="183" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A183" s="2"/>
       <c r="B183" s="28"/>
       <c r="C183" s="25"/>
       <c r="D183" s="6"/>
       <c r="E183" s="1"/>
     </row>
-    <row r="184" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A184" s="2"/>
       <c r="B184" s="28"/>
       <c r="C184" s="25"/>
       <c r="D184" s="6"/>
       <c r="E184" s="1"/>
     </row>
-    <row r="185" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A185" s="2"/>
       <c r="B185" s="28"/>
       <c r="C185" s="25"/>
       <c r="D185" s="6"/>
       <c r="E185" s="1"/>
     </row>
-    <row r="186" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A186" s="2"/>
       <c r="B186" s="28"/>
       <c r="C186" s="25"/>
       <c r="D186" s="6"/>
       <c r="E186" s="1"/>
     </row>
-    <row r="187" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A187" s="2"/>
       <c r="B187" s="28"/>
       <c r="C187" s="25"/>
       <c r="D187" s="6"/>
       <c r="E187" s="1"/>
     </row>
-    <row r="188" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A188" s="2"/>
       <c r="B188" s="28"/>
       <c r="C188" s="25"/>
       <c r="D188" s="6"/>
       <c r="E188" s="1"/>
     </row>
-    <row r="189" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A189" s="2"/>
       <c r="B189" s="28"/>
       <c r="C189" s="25"/>
       <c r="D189" s="6"/>
       <c r="E189" s="1"/>
     </row>
-    <row r="190" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A190" s="2"/>
       <c r="B190" s="28"/>
       <c r="C190" s="25"/>
       <c r="D190" s="6"/>
       <c r="E190" s="1"/>
     </row>
-    <row r="191" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A191" s="2"/>
       <c r="B191" s="28"/>
       <c r="C191" s="25"/>
       <c r="D191" s="6"/>
       <c r="E191" s="1"/>
     </row>
-    <row r="192" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A192" s="2"/>
       <c r="B192" s="28"/>
       <c r="C192" s="25"/>
       <c r="D192" s="6"/>
       <c r="E192" s="1"/>
     </row>
-    <row r="193" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A193" s="2"/>
       <c r="B193" s="28"/>
       <c r="C193" s="25"/>
       <c r="D193" s="6"/>
       <c r="E193" s="1"/>
     </row>
-    <row r="194" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A194" s="2"/>
       <c r="B194" s="28"/>
       <c r="C194" s="25"/>
       <c r="D194" s="6"/>
       <c r="E194" s="1"/>
     </row>
-    <row r="195" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A195" s="2"/>
       <c r="B195" s="28"/>
       <c r="C195" s="25"/>
       <c r="D195" s="6"/>
       <c r="E195" s="1"/>
     </row>
-    <row r="196" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A196" s="2"/>
       <c r="B196" s="28"/>
       <c r="C196" s="25"/>
       <c r="D196" s="6"/>
       <c r="E196" s="1"/>
     </row>
-    <row r="197" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A197" s="2"/>
       <c r="B197" s="28"/>
       <c r="C197" s="25"/>
       <c r="D197" s="6"/>
       <c r="E197" s="1"/>
     </row>
-    <row r="198" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A198" s="2"/>
       <c r="B198" s="28"/>
       <c r="C198" s="25"/>
       <c r="D198" s="6"/>
       <c r="E198" s="1"/>
     </row>
-    <row r="199" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A199" s="2"/>
       <c r="B199" s="28"/>
       <c r="C199" s="25"/>
       <c r="D199" s="6"/>
       <c r="E199" s="1"/>
     </row>
-    <row r="200" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A200" s="2"/>
       <c r="B200" s="28"/>
       <c r="C200" s="25"/>
       <c r="D200" s="6"/>
       <c r="E200" s="1"/>
     </row>
-    <row r="201" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A201" s="2"/>
       <c r="B201" s="28"/>
       <c r="C201" s="25"/>
       <c r="D201" s="6"/>
       <c r="E201" s="1"/>
     </row>
-    <row r="202" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A202" s="2"/>
       <c r="B202" s="28"/>
       <c r="C202" s="25"/>
       <c r="D202" s="6"/>
       <c r="E202" s="1"/>
     </row>
-    <row r="203" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A203" s="2"/>
       <c r="B203" s="28"/>
       <c r="C203" s="25"/>
       <c r="D203" s="6"/>
       <c r="E203" s="1"/>
     </row>
-    <row r="204" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A204" s="2"/>
       <c r="B204" s="28"/>
       <c r="C204" s="25"/>
       <c r="D204" s="6"/>
       <c r="E204" s="1"/>
     </row>
-    <row r="205" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A205" s="2"/>
       <c r="B205" s="28"/>
       <c r="C205" s="25"/>
       <c r="D205" s="6"/>
       <c r="E205" s="1"/>
     </row>
-    <row r="206" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A206" s="2"/>
       <c r="B206" s="28"/>
       <c r="C206" s="25"/>
       <c r="D206" s="6"/>
       <c r="E206" s="1"/>
     </row>
-    <row r="207" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A207" s="2"/>
       <c r="B207" s="28"/>
       <c r="C207" s="25"/>
       <c r="D207" s="6"/>
       <c r="E207" s="1"/>
     </row>
-    <row r="208" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A208" s="2"/>
       <c r="B208" s="28"/>
       <c r="C208" s="25"/>
       <c r="D208" s="6"/>
       <c r="E208" s="1"/>
     </row>
-    <row r="209" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A209" s="2"/>
       <c r="B209" s="28"/>
       <c r="C209" s="25"/>
       <c r="D209" s="6"/>
       <c r="E209" s="1"/>
     </row>
-    <row r="210" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A210" s="2"/>
       <c r="B210" s="28"/>
       <c r="C210" s="25"/>
       <c r="D210" s="6"/>
       <c r="E210" s="1"/>
     </row>
-    <row r="211" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A211" s="2"/>
       <c r="B211" s="28"/>
       <c r="C211" s="25"/>
       <c r="D211" s="6"/>
       <c r="E211" s="1"/>
     </row>
-    <row r="212" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A212" s="2"/>
       <c r="B212" s="28"/>
       <c r="C212" s="25"/>
       <c r="D212" s="6"/>
       <c r="E212" s="1"/>
     </row>
-    <row r="213" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A213" s="2"/>
       <c r="B213" s="28"/>
       <c r="C213" s="25"/>
       <c r="D213" s="6"/>
       <c r="E213" s="1"/>
     </row>
-    <row r="214" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A214" s="2"/>
       <c r="B214" s="28"/>
       <c r="C214" s="25"/>
       <c r="D214" s="6"/>
       <c r="E214" s="1"/>
     </row>
-    <row r="215" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A215" s="2"/>
       <c r="B215" s="28"/>
       <c r="C215" s="25"/>
       <c r="D215" s="6"/>
       <c r="E215" s="1"/>
     </row>
-    <row r="216" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A216" s="2"/>
       <c r="B216" s="28"/>
       <c r="C216" s="25"/>
       <c r="D216" s="6"/>
       <c r="E216" s="1"/>
     </row>
-    <row r="217" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A217" s="2"/>
       <c r="B217" s="28"/>
       <c r="C217" s="25"/>
       <c r="D217" s="6"/>
       <c r="E217" s="1"/>
     </row>
-    <row r="218" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A218" s="2"/>
       <c r="B218" s="28"/>
       <c r="C218" s="25"/>
       <c r="D218" s="6"/>
       <c r="E218" s="1"/>
     </row>
-    <row r="219" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A219" s="2"/>
       <c r="B219" s="28"/>
       <c r="C219" s="25"/>
       <c r="D219" s="6"/>
       <c r="E219" s="1"/>
     </row>
-    <row r="220" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A220" s="2"/>
       <c r="B220" s="28"/>
       <c r="C220" s="25"/>
       <c r="D220" s="6"/>
       <c r="E220" s="1"/>
     </row>
-    <row r="221" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A221" s="2"/>
       <c r="B221" s="28"/>
       <c r="C221" s="25"/>
       <c r="D221" s="6"/>
       <c r="E221" s="1"/>
     </row>
-    <row r="222" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A222" s="2"/>
       <c r="B222" s="28"/>
       <c r="C222" s="25"/>
       <c r="D222" s="6"/>
       <c r="E222" s="1"/>
     </row>
-    <row r="223" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A223" s="2"/>
       <c r="B223" s="28"/>
       <c r="C223" s="25"/>
       <c r="D223" s="6"/>
       <c r="E223" s="1"/>
     </row>
-    <row r="224" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A224" s="2"/>
       <c r="B224" s="28"/>
       <c r="C224" s="25"/>
       <c r="D224" s="6"/>
       <c r="E224" s="1"/>
     </row>
-    <row r="225" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A225" s="2"/>
       <c r="B225" s="28"/>
       <c r="C225" s="25"/>
       <c r="D225" s="6"/>
       <c r="E225" s="1"/>
     </row>
-    <row r="226" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A226" s="2"/>
       <c r="B226" s="28"/>
       <c r="C226" s="25"/>
       <c r="D226" s="6"/>
       <c r="E226" s="1"/>
     </row>
-    <row r="227" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A227" s="2"/>
       <c r="B227" s="28"/>
       <c r="C227" s="25"/>
       <c r="D227" s="6"/>
       <c r="E227" s="1"/>
     </row>
-    <row r="228" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A228" s="2"/>
       <c r="B228" s="28"/>
       <c r="C228" s="25"/>
       <c r="D228" s="6"/>
       <c r="E228" s="1"/>
     </row>
-    <row r="229" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A229" s="2"/>
       <c r="B229" s="28"/>
       <c r="C229" s="25"/>
       <c r="D229" s="6"/>
       <c r="E229" s="1"/>
     </row>
-    <row r="230" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A230" s="2"/>
       <c r="B230" s="28"/>
       <c r="C230" s="25"/>
       <c r="D230" s="6"/>
       <c r="E230" s="1"/>
     </row>
-    <row r="231" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A231" s="2"/>
       <c r="B231" s="28"/>
       <c r="C231" s="25"/>
       <c r="D231" s="6"/>
       <c r="E231" s="1"/>
     </row>
-    <row r="232" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A232" s="2"/>
       <c r="B232" s="28"/>
       <c r="C232" s="25"/>
       <c r="D232" s="6"/>
       <c r="E232" s="1"/>
     </row>
-    <row r="233" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A233" s="2"/>
       <c r="B233" s="28"/>
       <c r="C233" s="25"/>
       <c r="D233" s="6"/>
       <c r="E233" s="1"/>
     </row>
-    <row r="234" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A234" s="2"/>
       <c r="B234" s="28"/>
       <c r="C234" s="25"/>
       <c r="D234" s="6"/>
       <c r="E234" s="1"/>
     </row>
-    <row r="235" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A235" s="2"/>
       <c r="B235" s="28"/>
       <c r="C235" s="25"/>
       <c r="D235" s="6"/>
       <c r="E235" s="1"/>
     </row>
-    <row r="236" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A236" s="2"/>
       <c r="B236" s="28"/>
       <c r="C236" s="25"/>
       <c r="D236" s="6"/>
       <c r="E236" s="1"/>
     </row>
-    <row r="237" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A237" s="2"/>
       <c r="B237" s="28"/>
       <c r="C237" s="25"/>
       <c r="D237" s="6"/>
       <c r="E237" s="1"/>
     </row>
-    <row r="238" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A238" s="2"/>
       <c r="B238" s="28"/>
       <c r="C238" s="25"/>
       <c r="D238" s="6"/>
       <c r="E238" s="1"/>
     </row>
-    <row r="239" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A239" s="2"/>
       <c r="B239" s="28"/>
       <c r="C239" s="25"/>
       <c r="D239" s="6"/>
       <c r="E239" s="1"/>
     </row>
-    <row r="240" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A240" s="2"/>
       <c r="B240" s="28"/>
       <c r="C240" s="25"/>
       <c r="D240" s="6"/>
       <c r="E240" s="1"/>
     </row>
-    <row r="241" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A241" s="2"/>
       <c r="B241" s="28"/>
       <c r="C241" s="25"/>
       <c r="D241" s="6"/>
       <c r="E241" s="1"/>
     </row>
-    <row r="242" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A242" s="2"/>
       <c r="B242" s="28"/>
       <c r="C242" s="25"/>
       <c r="D242" s="6"/>
       <c r="E242" s="1"/>
     </row>
-    <row r="243" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A243" s="2"/>
       <c r="B243" s="28"/>
       <c r="C243" s="25"/>
       <c r="D243" s="6"/>
       <c r="E243" s="1"/>
     </row>
-    <row r="244" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A244" s="2"/>
       <c r="B244" s="28"/>
       <c r="C244" s="25"/>
       <c r="D244" s="6"/>
       <c r="E244" s="1"/>
     </row>
-    <row r="245" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A245" s="2"/>
       <c r="B245" s="28"/>
       <c r="C245" s="25"/>
       <c r="D245" s="6"/>
       <c r="E245" s="1"/>
     </row>
-    <row r="246" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A246" s="2"/>
       <c r="B246" s="28"/>
       <c r="C246" s="25"/>
       <c r="D246" s="6"/>
       <c r="E246" s="1"/>
     </row>
-    <row r="247" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A247" s="2"/>
       <c r="B247" s="28"/>
       <c r="C247" s="25"/>
       <c r="D247" s="6"/>
       <c r="E247" s="1"/>
     </row>
-    <row r="248" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A248" s="2"/>
       <c r="B248" s="28"/>
       <c r="C248" s="25"/>
       <c r="D248" s="6"/>
       <c r="E248" s="1"/>
     </row>
-    <row r="249" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A249" s="2"/>
       <c r="B249" s="28"/>
       <c r="C249" s="25"/>
       <c r="D249" s="6"/>
       <c r="E249" s="1"/>
     </row>
-    <row r="250" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A250" s="2"/>
       <c r="B250" s="28"/>
       <c r="C250" s="25"/>
       <c r="D250" s="6"/>
       <c r="E250" s="1"/>
     </row>
-    <row r="251" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A251" s="2"/>
       <c r="B251" s="28"/>
       <c r="C251" s="25"/>
       <c r="D251" s="6"/>
       <c r="E251" s="1"/>
     </row>
-    <row r="252" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A252" s="2"/>
       <c r="B252" s="28"/>
       <c r="C252" s="25"/>
       <c r="D252" s="6"/>
       <c r="E252" s="1"/>
     </row>
-    <row r="253" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A253" s="2"/>
       <c r="B253" s="28"/>
       <c r="C253" s="25"/>
       <c r="D253" s="6"/>
       <c r="E253" s="1"/>
     </row>
-    <row r="254" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A254" s="2"/>
       <c r="B254" s="28"/>
       <c r="C254" s="25"/>
       <c r="D254" s="6"/>
       <c r="E254" s="1"/>
     </row>
-    <row r="255" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A255" s="2"/>
       <c r="B255" s="28"/>
       <c r="C255" s="25"/>
       <c r="D255" s="6"/>
       <c r="E255" s="1"/>
     </row>
-    <row r="256" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A256" s="2"/>
       <c r="B256" s="28"/>
       <c r="C256" s="25"/>
       <c r="D256" s="6"/>
       <c r="E256" s="1"/>
     </row>
-    <row r="257" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A257" s="2"/>
       <c r="B257" s="28"/>
       <c r="C257" s="25"/>
       <c r="D257" s="6"/>
       <c r="E257" s="1"/>
     </row>
-    <row r="258" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A258" s="2"/>
       <c r="B258" s="28"/>
       <c r="C258" s="25"/>
       <c r="D258" s="6"/>
       <c r="E258" s="1"/>
     </row>
-    <row r="259" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A259" s="2"/>
       <c r="B259" s="28"/>
       <c r="C259" s="25"/>
       <c r="D259" s="6"/>
       <c r="E259" s="1"/>
     </row>
-    <row r="260" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A260" s="2"/>
       <c r="B260" s="28"/>
       <c r="C260" s="25"/>
       <c r="D260" s="6"/>
       <c r="E260" s="1"/>
     </row>
-    <row r="261" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A261" s="2"/>
       <c r="B261" s="28"/>
       <c r="C261" s="25"/>
       <c r="D261" s="6"/>
       <c r="E261" s="1"/>
     </row>
-    <row r="262" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A262" s="2"/>
       <c r="B262" s="28"/>
       <c r="C262" s="25"/>
       <c r="D262" s="6"/>
       <c r="E262" s="1"/>
     </row>
-    <row r="263" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A263" s="2"/>
       <c r="B263" s="28"/>
       <c r="C263" s="25"/>
       <c r="D263" s="6"/>
       <c r="E263" s="1"/>
     </row>
-    <row r="264" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A264" s="2"/>
       <c r="B264" s="28"/>
       <c r="C264" s="25"/>
       <c r="D264" s="6"/>
       <c r="E264" s="1"/>
     </row>
-    <row r="265" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A265" s="2"/>
       <c r="B265" s="28"/>
       <c r="C265" s="25"/>
       <c r="D265" s="6"/>
       <c r="E265" s="1"/>
     </row>
-    <row r="266" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A266" s="2"/>
       <c r="B266" s="28"/>
       <c r="C266" s="25"/>
       <c r="D266" s="6"/>
       <c r="E266" s="1"/>
     </row>
-    <row r="267" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A267" s="2"/>
       <c r="B267" s="28"/>
       <c r="C267" s="25"/>
       <c r="D267" s="6"/>
       <c r="E267" s="1"/>
     </row>
-    <row r="268" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A268" s="2"/>
       <c r="B268" s="28"/>
       <c r="C268" s="25"/>
       <c r="D268" s="6"/>
       <c r="E268" s="1"/>
     </row>
-    <row r="269" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A269" s="2"/>
       <c r="B269" s="28"/>
       <c r="C269" s="25"/>
       <c r="D269" s="6"/>
       <c r="E269" s="1"/>
     </row>
-    <row r="270" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A270" s="2"/>
       <c r="B270" s="28"/>
       <c r="C270" s="25"/>
       <c r="D270" s="6"/>
       <c r="E270" s="1"/>
     </row>
-    <row r="271" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A271" s="2"/>
       <c r="B271" s="28"/>
       <c r="C271" s="25"/>
       <c r="D271" s="6"/>
       <c r="E271" s="1"/>
     </row>
-    <row r="272" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A272" s="2"/>
       <c r="B272" s="28"/>
       <c r="C272" s="25"/>
       <c r="D272" s="6"/>
       <c r="E272" s="1"/>
     </row>
-    <row r="273" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A273" s="2"/>
       <c r="B273" s="28"/>
       <c r="C273" s="25"/>
       <c r="D273" s="6"/>
       <c r="E273" s="1"/>
     </row>
-    <row r="274" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A274" s="2"/>
       <c r="B274" s="28"/>
       <c r="C274" s="25"/>
       <c r="D274" s="6"/>
       <c r="E274" s="1"/>
     </row>
-    <row r="275" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A275" s="2"/>
       <c r="B275" s="28"/>
       <c r="C275" s="25"/>
       <c r="D275" s="6"/>
       <c r="E275" s="1"/>
     </row>
-    <row r="276" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A276" s="2"/>
       <c r="B276" s="28"/>
       <c r="C276" s="25"/>
       <c r="D276" s="6"/>
       <c r="E276" s="1"/>
     </row>
-    <row r="277" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A277" s="2"/>
       <c r="B277" s="28"/>
       <c r="C277" s="25"/>
       <c r="D277" s="6"/>
       <c r="E277" s="1"/>
     </row>
-    <row r="278" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A278" s="2"/>
       <c r="B278" s="28"/>
       <c r="C278" s="25"/>
       <c r="D278" s="6"/>
       <c r="E278" s="1"/>
     </row>
-    <row r="279" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A279" s="2"/>
       <c r="B279" s="28"/>
       <c r="C279" s="25"/>
       <c r="D279" s="6"/>
       <c r="E279" s="1"/>
     </row>
-    <row r="280" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A280" s="2"/>
       <c r="B280" s="28"/>
       <c r="C280" s="25"/>
       <c r="D280" s="6"/>
       <c r="E280" s="1"/>
     </row>
-    <row r="281" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A281" s="2"/>
       <c r="B281" s="28"/>
       <c r="C281" s="25"/>
       <c r="D281" s="6"/>
       <c r="E281" s="1"/>
     </row>
-    <row r="282" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A282" s="2"/>
       <c r="B282" s="28"/>
       <c r="C282" s="25"/>
       <c r="D282" s="6"/>
       <c r="E282" s="1"/>
     </row>
-    <row r="283" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A283" s="2"/>
       <c r="B283" s="28"/>
       <c r="C283" s="25"/>
       <c r="D283" s="6"/>
       <c r="E283" s="1"/>
     </row>
-    <row r="284" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A284" s="2"/>
       <c r="B284" s="28"/>
       <c r="C284" s="25"/>
       <c r="D284" s="6"/>
       <c r="E284" s="1"/>
     </row>
-    <row r="285" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A285" s="2"/>
       <c r="B285" s="28"/>
       <c r="C285" s="25"/>
       <c r="D285" s="6"/>
       <c r="E285" s="1"/>
     </row>
-    <row r="286" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A286" s="2"/>
       <c r="B286" s="28"/>
       <c r="C286" s="25"/>
       <c r="D286" s="6"/>
       <c r="E286" s="1"/>
     </row>
-    <row r="287" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A287" s="2"/>
       <c r="B287" s="28"/>
       <c r="C287" s="25"/>
       <c r="D287" s="6"/>
       <c r="E287" s="1"/>
     </row>
-    <row r="288" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A288" s="2"/>
       <c r="B288" s="28"/>
       <c r="C288" s="25"/>
       <c r="D288" s="6"/>
       <c r="E288" s="1"/>
     </row>
-    <row r="289" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A289" s="2"/>
       <c r="B289" s="28"/>
       <c r="C289" s="25"/>
       <c r="D289" s="6"/>
       <c r="E289" s="1"/>
     </row>
-    <row r="290" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A290" s="2"/>
       <c r="B290" s="28"/>
       <c r="C290" s="25"/>
       <c r="D290" s="6"/>
       <c r="E290" s="1"/>
     </row>
-    <row r="291" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A291" s="2"/>
       <c r="B291" s="28"/>
       <c r="C291" s="25"/>
       <c r="D291" s="6"/>
       <c r="E291" s="1"/>
     </row>
-    <row r="292" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A292" s="2"/>
       <c r="B292" s="28"/>
       <c r="C292" s="25"/>
       <c r="D292" s="6"/>
       <c r="E292" s="1"/>
     </row>
-    <row r="293" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A293" s="2"/>
       <c r="B293" s="28"/>
       <c r="C293" s="25"/>
       <c r="D293" s="6"/>
       <c r="E293" s="1"/>
     </row>
-    <row r="294" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A294" s="2"/>
       <c r="B294" s="28"/>
       <c r="C294" s="25"/>
       <c r="D294" s="6"/>
       <c r="E294" s="1"/>
     </row>
-    <row r="295" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A295" s="2"/>
       <c r="B295" s="28"/>
       <c r="C295" s="25"/>
       <c r="D295" s="6"/>
       <c r="E295" s="1"/>
     </row>
-    <row r="296" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A296" s="2"/>
       <c r="B296" s="28"/>
       <c r="C296" s="25"/>
       <c r="D296" s="6"/>
       <c r="E296" s="1"/>
     </row>
-    <row r="297" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A297" s="2"/>
       <c r="B297" s="28"/>
       <c r="C297" s="25"/>
       <c r="D297" s="6"/>
       <c r="E297" s="1"/>
     </row>
-    <row r="298" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A298" s="2"/>
       <c r="B298" s="28"/>
       <c r="C298" s="25"/>
       <c r="D298" s="6"/>
       <c r="E298" s="1"/>
     </row>
-    <row r="299" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A299" s="2"/>
       <c r="B299" s="28"/>
       <c r="C299" s="25"/>
       <c r="D299" s="6"/>
       <c r="E299" s="1"/>
     </row>
-    <row r="300" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A300" s="2"/>
       <c r="B300" s="28"/>
       <c r="C300" s="25"/>
       <c r="D300" s="6"/>
       <c r="E300" s="1"/>
     </row>
-    <row r="301" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A301" s="2"/>
       <c r="B301" s="28"/>
       <c r="C301" s="25"/>
       <c r="D301" s="6"/>
       <c r="E301" s="1"/>
     </row>
-    <row r="302" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A302" s="2"/>
       <c r="B302" s="28"/>
       <c r="C302" s="25"/>
       <c r="D302" s="6"/>
       <c r="E302" s="1"/>
     </row>
-    <row r="303" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A303" s="2"/>
       <c r="B303" s="28"/>
       <c r="C303" s="25"/>
       <c r="D303" s="6"/>
       <c r="E303" s="1"/>
     </row>
-    <row r="304" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A304" s="2"/>
       <c r="B304" s="28"/>
       <c r="C304" s="25"/>
       <c r="D304" s="6"/>
       <c r="E304" s="1"/>
     </row>
-    <row r="305" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A305" s="2"/>
       <c r="B305" s="28"/>
       <c r="C305" s="25"/>
       <c r="D305" s="6"/>
       <c r="E305" s="1"/>
     </row>
-    <row r="306" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A306" s="2"/>
       <c r="B306" s="28"/>
       <c r="C306" s="25"/>
       <c r="D306" s="6"/>
       <c r="E306" s="1"/>
     </row>
-    <row r="307" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A307" s="2"/>
       <c r="B307" s="28"/>
       <c r="C307" s="25"/>
       <c r="D307" s="6"/>
       <c r="E307" s="1"/>
     </row>
-    <row r="308" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A308" s="2"/>
       <c r="B308" s="28"/>
       <c r="C308" s="25"/>
       <c r="D308" s="6"/>
       <c r="E308" s="1"/>
     </row>
-    <row r="309" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A309" s="2"/>
       <c r="B309" s="28"/>
       <c r="C309" s="25"/>
       <c r="D309" s="6"/>
       <c r="E309" s="1"/>
     </row>
-    <row r="310" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A310" s="2"/>
       <c r="B310" s="28"/>
       <c r="C310" s="25"/>
       <c r="D310" s="6"/>
       <c r="E310" s="1"/>
     </row>
-    <row r="311" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A311" s="2"/>
       <c r="B311" s="28"/>
       <c r="C311" s="25"/>
       <c r="D311" s="6"/>
       <c r="E311" s="1"/>
     </row>
-    <row r="312" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A312" s="2"/>
       <c r="B312" s="28"/>
       <c r="C312" s="25"/>
       <c r="D312" s="6"/>
       <c r="E312" s="1"/>
     </row>
-    <row r="313" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A313" s="2"/>
       <c r="B313" s="28"/>
       <c r="C313" s="25"/>
       <c r="D313" s="6"/>
       <c r="E313" s="1"/>
     </row>
-    <row r="314" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A314" s="2"/>
       <c r="B314" s="28"/>
       <c r="C314" s="25"/>
       <c r="D314" s="6"/>
       <c r="E314" s="1"/>
     </row>
-    <row r="315" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A315" s="2"/>
       <c r="B315" s="28"/>
       <c r="C315" s="25"/>
       <c r="D315" s="6"/>
       <c r="E315" s="1"/>
     </row>
-    <row r="316" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A316" s="2"/>
       <c r="B316" s="28"/>
       <c r="C316" s="25"/>
       <c r="D316" s="6"/>
       <c r="E316" s="1"/>
     </row>
-    <row r="317" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A317" s="2"/>
       <c r="B317" s="28"/>
       <c r="C317" s="25"/>
       <c r="D317" s="6"/>
       <c r="E317" s="1"/>
     </row>
-    <row r="318" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A318" s="2"/>
       <c r="B318" s="28"/>
       <c r="C318" s="25"/>
       <c r="D318" s="6"/>
       <c r="E318" s="1"/>
     </row>
-    <row r="319" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A319" s="2"/>
       <c r="B319" s="28"/>
       <c r="C319" s="25"/>
       <c r="D319" s="6"/>
       <c r="E319" s="1"/>
     </row>
-    <row r="320" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A320" s="2"/>
       <c r="B320" s="28"/>
       <c r="C320" s="25"/>
       <c r="D320" s="6"/>
       <c r="E320" s="1"/>
     </row>
-    <row r="321" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A321" s="2"/>
       <c r="B321" s="28"/>
       <c r="C321" s="25"/>
       <c r="D321" s="6"/>
       <c r="E321" s="1"/>
     </row>
-    <row r="322" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A322" s="2"/>
       <c r="B322" s="28"/>
       <c r="C322" s="25"/>
       <c r="D322" s="6"/>
       <c r="E322" s="1"/>
     </row>
-    <row r="323" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A323" s="2"/>
       <c r="B323" s="28"/>
       <c r="C323" s="25"/>
       <c r="D323" s="6"/>
       <c r="E323" s="1"/>
     </row>
-    <row r="324" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A324" s="2"/>
       <c r="B324" s="28"/>
       <c r="C324" s="25"/>
       <c r="D324" s="6"/>
       <c r="E324" s="1"/>
     </row>
-    <row r="325" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A325" s="2"/>
       <c r="B325" s="28"/>
       <c r="C325" s="25"/>
       <c r="D325" s="6"/>
       <c r="E325" s="1"/>
     </row>
-    <row r="326" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A326" s="2"/>
       <c r="B326" s="28"/>
       <c r="C326" s="25"/>
       <c r="D326" s="6"/>
       <c r="E326" s="1"/>
     </row>
-    <row r="327" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A327" s="2"/>
       <c r="B327" s="28"/>
       <c r="C327" s="25"/>
       <c r="D327" s="6"/>
       <c r="E327" s="1"/>
     </row>
-    <row r="328" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A328" s="2"/>
       <c r="B328" s="28"/>
       <c r="C328" s="25"/>
       <c r="D328" s="6"/>
       <c r="E328" s="1"/>
     </row>
-    <row r="329" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A329" s="2"/>
       <c r="B329" s="28"/>
       <c r="C329" s="25"/>
       <c r="D329" s="6"/>
       <c r="E329" s="1"/>
     </row>
-    <row r="330" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A330" s="2"/>
       <c r="B330" s="28"/>
       <c r="C330" s="25"/>
       <c r="D330" s="6"/>
       <c r="E330" s="1"/>
     </row>
-    <row r="331" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A331" s="2"/>
       <c r="B331" s="28"/>
       <c r="C331" s="25"/>
       <c r="D331" s="6"/>
       <c r="E331" s="1"/>
     </row>
-    <row r="332" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A332" s="2"/>
       <c r="B332" s="28"/>
       <c r="C332" s="25"/>
       <c r="D332" s="6"/>
       <c r="E332" s="1"/>
     </row>
-    <row r="333" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A333" s="2"/>
       <c r="B333" s="28"/>
       <c r="C333" s="25"/>
       <c r="D333" s="6"/>
       <c r="E333" s="1"/>
     </row>
-    <row r="334" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A334" s="2"/>
       <c r="B334" s="28"/>
       <c r="C334" s="25"/>
       <c r="D334" s="6"/>
       <c r="E334" s="1"/>
     </row>
-    <row r="335" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A335" s="2"/>
       <c r="B335" s="28"/>
       <c r="C335" s="25"/>
       <c r="D335" s="6"/>
       <c r="E335" s="1"/>
     </row>
-    <row r="336" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A336" s="2"/>
       <c r="B336" s="28"/>
       <c r="C336" s="25"/>
       <c r="D336" s="6"/>
       <c r="E336" s="1"/>
     </row>
-    <row r="337" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A337" s="2"/>
       <c r="B337" s="28"/>
       <c r="C337" s="25"/>
       <c r="D337" s="6"/>
       <c r="E337" s="1"/>
     </row>
-    <row r="338" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A338" s="2"/>
       <c r="B338" s="28"/>
       <c r="C338" s="25"/>
       <c r="D338" s="6"/>
       <c r="E338" s="1"/>
     </row>
-    <row r="339" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A339" s="2"/>
       <c r="B339" s="28"/>
       <c r="C339" s="25"/>
       <c r="D339" s="6"/>
       <c r="E339" s="1"/>
     </row>
-    <row r="340" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A340" s="2"/>
       <c r="B340" s="28"/>
       <c r="C340" s="25"/>
       <c r="D340" s="6"/>
       <c r="E340" s="1"/>
     </row>
-    <row r="341" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A341" s="2"/>
       <c r="B341" s="28"/>
       <c r="C341" s="25"/>
       <c r="D341" s="6"/>
       <c r="E341" s="1"/>
     </row>
-    <row r="342" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A342" s="2"/>
       <c r="B342" s="28"/>
       <c r="C342" s="25"/>
       <c r="D342" s="6"/>
       <c r="E342" s="1"/>
     </row>
-    <row r="343" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A343" s="2"/>
       <c r="B343" s="28"/>
       <c r="C343" s="25"/>
       <c r="D343" s="6"/>
       <c r="E343" s="1"/>
     </row>
-    <row r="344" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A344" s="2"/>
       <c r="B344" s="28"/>
       <c r="C344" s="25"/>
       <c r="D344" s="6"/>
       <c r="E344" s="1"/>
     </row>
-    <row r="345" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A345" s="2"/>
       <c r="B345" s="28"/>
       <c r="C345" s="25"/>
       <c r="D345" s="6"/>
       <c r="E345" s="1"/>
     </row>
-    <row r="346" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A346" s="2"/>
       <c r="B346" s="28"/>
       <c r="C346" s="25"/>
       <c r="D346" s="6"/>
       <c r="E346" s="1"/>
     </row>
-    <row r="347" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A347" s="2"/>
       <c r="B347" s="28"/>
       <c r="C347" s="25"/>
       <c r="D347" s="6"/>
       <c r="E347" s="1"/>
     </row>
-    <row r="348" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A348" s="2"/>
       <c r="B348" s="28"/>
       <c r="C348" s="25"/>
       <c r="D348" s="6"/>
       <c r="E348" s="1"/>
     </row>
-    <row r="349" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A349" s="2"/>
       <c r="B349" s="28"/>
       <c r="C349" s="25"/>
       <c r="D349" s="6"/>
       <c r="E349" s="1"/>
     </row>
-    <row r="350" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A350" s="2"/>
       <c r="B350" s="28"/>
       <c r="C350" s="25"/>
       <c r="D350" s="6"/>
       <c r="E350" s="1"/>
     </row>
-    <row r="351" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A351" s="2"/>
       <c r="B351" s="28"/>
       <c r="C351" s="25"/>
       <c r="D351" s="6"/>
       <c r="E351" s="1"/>
     </row>
-    <row r="352" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A352" s="2"/>
       <c r="B352" s="28"/>
       <c r="C352" s="25"/>
       <c r="D352" s="6"/>
       <c r="E352" s="1"/>
     </row>
-    <row r="353" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A353" s="2"/>
       <c r="B353" s="28"/>
       <c r="C353" s="25"/>
       <c r="D353" s="6"/>
       <c r="E353" s="1"/>
     </row>
-    <row r="354" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A354" s="2"/>
       <c r="B354" s="28"/>
       <c r="C354" s="25"/>
       <c r="D354" s="6"/>
       <c r="E354" s="1"/>
     </row>
-    <row r="355" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A355" s="2"/>
       <c r="B355" s="28"/>
       <c r="C355" s="25"/>
       <c r="D355" s="6"/>
       <c r="E355" s="1"/>
     </row>
-    <row r="356" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A356" s="2"/>
       <c r="B356" s="28"/>
       <c r="C356" s="25"/>
       <c r="D356" s="6"/>
       <c r="E356" s="1"/>
     </row>
-    <row r="357" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A357" s="2"/>
       <c r="B357" s="28"/>
       <c r="C357" s="25"/>
       <c r="D357" s="6"/>
       <c r="E357" s="1"/>
     </row>
-    <row r="358" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A358" s="2"/>
       <c r="B358" s="28"/>
       <c r="C358" s="25"/>
       <c r="D358" s="6"/>
       <c r="E358" s="1"/>
     </row>
-    <row r="359" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A359" s="2"/>
       <c r="B359" s="28"/>
       <c r="C359" s="25"/>
       <c r="D359" s="6"/>
       <c r="E359" s="1"/>
     </row>
-    <row r="360" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A360" s="2"/>
       <c r="B360" s="28"/>
       <c r="C360" s="25"/>
       <c r="D360" s="6"/>
       <c r="E360" s="1"/>
     </row>
-    <row r="361" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A361" s="2"/>
       <c r="B361" s="28"/>
       <c r="C361" s="25"/>
       <c r="D361" s="6"/>
       <c r="E361" s="1"/>
     </row>
-    <row r="362" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A362" s="2"/>
       <c r="B362" s="28"/>
       <c r="C362" s="25"/>
       <c r="D362" s="6"/>
       <c r="E362" s="1"/>
     </row>
-    <row r="363" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A363" s="2"/>
       <c r="B363" s="28"/>
       <c r="C363" s="25"/>
       <c r="D363" s="6"/>
       <c r="E363" s="1"/>
     </row>
-    <row r="364" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A364" s="2"/>
       <c r="B364" s="28"/>
       <c r="C364" s="25"/>
       <c r="D364" s="6"/>
       <c r="E364" s="1"/>
     </row>
-    <row r="365" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A365" s="2"/>
       <c r="B365" s="28"/>
       <c r="C365" s="25"/>
       <c r="D365" s="6"/>
       <c r="E365" s="1"/>
     </row>
-    <row r="366" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A366" s="2"/>
       <c r="B366" s="28"/>
       <c r="C366" s="25"/>
       <c r="D366" s="6"/>
       <c r="E366" s="1"/>
     </row>
-    <row r="367" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A367" s="2"/>
       <c r="B367" s="28"/>
       <c r="C367" s="25"/>
       <c r="D367" s="6"/>
       <c r="E367" s="1"/>
     </row>
-    <row r="368" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A368" s="2"/>
       <c r="B368" s="28"/>
       <c r="C368" s="25"/>
       <c r="D368" s="6"/>
       <c r="E368" s="1"/>
     </row>
-    <row r="369" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A369" s="2"/>
       <c r="B369" s="28"/>
       <c r="C369" s="25"/>
       <c r="D369" s="6"/>
       <c r="E369" s="1"/>
     </row>
-    <row r="370" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A370" s="2"/>
       <c r="B370" s="28"/>
       <c r="C370" s="25"/>
       <c r="D370" s="6"/>
       <c r="E370" s="1"/>
     </row>
-    <row r="371" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A371" s="2"/>
       <c r="B371" s="28"/>
       <c r="C371" s="25"/>
       <c r="D371" s="6"/>
       <c r="E371" s="1"/>
     </row>
-    <row r="372" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A372" s="2"/>
       <c r="B372" s="28"/>
       <c r="C372" s="25"/>
       <c r="D372" s="6"/>
       <c r="E372" s="1"/>
     </row>
-    <row r="373" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A373" s="2"/>
       <c r="B373" s="28"/>
       <c r="C373" s="25"/>
       <c r="D373" s="6"/>
       <c r="E373" s="1"/>
     </row>
-    <row r="374" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A374" s="2"/>
       <c r="B374" s="28"/>
       <c r="C374" s="25"/>
       <c r="D374" s="6"/>
       <c r="E374" s="1"/>
     </row>
-    <row r="375" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A375" s="2"/>
       <c r="B375" s="28"/>
       <c r="C375" s="25"/>
       <c r="D375" s="6"/>
       <c r="E375" s="1"/>
     </row>
-    <row r="376" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A376" s="2"/>
       <c r="B376" s="28"/>
       <c r="C376" s="25"/>
       <c r="D376" s="6"/>
       <c r="E376" s="1"/>
     </row>
-    <row r="377" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A377" s="2"/>
       <c r="B377" s="28"/>
       <c r="C377" s="25"/>
       <c r="D377" s="6"/>
       <c r="E377" s="1"/>
     </row>
-    <row r="378" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A378" s="2"/>
       <c r="B378" s="28"/>
       <c r="C378" s="25"/>
       <c r="D378" s="6"/>
       <c r="E378" s="1"/>
     </row>
-    <row r="379" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A379" s="2"/>
       <c r="B379" s="28"/>
       <c r="C379" s="25"/>
       <c r="D379" s="6"/>
       <c r="E379" s="1"/>
     </row>
-    <row r="380" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A380" s="2"/>
       <c r="B380" s="28"/>
       <c r="C380" s="25"/>
       <c r="D380" s="6"/>
       <c r="E380" s="1"/>
     </row>
-    <row r="381" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A381" s="2"/>
       <c r="B381" s="28"/>
       <c r="C381" s="25"/>
       <c r="D381" s="6"/>
       <c r="E381" s="1"/>
     </row>
-    <row r="382" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A382" s="2"/>
       <c r="B382" s="28"/>
       <c r="C382" s="25"/>
       <c r="D382" s="6"/>
       <c r="E382" s="1"/>
     </row>
-    <row r="383" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A383" s="2"/>
       <c r="B383" s="28"/>
       <c r="C383" s="25"/>
       <c r="D383" s="6"/>
       <c r="E383" s="1"/>
     </row>
-    <row r="384" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A384" s="2"/>
       <c r="B384" s="28"/>
       <c r="C384" s="25"/>
       <c r="D384" s="6"/>
       <c r="E384" s="1"/>
     </row>
-    <row r="385" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A385" s="2"/>
       <c r="B385" s="28"/>
       <c r="C385" s="25"/>
       <c r="D385" s="6"/>
       <c r="E385" s="1"/>
     </row>
-    <row r="386" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A386" s="2"/>
       <c r="B386" s="28"/>
       <c r="C386" s="25"/>
       <c r="D386" s="6"/>
       <c r="E386" s="1"/>
     </row>
-    <row r="387" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A387" s="2"/>
       <c r="B387" s="28"/>
       <c r="C387" s="25"/>
       <c r="D387" s="6"/>
       <c r="E387" s="1"/>
     </row>
-    <row r="388" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A388" s="2"/>
       <c r="B388" s="28"/>
       <c r="C388" s="25"/>
       <c r="D388" s="6"/>
       <c r="E388" s="1"/>
     </row>
-    <row r="389" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A389" s="2"/>
       <c r="B389" s="28"/>
       <c r="C389" s="25"/>
       <c r="D389" s="6"/>
       <c r="E389" s="1"/>
     </row>
-    <row r="390" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A390" s="2"/>
       <c r="B390" s="28"/>
       <c r="C390" s="25"/>
       <c r="D390" s="6"/>
       <c r="E390" s="1"/>
     </row>
-    <row r="391" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A391" s="2"/>
       <c r="B391" s="28"/>
       <c r="C391" s="25"/>
       <c r="D391" s="6"/>
       <c r="E391" s="1"/>
     </row>
-    <row r="392" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A392" s="2"/>
       <c r="B392" s="28"/>
       <c r="C392" s="25"/>
       <c r="D392" s="6"/>
       <c r="E392" s="1"/>
     </row>
-    <row r="393" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A393" s="2"/>
       <c r="B393" s="28"/>
       <c r="C393" s="25"/>
       <c r="D393" s="6"/>
       <c r="E393" s="1"/>
     </row>
-    <row r="394" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A394" s="2"/>
       <c r="B394" s="28"/>
       <c r="C394" s="25"/>
       <c r="D394" s="6"/>
       <c r="E394" s="1"/>
     </row>
-    <row r="395" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A395" s="2"/>
       <c r="B395" s="28"/>
       <c r="C395" s="25"/>
       <c r="D395" s="6"/>
       <c r="E395" s="1"/>
     </row>
-    <row r="396" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A396" s="2"/>
       <c r="B396" s="28"/>
       <c r="C396" s="25"/>
       <c r="D396" s="6"/>
       <c r="E396" s="1"/>
     </row>
-    <row r="397" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A397" s="2"/>
       <c r="B397" s="28"/>
       <c r="C397" s="25"/>
       <c r="D397" s="6"/>
       <c r="E397" s="1"/>
     </row>
-    <row r="398" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A398" s="2"/>
       <c r="B398" s="28"/>
       <c r="C398" s="25"/>
       <c r="D398" s="6"/>
       <c r="E398" s="1"/>
     </row>
-    <row r="399" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A399" s="2"/>
       <c r="B399" s="28"/>
       <c r="C399" s="25"/>
       <c r="D399" s="6"/>
       <c r="E399" s="1"/>
     </row>
-    <row r="400" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A400" s="2"/>
       <c r="B400" s="28"/>
       <c r="C400" s="25"/>
       <c r="D400" s="6"/>
       <c r="E400" s="1"/>
     </row>
-    <row r="401" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A401" s="2"/>
       <c r="B401" s="28"/>
       <c r="C401" s="25"/>
       <c r="D401" s="6"/>
       <c r="E401" s="1"/>
     </row>
-    <row r="402" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A402" s="2"/>
       <c r="B402" s="28"/>
       <c r="C402" s="25"/>
       <c r="D402" s="6"/>
       <c r="E402" s="1"/>
     </row>
-    <row r="403" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A403" s="2"/>
       <c r="B403" s="28"/>
       <c r="C403" s="25"/>
       <c r="D403" s="6"/>
       <c r="E403" s="1"/>
     </row>
-    <row r="404" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A404" s="2"/>
       <c r="B404" s="28"/>
       <c r="C404" s="25"/>
       <c r="D404" s="6"/>
       <c r="E404" s="1"/>
     </row>
-    <row r="405" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A405" s="2"/>
       <c r="B405" s="28"/>
       <c r="C405" s="25"/>
       <c r="D405" s="6"/>
       <c r="E405" s="1"/>
     </row>
-    <row r="406" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A406" s="2"/>
       <c r="B406" s="28"/>
       <c r="C406" s="25"/>
       <c r="D406" s="6"/>
       <c r="E406" s="1"/>
     </row>
-    <row r="407" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A407" s="2"/>
       <c r="B407" s="28"/>
       <c r="C407" s="25"/>
       <c r="D407" s="6"/>
       <c r="E407" s="1"/>
     </row>
-    <row r="408" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A408" s="2"/>
       <c r="B408" s="28"/>
       <c r="C408" s="25"/>
       <c r="D408" s="6"/>
       <c r="E408" s="1"/>
     </row>
-    <row r="409" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A409" s="2"/>
       <c r="B409" s="28"/>
       <c r="C409" s="25"/>
       <c r="D409" s="6"/>
       <c r="E409" s="1"/>
     </row>
-    <row r="410" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A410" s="2"/>
       <c r="B410" s="28"/>
       <c r="C410" s="25"/>
       <c r="D410" s="6"/>
       <c r="E410" s="1"/>
     </row>
-    <row r="411" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A411" s="2"/>
       <c r="B411" s="28"/>
       <c r="C411" s="25"/>
       <c r="D411" s="6"/>
       <c r="E411" s="1"/>
     </row>
-    <row r="412" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A412" s="2"/>
       <c r="B412" s="28"/>
       <c r="C412" s="25"/>
       <c r="D412" s="6"/>
       <c r="E412" s="1"/>
     </row>
-    <row r="413" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A413" s="2"/>
       <c r="B413" s="28"/>
       <c r="C413" s="25"/>
       <c r="D413" s="6"/>
       <c r="E413" s="1"/>
     </row>
-    <row r="414" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A414" s="2"/>
       <c r="B414" s="28"/>
       <c r="C414" s="25"/>
       <c r="D414" s="6"/>
       <c r="E414" s="1"/>
     </row>
-    <row r="415" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A415" s="2"/>
       <c r="B415" s="28"/>
       <c r="C415" s="25"/>
       <c r="D415" s="6"/>
       <c r="E415" s="1"/>
     </row>
-    <row r="416" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A416" s="2"/>
       <c r="B416" s="28"/>
       <c r="C416" s="25"/>
       <c r="D416" s="6"/>
       <c r="E416" s="1"/>
     </row>
-    <row r="417" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A417" s="2"/>
       <c r="B417" s="28"/>
       <c r="C417" s="25"/>
       <c r="D417" s="6"/>
       <c r="E417" s="1"/>
     </row>
-    <row r="418" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A418" s="2"/>
       <c r="B418" s="28"/>
       <c r="C418" s="25"/>
       <c r="D418" s="6"/>
       <c r="E418" s="1"/>
     </row>
-    <row r="419" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A419" s="2"/>
       <c r="B419" s="28"/>
       <c r="C419" s="25"/>
       <c r="D419" s="6"/>
       <c r="E419" s="1"/>
     </row>
-    <row r="420" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A420" s="2"/>
       <c r="B420" s="28"/>
       <c r="C420" s="25"/>
       <c r="D420" s="6"/>
       <c r="E420" s="1"/>
     </row>
-    <row r="421" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A421" s="2"/>
       <c r="B421" s="28"/>
       <c r="C421" s="25"/>
       <c r="D421" s="6"/>
       <c r="E421" s="1"/>
     </row>
-    <row r="422" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A422" s="2"/>
       <c r="B422" s="28"/>
       <c r="C422" s="25"/>
       <c r="D422" s="6"/>
       <c r="E422" s="1"/>
     </row>
-    <row r="423" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A423" s="2"/>
       <c r="B423" s="28"/>
       <c r="C423" s="25"/>
       <c r="D423" s="6"/>
       <c r="E423" s="1"/>
     </row>
-    <row r="424" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="424" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A424" s="2"/>
       <c r="B424" s="28"/>
       <c r="C424" s="25"/>
       <c r="D424" s="6"/>
       <c r="E424" s="1"/>
     </row>
-    <row r="425" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A425" s="2"/>
       <c r="B425" s="28"/>
       <c r="C425" s="25"/>
       <c r="D425" s="6"/>
       <c r="E425" s="1"/>
     </row>
-    <row r="426" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="426" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A426" s="2"/>
       <c r="B426" s="28"/>
       <c r="C426" s="25"/>
       <c r="D426" s="6"/>
       <c r="E426" s="1"/>
     </row>
-    <row r="427" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A427" s="2"/>
       <c r="B427" s="28"/>
       <c r="C427" s="25"/>
       <c r="D427" s="6"/>
       <c r="E427" s="1"/>
     </row>
-    <row r="428" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A428" s="2"/>
       <c r="B428" s="28"/>
       <c r="C428" s="25"/>
       <c r="D428" s="6"/>
       <c r="E428" s="1"/>
     </row>
-    <row r="429" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A429" s="2"/>
       <c r="B429" s="28"/>
       <c r="C429" s="25"/>
       <c r="D429" s="6"/>
       <c r="E429" s="1"/>
     </row>
-    <row r="430" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="430" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A430" s="2"/>
       <c r="B430" s="28"/>
       <c r="C430" s="25"/>
       <c r="D430" s="6"/>
       <c r="E430" s="1"/>
     </row>
-    <row r="431" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A431" s="2"/>
       <c r="B431" s="28"/>
       <c r="C431" s="25"/>
       <c r="D431" s="6"/>
       <c r="E431" s="1"/>
     </row>
-    <row r="432" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A432" s="2"/>
       <c r="B432" s="28"/>
       <c r="C432" s="25"/>
       <c r="D432" s="6"/>
       <c r="E432" s="1"/>
     </row>
-    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A433" s="2"/>
       <c r="B433" s="28"/>
       <c r="C433" s="25"/>
       <c r="D433" s="6"/>
       <c r="E433" s="1"/>
     </row>
-    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A434" s="2"/>
       <c r="B434" s="28"/>
       <c r="C434" s="25"/>
       <c r="D434" s="6"/>
       <c r="E434" s="1"/>
     </row>
-    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A435" s="2"/>
       <c r="B435" s="28"/>
       <c r="C435" s="25"/>
       <c r="D435" s="6"/>
       <c r="E435" s="1"/>
     </row>
-    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A436" s="2"/>
       <c r="B436" s="28"/>
       <c r="C436" s="25"/>
       <c r="D436" s="6"/>
       <c r="E436" s="1"/>
     </row>
-    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A437" s="2"/>
       <c r="B437" s="28"/>
       <c r="C437" s="25"/>
       <c r="D437" s="6"/>
       <c r="E437" s="1"/>
     </row>
-    <row r="438" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A438" s="2"/>
       <c r="B438" s="28"/>
       <c r="C438" s="25"/>
       <c r="D438" s="6"/>
       <c r="E438" s="1"/>
     </row>
-    <row r="439" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A439" s="2"/>
       <c r="B439" s="28"/>
       <c r="C439" s="25"/>
       <c r="D439" s="6"/>
       <c r="E439" s="1"/>
     </row>
-    <row r="440" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A440" s="2"/>
       <c r="B440" s="28"/>
       <c r="C440" s="25"/>
       <c r="D440" s="6"/>
       <c r="E440" s="1"/>
     </row>
-    <row r="441" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A441" s="2"/>
       <c r="B441" s="28"/>
       <c r="C441" s="25"/>
       <c r="D441" s="6"/>
       <c r="E441" s="1"/>
     </row>
-    <row r="442" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A442" s="2"/>
       <c r="B442" s="28"/>
       <c r="C442" s="25"/>
       <c r="D442" s="6"/>
       <c r="E442" s="1"/>
     </row>
-    <row r="443" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A443" s="2"/>
       <c r="B443" s="28"/>
       <c r="C443" s="25"/>
       <c r="D443" s="6"/>
       <c r="E443" s="1"/>
     </row>
-    <row r="444" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A444" s="2"/>
       <c r="B444" s="28"/>
       <c r="C444" s="25"/>
       <c r="D444" s="6"/>
       <c r="E444" s="1"/>
     </row>
-    <row r="445" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A445" s="2"/>
       <c r="B445" s="28"/>
       <c r="C445" s="25"/>
       <c r="D445" s="6"/>
       <c r="E445" s="1"/>
     </row>
-    <row r="446" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A446" s="2"/>
       <c r="B446" s="28"/>
       <c r="C446" s="25"/>
       <c r="D446" s="6"/>
       <c r="E446" s="1"/>
     </row>
-    <row r="447" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A447" s="2"/>
       <c r="B447" s="28"/>
       <c r="C447" s="25"/>
       <c r="D447" s="6"/>
       <c r="E447" s="1"/>
     </row>
-    <row r="448" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A448" s="2"/>
       <c r="B448" s="28"/>
       <c r="C448" s="25"/>
       <c r="D448" s="6"/>
       <c r="E448" s="1"/>
     </row>
-    <row r="449" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A449" s="2"/>
       <c r="B449" s="28"/>
       <c r="C449" s="25"/>
       <c r="D449" s="6"/>
       <c r="E449" s="1"/>
     </row>
-    <row r="450" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A450" s="2"/>
       <c r="B450" s="28"/>
       <c r="C450" s="25"/>
       <c r="D450" s="6"/>
       <c r="E450" s="1"/>
     </row>
-    <row r="451" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A451" s="2"/>
       <c r="B451" s="28"/>
       <c r="C451" s="25"/>
       <c r="D451" s="6"/>
       <c r="E451" s="1"/>
     </row>
-    <row r="452" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A452" s="2"/>
       <c r="B452" s="28"/>
       <c r="C452" s="25"/>
       <c r="D452" s="6"/>
       <c r="E452" s="1"/>
     </row>
-    <row r="453" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A453" s="2"/>
       <c r="B453" s="28"/>
       <c r="C453" s="25"/>
       <c r="D453" s="6"/>
       <c r="E453" s="1"/>
     </row>
-    <row r="454" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A454" s="2"/>
       <c r="B454" s="28"/>
       <c r="C454" s="25"/>
       <c r="D454" s="6"/>
       <c r="E454" s="1"/>
     </row>
-    <row r="455" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A455" s="2"/>
       <c r="B455" s="28"/>
       <c r="C455" s="25"/>
       <c r="D455" s="6"/>
       <c r="E455" s="1"/>
     </row>
-    <row r="456" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A456" s="2"/>
       <c r="B456" s="28"/>
       <c r="C456" s="25"/>
       <c r="D456" s="6"/>
       <c r="E456" s="1"/>
     </row>
-    <row r="457" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A457" s="2"/>
       <c r="B457" s="28"/>
       <c r="C457" s="25"/>
       <c r="D457" s="6"/>
       <c r="E457" s="1"/>
     </row>
-    <row r="458" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A458" s="2"/>
       <c r="B458" s="28"/>
       <c r="C458" s="25"/>
       <c r="D458" s="6"/>
       <c r="E458" s="1"/>
     </row>
-    <row r="459" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A459" s="2"/>
       <c r="B459" s="28"/>
       <c r="C459" s="25"/>
       <c r="D459" s="6"/>
       <c r="E459" s="1"/>
     </row>
-    <row r="460" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A460" s="2"/>
       <c r="B460" s="28"/>
       <c r="C460" s="25"/>
       <c r="D460" s="6"/>
       <c r="E460" s="1"/>
     </row>
-    <row r="461" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A461" s="2"/>
       <c r="B461" s="28"/>
       <c r="C461" s="25"/>
       <c r="D461" s="6"/>
       <c r="E461" s="1"/>
     </row>
-    <row r="462" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="462" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A462" s="2"/>
       <c r="B462" s="28"/>
       <c r="C462" s="25"/>
       <c r="D462" s="6"/>
       <c r="E462" s="1"/>
     </row>
-    <row r="463" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="463" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A463" s="2"/>
       <c r="B463" s="28"/>
       <c r="C463" s="25"/>
       <c r="D463" s="6"/>
       <c r="E463" s="1"/>
     </row>
-    <row r="464" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="464" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A464" s="2"/>
       <c r="B464" s="28"/>
       <c r="C464" s="25"/>
       <c r="D464" s="6"/>
       <c r="E464" s="1"/>
     </row>
-    <row r="465" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A465" s="2"/>
       <c r="B465" s="28"/>
       <c r="C465" s="25"/>
       <c r="D465" s="6"/>
       <c r="E465" s="1"/>
     </row>
-    <row r="466" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A466" s="2"/>
       <c r="B466" s="28"/>
       <c r="C466" s="25"/>
       <c r="D466" s="6"/>
       <c r="E466" s="1"/>
     </row>
-    <row r="467" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A467" s="2"/>
       <c r="B467" s="28"/>
       <c r="C467" s="25"/>
       <c r="D467" s="6"/>
       <c r="E467" s="1"/>
     </row>
-    <row r="468" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A468" s="2"/>
       <c r="B468" s="28"/>
       <c r="C468" s="25"/>
       <c r="D468" s="6"/>
       <c r="E468" s="1"/>
     </row>
-    <row r="469" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A469" s="2"/>
       <c r="B469" s="28"/>
       <c r="C469" s="25"/>
       <c r="D469" s="6"/>
       <c r="E469" s="1"/>
     </row>
-    <row r="470" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A470" s="2"/>
       <c r="B470" s="28"/>
       <c r="C470" s="25"/>
       <c r="D470" s="6"/>
       <c r="E470" s="1"/>
     </row>
-    <row r="471" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="471" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A471" s="2"/>
       <c r="B471" s="28"/>
       <c r="C471" s="25"/>
       <c r="D471" s="6"/>
       <c r="E471" s="1"/>
     </row>
-    <row r="472" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A472" s="2"/>
       <c r="B472" s="28"/>
       <c r="C472" s="25"/>
       <c r="D472" s="6"/>
       <c r="E472" s="1"/>
     </row>
-    <row r="473" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A473" s="2"/>
       <c r="B473" s="28"/>
       <c r="C473" s="25"/>
       <c r="D473" s="6"/>
       <c r="E473" s="1"/>
     </row>
-    <row r="474" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A474" s="2"/>
       <c r="B474" s="28"/>
       <c r="C474" s="25"/>
       <c r="D474" s="6"/>
       <c r="E474" s="1"/>
     </row>
-    <row r="475" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A475" s="2"/>
       <c r="B475" s="28"/>
       <c r="C475" s="25"/>
       <c r="D475" s="6"/>
       <c r="E475" s="1"/>
     </row>
-    <row r="476" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A476" s="2"/>
       <c r="B476" s="28"/>
       <c r="C476" s="25"/>
       <c r="D476" s="6"/>
       <c r="E476" s="1"/>
     </row>
-    <row r="477" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A477" s="2"/>
       <c r="B477" s="28"/>
       <c r="C477" s="25"/>
       <c r="D477" s="6"/>
       <c r="E477" s="1"/>
     </row>
-    <row r="478" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A478" s="2"/>
       <c r="B478" s="28"/>
       <c r="C478" s="25"/>
       <c r="D478" s="6"/>
       <c r="E478" s="1"/>
     </row>
-    <row r="479" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="479" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A479" s="2"/>
       <c r="B479" s="28"/>
       <c r="C479" s="25"/>
       <c r="D479" s="6"/>
       <c r="E479" s="1"/>
     </row>
-    <row r="480" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A480" s="2"/>
       <c r="B480" s="28"/>
       <c r="C480" s="25"/>
       <c r="D480" s="6"/>
       <c r="E480" s="1"/>
     </row>
-    <row r="481" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A481" s="2"/>
       <c r="B481" s="28"/>
       <c r="C481" s="25"/>
       <c r="D481" s="6"/>
       <c r="E481" s="1"/>
     </row>
-    <row r="482" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A482" s="2"/>
       <c r="B482" s="28"/>
       <c r="C482" s="25"/>
       <c r="D482" s="6"/>
       <c r="E482" s="1"/>
     </row>
-    <row r="483" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="483" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A483" s="2"/>
       <c r="B483" s="28"/>
       <c r="C483" s="25"/>
       <c r="D483" s="6"/>
       <c r="E483" s="1"/>
     </row>
-    <row r="484" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A484" s="2"/>
       <c r="B484" s="28"/>
       <c r="C484" s="25"/>
       <c r="D484" s="6"/>
       <c r="E484" s="1"/>
     </row>
-    <row r="485" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A485" s="2"/>
       <c r="B485" s="28"/>
       <c r="C485" s="25"/>
       <c r="D485" s="6"/>
       <c r="E485" s="1"/>
     </row>
-    <row r="486" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A486" s="2"/>
       <c r="B486" s="28"/>
       <c r="C486" s="25"/>
       <c r="D486" s="6"/>
       <c r="E486" s="1"/>
     </row>
-    <row r="487" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A487" s="2"/>
       <c r="B487" s="28"/>
       <c r="C487" s="25"/>
       <c r="D487" s="6"/>
       <c r="E487" s="1"/>
     </row>
-    <row r="488" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A488" s="2"/>
       <c r="B488" s="28"/>
       <c r="C488" s="25"/>
       <c r="D488" s="6"/>
       <c r="E488" s="1"/>
     </row>
-    <row r="489" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A489" s="2"/>
       <c r="B489" s="28"/>
       <c r="C489" s="25"/>
       <c r="D489" s="6"/>
       <c r="E489" s="1"/>
     </row>
-    <row r="490" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A490" s="2"/>
       <c r="B490" s="28"/>
       <c r="C490" s="25"/>
       <c r="D490" s="6"/>
       <c r="E490" s="1"/>
     </row>
-    <row r="491" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="491" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A491" s="2"/>
       <c r="B491" s="28"/>
       <c r="C491" s="25"/>
       <c r="D491" s="6"/>
       <c r="E491" s="1"/>
     </row>
-    <row r="492" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A492" s="2"/>
       <c r="B492" s="28"/>
       <c r="C492" s="25"/>
       <c r="D492" s="6"/>
       <c r="E492" s="1"/>
     </row>
-    <row r="493" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A493" s="2"/>
       <c r="B493" s="28"/>
       <c r="C493" s="25"/>
       <c r="D493" s="6"/>
       <c r="E493" s="1"/>
     </row>
-    <row r="494" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="494" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A494" s="2"/>
       <c r="B494" s="28"/>
       <c r="C494" s="25"/>
       <c r="D494" s="6"/>
       <c r="E494" s="1"/>
     </row>
-    <row r="495" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="495" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A495" s="2"/>
       <c r="B495" s="28"/>
       <c r="C495" s="25"/>
       <c r="D495" s="6"/>
       <c r="E495" s="1"/>
     </row>
-    <row r="496" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="496" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A496" s="2"/>
       <c r="B496" s="28"/>
       <c r="C496" s="25"/>
       <c r="D496" s="6"/>
       <c r="E496" s="1"/>
     </row>
-    <row r="497" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="497" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A497" s="2"/>
       <c r="B497" s="28"/>
       <c r="C497" s="25"/>
       <c r="D497" s="6"/>
       <c r="E497" s="1"/>
     </row>
-    <row r="498" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="498" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A498" s="2"/>
       <c r="B498" s="28"/>
       <c r="C498" s="25"/>
       <c r="D498" s="6"/>
       <c r="E498" s="1"/>
     </row>
-    <row r="499" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A499" s="2"/>
       <c r="B499" s="28"/>
       <c r="C499" s="25"/>
       <c r="D499" s="6"/>
       <c r="E499" s="1"/>
     </row>
-    <row r="500" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A500" s="2"/>
       <c r="B500" s="28"/>
       <c r="C500" s="25"/>
       <c r="D500" s="6"/>
       <c r="E500" s="1"/>
     </row>
-    <row r="501" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A501" s="2"/>
       <c r="B501" s="28"/>
       <c r="C501" s="25"/>
       <c r="D501" s="6"/>
       <c r="E501" s="1"/>
     </row>
-    <row r="502" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A502" s="2"/>
       <c r="B502" s="28"/>
       <c r="C502" s="25"/>
       <c r="D502" s="6"/>
       <c r="E502" s="1"/>
     </row>
-    <row r="503" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="503" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A503" s="2"/>
       <c r="B503" s="28"/>
       <c r="C503" s="25"/>
       <c r="D503" s="6"/>
       <c r="E503" s="1"/>
     </row>
-    <row r="504" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A504" s="2"/>
       <c r="B504" s="28"/>
       <c r="C504" s="25"/>
       <c r="D504" s="6"/>
       <c r="E504" s="1"/>
     </row>
-    <row r="505" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A505" s="2"/>
       <c r="B505" s="28"/>
       <c r="C505" s="25"/>
       <c r="D505" s="6"/>
       <c r="E505" s="1"/>
     </row>
-    <row r="506" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="506" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A506" s="2"/>
       <c r="B506" s="28"/>
       <c r="C506" s="25"/>
       <c r="D506" s="6"/>
       <c r="E506" s="1"/>
     </row>
-    <row r="507" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="507" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A507" s="2"/>
       <c r="B507" s="28"/>
       <c r="C507" s="25"/>
       <c r="D507" s="6"/>
       <c r="E507" s="1"/>
     </row>
-    <row r="508" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A508" s="2"/>
       <c r="B508" s="28"/>
       <c r="C508" s="25"/>
       <c r="D508" s="6"/>
       <c r="E508" s="1"/>
     </row>
-    <row r="509" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A509" s="2"/>
       <c r="B509" s="28"/>
       <c r="C509" s="25"/>
       <c r="D509" s="6"/>
       <c r="E509" s="1"/>
     </row>
-    <row r="510" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A510" s="2"/>
       <c r="B510" s="28"/>
       <c r="C510" s="25"/>
       <c r="D510" s="6"/>
       <c r="E510" s="1"/>
     </row>
-    <row r="511" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A511" s="2"/>
       <c r="B511" s="28"/>
       <c r="C511" s="25"/>
       <c r="D511" s="6"/>
       <c r="E511" s="1"/>
     </row>
-    <row r="512" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A512" s="2"/>
       <c r="B512" s="28"/>
       <c r="C512" s="25"/>
       <c r="D512" s="6"/>
       <c r="E512" s="1"/>
     </row>
-    <row r="513" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A513" s="2"/>
       <c r="B513" s="28"/>
       <c r="C513" s="25"/>
       <c r="D513" s="6"/>
       <c r="E513" s="1"/>
     </row>
-    <row r="514" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A514" s="2"/>
       <c r="B514" s="28"/>
       <c r="C514" s="25"/>
       <c r="D514" s="6"/>
       <c r="E514" s="1"/>
     </row>
-    <row r="515" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A515" s="2"/>
       <c r="B515" s="28"/>
       <c r="C515" s="25"/>
       <c r="D515" s="6"/>
       <c r="E515" s="1"/>
     </row>
-    <row r="516" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="516" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A516" s="2"/>
       <c r="B516" s="28"/>
       <c r="C516" s="25"/>
       <c r="D516" s="6"/>
       <c r="E516" s="1"/>
     </row>
-    <row r="517" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A517" s="2"/>
       <c r="B517" s="28"/>
       <c r="C517" s="25"/>
       <c r="D517" s="6"/>
       <c r="E517" s="1"/>
     </row>
-    <row r="518" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A518" s="2"/>
       <c r="B518" s="28"/>
       <c r="C518" s="25"/>
       <c r="D518" s="6"/>
       <c r="E518" s="1"/>
     </row>
-    <row r="519" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A519" s="2"/>
       <c r="B519" s="28"/>
       <c r="C519" s="25"/>
       <c r="D519" s="6"/>
       <c r="E519" s="1"/>
     </row>
-    <row r="520" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A520" s="2"/>
       <c r="B520" s="28"/>
       <c r="C520" s="25"/>
       <c r="D520" s="6"/>
       <c r="E520" s="1"/>
     </row>
-    <row r="521" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A521" s="2"/>
       <c r="B521" s="28"/>
       <c r="C521" s="25"/>
       <c r="D521" s="6"/>
       <c r="E521" s="1"/>
     </row>
-    <row r="522" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="522" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A522" s="2"/>
       <c r="B522" s="28"/>
       <c r="C522" s="25"/>
       <c r="D522" s="6"/>
       <c r="E522" s="1"/>
     </row>
-    <row r="523" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A523" s="2"/>
       <c r="B523" s="28"/>
       <c r="C523" s="25"/>
       <c r="D523" s="6"/>
       <c r="E523" s="1"/>
     </row>
-    <row r="524" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="524" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A524" s="2"/>
       <c r="B524" s="28"/>
       <c r="C524" s="25"/>
       <c r="D524" s="6"/>
       <c r="E524" s="1"/>
     </row>
-    <row r="525" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A525" s="2"/>
       <c r="B525" s="28"/>
       <c r="C525" s="25"/>
       <c r="D525" s="6"/>
       <c r="E525" s="1"/>
     </row>
-    <row r="526" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="526" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A526" s="2"/>
       <c r="B526" s="28"/>
       <c r="C526" s="25"/>
       <c r="D526" s="6"/>
       <c r="E526" s="1"/>
     </row>
-    <row r="527" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A527" s="2"/>
       <c r="B527" s="28"/>
       <c r="C527" s="25"/>
       <c r="D527" s="6"/>
       <c r="E527" s="1"/>
     </row>
-    <row r="528" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="528" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A528" s="2"/>
       <c r="B528" s="28"/>
       <c r="C528" s="25"/>
       <c r="D528" s="6"/>
       <c r="E528" s="1"/>
     </row>
-    <row r="529" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A529" s="2"/>
       <c r="B529" s="28"/>
       <c r="C529" s="25"/>
       <c r="D529" s="6"/>
       <c r="E529" s="1"/>
     </row>
-    <row r="530" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A530" s="2"/>
       <c r="B530" s="28"/>
       <c r="C530" s="25"/>
       <c r="D530" s="6"/>
       <c r="E530" s="1"/>
     </row>
-    <row r="531" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="531" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A531" s="2"/>
       <c r="B531" s="28"/>
       <c r="C531" s="25"/>
       <c r="D531" s="6"/>
       <c r="E531" s="1"/>
     </row>
-    <row r="532" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="532" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A532" s="2"/>
       <c r="B532" s="28"/>
       <c r="C532" s="25"/>
       <c r="D532" s="6"/>
       <c r="E532" s="1"/>
     </row>
-    <row r="533" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="533" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A533" s="2"/>
       <c r="B533" s="28"/>
       <c r="C533" s="25"/>
       <c r="D533" s="6"/>
       <c r="E533" s="1"/>
     </row>
-    <row r="534" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A534" s="2"/>
       <c r="B534" s="28"/>
       <c r="C534" s="25"/>
       <c r="D534" s="6"/>
       <c r="E534" s="1"/>
     </row>
-    <row r="535" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="535" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A535" s="2"/>
       <c r="B535" s="28"/>
       <c r="C535" s="25"/>
       <c r="D535" s="6"/>
       <c r="E535" s="1"/>
     </row>
-    <row r="536" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="536" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A536" s="2"/>
       <c r="B536" s="28"/>
       <c r="C536" s="25"/>
       <c r="D536" s="6"/>
       <c r="E536" s="1"/>
     </row>
-    <row r="537" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A537" s="2"/>
       <c r="B537" s="28"/>
       <c r="C537" s="25"/>
       <c r="D537" s="6"/>
       <c r="E537" s="1"/>
     </row>
-    <row r="538" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A538" s="2"/>
       <c r="B538" s="28"/>
       <c r="C538" s="25"/>
       <c r="D538" s="6"/>
       <c r="E538" s="1"/>
     </row>
-    <row r="539" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A539" s="2"/>
       <c r="B539" s="28"/>
       <c r="C539" s="25"/>
       <c r="D539" s="6"/>
       <c r="E539" s="1"/>
     </row>
-    <row r="540" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="540" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A540" s="2"/>
       <c r="B540" s="28"/>
       <c r="C540" s="25"/>
       <c r="D540" s="6"/>
       <c r="E540" s="1"/>
     </row>
-    <row r="541" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A541" s="2"/>
       <c r="B541" s="28"/>
       <c r="C541" s="25"/>
       <c r="D541" s="6"/>
       <c r="E541" s="1"/>
     </row>
-    <row r="542" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A542" s="2"/>
       <c r="B542" s="28"/>
       <c r="C542" s="25"/>
       <c r="D542" s="6"/>
       <c r="E542" s="1"/>
     </row>
-    <row r="543" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A543" s="2"/>
       <c r="B543" s="28"/>
       <c r="C543" s="25"/>
       <c r="D543" s="6"/>
       <c r="E543" s="1"/>
     </row>
-    <row r="544" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A544" s="2"/>
       <c r="B544" s="28"/>
       <c r="C544" s="25"/>
       <c r="D544" s="6"/>
       <c r="E544" s="1"/>
     </row>
-    <row r="545" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A545" s="2"/>
       <c r="B545" s="28"/>
       <c r="C545" s="25"/>
       <c r="D545" s="6"/>
       <c r="E545" s="1"/>
     </row>
-    <row r="546" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A546" s="2"/>
       <c r="B546" s="28"/>
       <c r="C546" s="25"/>
       <c r="D546" s="6"/>
       <c r="E546" s="1"/>
     </row>
-    <row r="547" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A547" s="2"/>
       <c r="B547" s="28"/>
       <c r="C547" s="25"/>
       <c r="D547" s="6"/>
       <c r="E547" s="1"/>
     </row>
-    <row r="548" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A548" s="2"/>
       <c r="B548" s="28"/>
       <c r="C548" s="25"/>
       <c r="D548" s="6"/>
       <c r="E548" s="1"/>
     </row>
-    <row r="549" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A549" s="2"/>
       <c r="B549" s="28"/>
       <c r="C549" s="25"/>
       <c r="D549" s="6"/>
       <c r="E549" s="1"/>
     </row>
-    <row r="550" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A550" s="2"/>
       <c r="B550" s="28"/>
       <c r="C550" s="25"/>
       <c r="D550" s="6"/>
       <c r="E550" s="1"/>
     </row>
-    <row r="551" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="551" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A551" s="2"/>
       <c r="B551" s="28"/>
       <c r="C551" s="25"/>
       <c r="D551" s="6"/>
       <c r="E551" s="1"/>
     </row>
-    <row r="552" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A552" s="2"/>
       <c r="B552" s="28"/>
       <c r="C552" s="25"/>
       <c r="D552" s="6"/>
       <c r="E552" s="1"/>
     </row>
-    <row r="553" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A553" s="2"/>
       <c r="B553" s="28"/>
       <c r="C553" s="25"/>
       <c r="D553" s="6"/>
       <c r="E553" s="1"/>
     </row>
-    <row r="554" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A554" s="2"/>
       <c r="B554" s="28"/>
       <c r="C554" s="25"/>
       <c r="D554" s="6"/>
       <c r="E554" s="1"/>
     </row>
-    <row r="555" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A555" s="2"/>
       <c r="B555" s="28"/>
       <c r="C555" s="25"/>
       <c r="D555" s="6"/>
       <c r="E555" s="1"/>
     </row>
-    <row r="556" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A556" s="2"/>
       <c r="B556" s="28"/>
       <c r="C556" s="25"/>
       <c r="D556" s="6"/>
       <c r="E556" s="1"/>
     </row>
-    <row r="557" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A557" s="2"/>
       <c r="B557" s="28"/>
       <c r="C557" s="25"/>
       <c r="D557" s="6"/>
       <c r="E557" s="1"/>
     </row>
-    <row r="558" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A558" s="2"/>
       <c r="B558" s="28"/>
       <c r="C558" s="25"/>
       <c r="D558" s="6"/>
       <c r="E558" s="1"/>
     </row>
-    <row r="559" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A559" s="2"/>
       <c r="B559" s="28"/>
       <c r="C559" s="25"/>
       <c r="D559" s="6"/>
       <c r="E559" s="1"/>
     </row>
-    <row r="560" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="560" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A560" s="2"/>
       <c r="B560" s="28"/>
       <c r="C560" s="25"/>
       <c r="D560" s="6"/>
       <c r="E560" s="1"/>
     </row>
-    <row r="561" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A561" s="2"/>
       <c r="B561" s="28"/>
       <c r="C561" s="25"/>
       <c r="D561" s="6"/>
       <c r="E561" s="1"/>
     </row>
-    <row r="562" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A562" s="2"/>
       <c r="B562" s="28"/>
       <c r="C562" s="25"/>
       <c r="D562" s="6"/>
       <c r="E562" s="1"/>
     </row>
-    <row r="563" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="563" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A563" s="2"/>
       <c r="B563" s="28"/>
       <c r="C563" s="25"/>
       <c r="D563" s="6"/>
       <c r="E563" s="1"/>
     </row>
-    <row r="564" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="564" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A564" s="2"/>
       <c r="B564" s="28"/>
       <c r="C564" s="25"/>
       <c r="D564" s="6"/>
       <c r="E564" s="1"/>
     </row>
-    <row r="565" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A565" s="2"/>
       <c r="B565" s="28"/>
       <c r="C565" s="25"/>
       <c r="D565" s="6"/>
       <c r="E565" s="1"/>
     </row>
-    <row r="566" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="566" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A566" s="2"/>
       <c r="B566" s="28"/>
       <c r="C566" s="25"/>
       <c r="D566" s="6"/>
       <c r="E566" s="1"/>
     </row>
-    <row r="567" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A567" s="2"/>
       <c r="B567" s="28"/>
       <c r="C567" s="25"/>
       <c r="D567" s="6"/>
       <c r="E567" s="1"/>
     </row>
-    <row r="568" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A568" s="2"/>
       <c r="B568" s="28"/>
       <c r="C568" s="25"/>
       <c r="D568" s="6"/>
       <c r="E568" s="1"/>
     </row>
-    <row r="569" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A569" s="2"/>
       <c r="B569" s="28"/>
       <c r="C569" s="25"/>
       <c r="D569" s="6"/>
       <c r="E569" s="1"/>
     </row>
-    <row r="570" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A570" s="2"/>
       <c r="B570" s="28"/>
       <c r="C570" s="25"/>
       <c r="D570" s="6"/>
       <c r="E570" s="1"/>
     </row>
-    <row r="571" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A571" s="2"/>
       <c r="B571" s="28"/>
       <c r="C571" s="25"/>
       <c r="D571" s="6"/>
       <c r="E571" s="1"/>
     </row>
-    <row r="572" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A572" s="2"/>
       <c r="B572" s="28"/>
       <c r="C572" s="25"/>
       <c r="D572" s="6"/>
       <c r="E572" s="1"/>
     </row>
-    <row r="573" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A573" s="2"/>
       <c r="B573" s="28"/>
       <c r="C573" s="25"/>
       <c r="D573" s="6"/>
       <c r="E573" s="1"/>
     </row>
-    <row r="574" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A574" s="2"/>
       <c r="B574" s="28"/>
       <c r="C574" s="25"/>
       <c r="D574" s="6"/>
       <c r="E574" s="1"/>
     </row>
-    <row r="575" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A575" s="2"/>
       <c r="B575" s="28"/>
       <c r="C575" s="25"/>
       <c r="D575" s="6"/>
       <c r="E575" s="1"/>
     </row>
-    <row r="576" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A576" s="2"/>
       <c r="B576" s="28"/>
       <c r="C576" s="25"/>
       <c r="D576" s="6"/>
       <c r="E576" s="1"/>
     </row>
-    <row r="577" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A577" s="2"/>
       <c r="B577" s="28"/>
       <c r="C577" s="25"/>
       <c r="D577" s="6"/>
       <c r="E577" s="1"/>
     </row>
-    <row r="578" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="578" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A578" s="2"/>
       <c r="B578" s="28"/>
       <c r="C578" s="25"/>
       <c r="D578" s="6"/>
       <c r="E578" s="1"/>
     </row>
-    <row r="579" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="579" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A579" s="2"/>
       <c r="B579" s="28"/>
       <c r="C579" s="25"/>
       <c r="D579" s="6"/>
       <c r="E579" s="1"/>
     </row>
-    <row r="580" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A580" s="2"/>
       <c r="B580" s="28"/>
       <c r="C580" s="25"/>
       <c r="D580" s="6"/>
       <c r="E580" s="1"/>
     </row>
-    <row r="581" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A581" s="2"/>
       <c r="B581" s="28"/>
       <c r="C581" s="25"/>
       <c r="D581" s="6"/>
       <c r="E581" s="1"/>
     </row>
-    <row r="582" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A582" s="2"/>
       <c r="B582" s="28"/>
       <c r="C582" s="25"/>
       <c r="D582" s="6"/>
       <c r="E582" s="1"/>
     </row>
-    <row r="583" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A583" s="2"/>
       <c r="B583" s="28"/>
       <c r="C583" s="25"/>
       <c r="D583" s="6"/>
       <c r="E583" s="1"/>
     </row>
-    <row r="584" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A584" s="2"/>
       <c r="B584" s="28"/>
       <c r="C584" s="25"/>
       <c r="D584" s="6"/>
       <c r="E584" s="1"/>
     </row>
-    <row r="585" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A585" s="2"/>
       <c r="B585" s="28"/>
       <c r="C585" s="25"/>
       <c r="D585" s="6"/>
       <c r="E585" s="1"/>
     </row>
-    <row r="586" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="586" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A586" s="2"/>
       <c r="B586" s="28"/>
       <c r="C586" s="25"/>
       <c r="D586" s="6"/>
       <c r="E586" s="1"/>
     </row>
-    <row r="587" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="587" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A587" s="2"/>
       <c r="B587" s="28"/>
       <c r="C587" s="25"/>
       <c r="D587" s="6"/>
       <c r="E587" s="1"/>
     </row>
-    <row r="588" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A588" s="2"/>
       <c r="B588" s="28"/>
       <c r="C588" s="25"/>
       <c r="D588" s="6"/>
       <c r="E588" s="1"/>
     </row>
-    <row r="589" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A589" s="2"/>
       <c r="B589" s="28"/>
       <c r="C589" s="25"/>
       <c r="D589" s="6"/>
       <c r="E589" s="1"/>
     </row>
-    <row r="590" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="590" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A590" s="2"/>
       <c r="B590" s="28"/>
       <c r="C590" s="25"/>
       <c r="D590" s="6"/>
       <c r="E590" s="1"/>
     </row>
-    <row r="591" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="591" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A591" s="2"/>
       <c r="B591" s="28"/>
       <c r="C591" s="25"/>
       <c r="D591" s="6"/>
       <c r="E591" s="1"/>
     </row>
-    <row r="592" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="592" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A592" s="2"/>
       <c r="B592" s="28"/>
       <c r="C592" s="25"/>
       <c r="D592" s="6"/>
       <c r="E592" s="1"/>
     </row>
-    <row r="593" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="593" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A593" s="2"/>
       <c r="B593" s="28"/>
       <c r="C593" s="25"/>
       <c r="D593" s="6"/>
       <c r="E593" s="1"/>
     </row>
-    <row r="594" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="594" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A594" s="2"/>
       <c r="B594" s="28"/>
       <c r="C594" s="25"/>
       <c r="D594" s="6"/>
       <c r="E594" s="1"/>
     </row>
-    <row r="595" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="595" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A595" s="2"/>
       <c r="B595" s="28"/>
       <c r="C595" s="25"/>
       <c r="D595" s="6"/>
       <c r="E595" s="1"/>
     </row>
-    <row r="596" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="596" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A596" s="2"/>
       <c r="B596" s="28"/>
       <c r="C596" s="25"/>
       <c r="D596" s="6"/>
       <c r="E596" s="1"/>
     </row>
-    <row r="597" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="597" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A597" s="2"/>
       <c r="B597" s="28"/>
       <c r="C597" s="25"/>
       <c r="D597" s="6"/>
       <c r="E597" s="1"/>
     </row>
-    <row r="598" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A598" s="2"/>
       <c r="B598" s="28"/>
       <c r="C598" s="25"/>
       <c r="D598" s="6"/>
       <c r="E598" s="1"/>
     </row>
-    <row r="599" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A599" s="2"/>
       <c r="B599" s="28"/>
       <c r="C599" s="25"/>
       <c r="D599" s="6"/>
       <c r="E599" s="1"/>
     </row>
-    <row r="600" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A600" s="2"/>
       <c r="B600" s="28"/>
       <c r="C600" s="25"/>
       <c r="D600" s="6"/>
       <c r="E600" s="1"/>
     </row>
-    <row r="601" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A601" s="2"/>
       <c r="B601" s="28"/>
       <c r="C601" s="25"/>
       <c r="D601" s="6"/>
       <c r="E601" s="1"/>
     </row>
-    <row r="602" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="602" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A602" s="2"/>
       <c r="B602" s="28"/>
       <c r="C602" s="25"/>
       <c r="D602" s="6"/>
       <c r="E602" s="1"/>
     </row>
-    <row r="603" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A603" s="2"/>
       <c r="B603" s="28"/>
       <c r="C603" s="25"/>
       <c r="D603" s="6"/>
       <c r="E603" s="1"/>
     </row>
-    <row r="604" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="604" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A604" s="2"/>
       <c r="B604" s="28"/>
       <c r="C604" s="25"/>
       <c r="D604" s="6"/>
       <c r="E604" s="1"/>
     </row>
-    <row r="605" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A605" s="2"/>
       <c r="B605" s="28"/>
       <c r="C605" s="25"/>
       <c r="D605" s="6"/>
       <c r="E605" s="1"/>
     </row>
-    <row r="606" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A606" s="2"/>
       <c r="B606" s="28"/>
       <c r="C606" s="25"/>
       <c r="D606" s="6"/>
       <c r="E606" s="1"/>
     </row>
-    <row r="607" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A607" s="2"/>
       <c r="B607" s="28"/>
       <c r="C607" s="25"/>
       <c r="D607" s="6"/>
       <c r="E607" s="1"/>
     </row>
-    <row r="608" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A608" s="2"/>
       <c r="B608" s="28"/>
       <c r="C608" s="25"/>
       <c r="D608" s="6"/>
       <c r="E608" s="1"/>
     </row>
-    <row r="609" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A609" s="2"/>
       <c r="B609" s="28"/>
       <c r="C609" s="25"/>
       <c r="D609" s="6"/>
       <c r="E609" s="1"/>
     </row>
-    <row r="610" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A610" s="2"/>
       <c r="B610" s="28"/>
       <c r="C610" s="25"/>
       <c r="D610" s="6"/>
       <c r="E610" s="1"/>
     </row>
-    <row r="611" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="611" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A611" s="2"/>
       <c r="B611" s="28"/>
       <c r="C611" s="25"/>
       <c r="D611" s="6"/>
       <c r="E611" s="1"/>
     </row>
-    <row r="612" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A612" s="2"/>
       <c r="B612" s="28"/>
       <c r="C612" s="25"/>
       <c r="D612" s="6"/>
       <c r="E612" s="1"/>
     </row>
-    <row r="613" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="613" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A613" s="2"/>
       <c r="B613" s="28"/>
       <c r="C613" s="25"/>
       <c r="D613" s="6"/>
       <c r="E613" s="1"/>
     </row>
-    <row r="614" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="614" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A614" s="2"/>
       <c r="B614" s="28"/>
       <c r="C614" s="25"/>
       <c r="D614" s="6"/>
       <c r="E614" s="1"/>
     </row>
-    <row r="615" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="615" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A615" s="2"/>
       <c r="B615" s="28"/>
       <c r="C615" s="25"/>
       <c r="D615" s="6"/>
       <c r="E615" s="1"/>
     </row>
-    <row r="616" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="616" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A616" s="2"/>
       <c r="B616" s="28"/>
       <c r="C616" s="25"/>
       <c r="D616" s="6"/>
       <c r="E616" s="1"/>
     </row>
-    <row r="617" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A617" s="2"/>
       <c r="B617" s="28"/>
       <c r="C617" s="25"/>
       <c r="D617" s="6"/>
       <c r="E617" s="1"/>
     </row>
-    <row r="618" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A618" s="2"/>
       <c r="B618" s="28"/>
       <c r="C618" s="25"/>
       <c r="D618" s="6"/>
       <c r="E618" s="1"/>
     </row>
-    <row r="619" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A619" s="2"/>
       <c r="B619" s="28"/>
       <c r="C619" s="25"/>
       <c r="D619" s="6"/>
       <c r="E619" s="1"/>
     </row>
-    <row r="620" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="620" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A620" s="2"/>
       <c r="B620" s="28"/>
       <c r="C620" s="25"/>
       <c r="D620" s="6"/>
       <c r="E620" s="1"/>
     </row>
-    <row r="621" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A621" s="2"/>
       <c r="B621" s="28"/>
       <c r="C621" s="25"/>
       <c r="D621" s="6"/>
       <c r="E621" s="1"/>
     </row>
-    <row r="622" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A622" s="2"/>
       <c r="B622" s="28"/>
       <c r="C622" s="25"/>
       <c r="D622" s="6"/>
       <c r="E622" s="1"/>
     </row>
-    <row r="623" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="623" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A623" s="2"/>
       <c r="B623" s="28"/>
       <c r="C623" s="25"/>
       <c r="D623" s="6"/>
       <c r="E623" s="1"/>
     </row>
-    <row r="624" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="624" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A624" s="2"/>
       <c r="B624" s="28"/>
       <c r="C624" s="25"/>
       <c r="D624" s="6"/>
       <c r="E624" s="1"/>
     </row>
-    <row r="625" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="625" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A625" s="2"/>
       <c r="B625" s="28"/>
       <c r="C625" s="25"/>
       <c r="D625" s="6"/>
       <c r="E625" s="1"/>
     </row>
-    <row r="626" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A626" s="2"/>
       <c r="B626" s="28"/>
       <c r="C626" s="25"/>
       <c r="D626" s="6"/>
       <c r="E626" s="1"/>
     </row>
-    <row r="627" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="627" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A627" s="2"/>
       <c r="B627" s="28"/>
       <c r="C627" s="25"/>
       <c r="D627" s="6"/>
       <c r="E627" s="1"/>
     </row>
-    <row r="628" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A628" s="2"/>
       <c r="B628" s="28"/>
       <c r="C628" s="25"/>
       <c r="D628" s="6"/>
       <c r="E628" s="1"/>
     </row>
-    <row r="629" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="629" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A629" s="2"/>
       <c r="B629" s="28"/>
       <c r="C629" s="25"/>
       <c r="D629" s="6"/>
       <c r="E629" s="1"/>
     </row>
-    <row r="630" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="630" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A630" s="2"/>
       <c r="B630" s="28"/>
       <c r="C630" s="25"/>
       <c r="D630" s="6"/>
       <c r="E630" s="1"/>
     </row>
-    <row r="631" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="631" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A631" s="2"/>
       <c r="B631" s="28"/>
       <c r="C631" s="25"/>
       <c r="D631" s="6"/>
       <c r="E631" s="1"/>
     </row>
-    <row r="632" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="632" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A632" s="2"/>
       <c r="B632" s="28"/>
       <c r="C632" s="25"/>
       <c r="D632" s="6"/>
       <c r="E632" s="1"/>
     </row>
-    <row r="633" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="633" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A633" s="2"/>
       <c r="B633" s="28"/>
       <c r="C633" s="25"/>
       <c r="D633" s="6"/>
       <c r="E633" s="1"/>
     </row>
-    <row r="634" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="634" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A634" s="2"/>
       <c r="B634" s="28"/>
       <c r="C634" s="25"/>
       <c r="D634" s="6"/>
       <c r="E634" s="1"/>
     </row>
-    <row r="635" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="635" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A635" s="2"/>
       <c r="B635" s="28"/>
       <c r="C635" s="25"/>
       <c r="D635" s="6"/>
       <c r="E635" s="1"/>
     </row>
-    <row r="636" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="636" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A636" s="2"/>
       <c r="B636" s="28"/>
       <c r="C636" s="25"/>
       <c r="D636" s="6"/>
       <c r="E636" s="1"/>
     </row>
-    <row r="637" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="637" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A637" s="2"/>
       <c r="B637" s="28"/>
       <c r="C637" s="25"/>
       <c r="D637" s="6"/>
       <c r="E637" s="1"/>
     </row>
-    <row r="638" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="638" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A638" s="2"/>
       <c r="B638" s="28"/>
       <c r="C638" s="25"/>
       <c r="D638" s="6"/>
       <c r="E638" s="1"/>
     </row>
-    <row r="639" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="639" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A639" s="2"/>
       <c r="B639" s="28"/>
       <c r="C639" s="25"/>
       <c r="D639" s="6"/>
       <c r="E639" s="1"/>
     </row>
-    <row r="640" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="640" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A640" s="2"/>
       <c r="B640" s="28"/>
       <c r="C640" s="25"/>
       <c r="D640" s="6"/>
       <c r="E640" s="1"/>
     </row>
-    <row r="641" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="641" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A641" s="2"/>
       <c r="B641" s="28"/>
       <c r="C641" s="25"/>
       <c r="D641" s="6"/>
       <c r="E641" s="1"/>
     </row>
-    <row r="642" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="642" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A642" s="2"/>
       <c r="B642" s="28"/>
       <c r="C642" s="25"/>
       <c r="D642" s="6"/>
       <c r="E642" s="1"/>
     </row>
-    <row r="643" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="643" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A643" s="2"/>
       <c r="B643" s="28"/>
       <c r="C643" s="25"/>
       <c r="D643" s="6"/>
       <c r="E643" s="1"/>
     </row>
-    <row r="644" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="644" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A644" s="2"/>
       <c r="B644" s="28"/>
       <c r="C644" s="25"/>
       <c r="D644" s="6"/>
       <c r="E644" s="1"/>
     </row>
-    <row r="645" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="645" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A645" s="2"/>
       <c r="B645" s="28"/>
       <c r="C645" s="25"/>
       <c r="D645" s="6"/>
       <c r="E645" s="1"/>
     </row>
-    <row r="646" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="646" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A646" s="2"/>
       <c r="B646" s="28"/>
       <c r="C646" s="25"/>
       <c r="D646" s="6"/>
       <c r="E646" s="1"/>
     </row>
-    <row r="647" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="647" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A647" s="2"/>
       <c r="B647" s="28"/>
       <c r="C647" s="25"/>
       <c r="D647" s="6"/>
       <c r="E647" s="1"/>
     </row>
-    <row r="648" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="648" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A648" s="2"/>
       <c r="B648" s="28"/>
       <c r="C648" s="25"/>
       <c r="D648" s="6"/>
       <c r="E648" s="1"/>
     </row>
-    <row r="649" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="649" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A649" s="2"/>
       <c r="B649" s="28"/>
       <c r="C649" s="25"/>
       <c r="D649" s="6"/>
       <c r="E649" s="1"/>
     </row>
-    <row r="650" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="650" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A650" s="2"/>
       <c r="B650" s="28"/>
       <c r="C650" s="25"/>
       <c r="D650" s="6"/>
       <c r="E650" s="1"/>
     </row>
-    <row r="651" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="651" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A651" s="2"/>
       <c r="B651" s="28"/>
       <c r="C651" s="25"/>
       <c r="D651" s="6"/>
       <c r="E651" s="1"/>
     </row>
-    <row r="652" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="652" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A652" s="2"/>
       <c r="B652" s="28"/>
       <c r="C652" s="25"/>
       <c r="D652" s="6"/>
       <c r="E652" s="1"/>
     </row>
-    <row r="653" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="653" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A653" s="2"/>
       <c r="B653" s="28"/>
       <c r="C653" s="25"/>
       <c r="D653" s="6"/>
       <c r="E653" s="1"/>
     </row>
-    <row r="654" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="654" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A654" s="2"/>
       <c r="B654" s="28"/>
       <c r="C654" s="25"/>
       <c r="D654" s="6"/>
       <c r="E654" s="1"/>
     </row>
-    <row r="655" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="655" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A655" s="2"/>
       <c r="B655" s="28"/>
       <c r="C655" s="25"/>
       <c r="D655" s="6"/>
       <c r="E655" s="1"/>
     </row>
-    <row r="656" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="656" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A656" s="2"/>
       <c r="B656" s="28"/>
       <c r="C656" s="25"/>
       <c r="D656" s="6"/>
       <c r="E656" s="1"/>
     </row>
-    <row r="657" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="657" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A657" s="2"/>
       <c r="B657" s="28"/>
       <c r="C657" s="25"/>
       <c r="D657" s="6"/>
       <c r="E657" s="1"/>
     </row>
-    <row r="658" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="658" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A658" s="2"/>
       <c r="B658" s="28"/>
       <c r="C658" s="25"/>
       <c r="D658" s="6"/>
       <c r="E658" s="1"/>
     </row>
-    <row r="659" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="659" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A659" s="2"/>
       <c r="B659" s="28"/>
       <c r="C659" s="25"/>
       <c r="D659" s="6"/>
       <c r="E659" s="1"/>
     </row>
-    <row r="660" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="660" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A660" s="2"/>
       <c r="B660" s="28"/>
       <c r="C660" s="25"/>
       <c r="D660" s="6"/>
       <c r="E660" s="1"/>
     </row>
-    <row r="661" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="661" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A661" s="2"/>
       <c r="B661" s="28"/>
       <c r="C661" s="25"/>
       <c r="D661" s="6"/>
       <c r="E661" s="1"/>
     </row>
-    <row r="662" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="662" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A662" s="2"/>
       <c r="B662" s="28"/>
       <c r="C662" s="25"/>
       <c r="D662" s="6"/>
       <c r="E662" s="1"/>
     </row>
-    <row r="663" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="663" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A663" s="2"/>
       <c r="B663" s="28"/>
       <c r="C663" s="25"/>
       <c r="D663" s="6"/>
       <c r="E663" s="1"/>
     </row>
-    <row r="664" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="664" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A664" s="2"/>
       <c r="B664" s="28"/>
       <c r="C664" s="25"/>
       <c r="D664" s="6"/>
       <c r="E664" s="1"/>
     </row>
-    <row r="665" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="665" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A665" s="2"/>
       <c r="B665" s="28"/>
       <c r="C665" s="25"/>
       <c r="D665" s="6"/>
       <c r="E665" s="1"/>
     </row>
-    <row r="666" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="666" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A666" s="2"/>
       <c r="B666" s="28"/>
       <c r="C666" s="25"/>
       <c r="D666" s="6"/>
       <c r="E666" s="1"/>
     </row>
-    <row r="667" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="667" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A667" s="2"/>
       <c r="B667" s="28"/>
       <c r="C667" s="25"/>
       <c r="D667" s="6"/>
       <c r="E667" s="1"/>
     </row>
-    <row r="668" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="668" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A668" s="2"/>
       <c r="B668" s="28"/>
       <c r="C668" s="25"/>
       <c r="D668" s="6"/>
       <c r="E668" s="1"/>
     </row>
-    <row r="669" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="669" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A669" s="2"/>
       <c r="B669" s="28"/>
       <c r="C669" s="25"/>
       <c r="D669" s="6"/>
       <c r="E669" s="1"/>
     </row>
-    <row r="670" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="670" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A670" s="2"/>
       <c r="B670" s="28"/>
       <c r="C670" s="25"/>
       <c r="D670" s="6"/>
       <c r="E670" s="1"/>
     </row>
-    <row r="671" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="671" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A671" s="2"/>
       <c r="B671" s="28"/>
       <c r="C671" s="25"/>
       <c r="D671" s="6"/>
       <c r="E671" s="1"/>
     </row>
-    <row r="672" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="672" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A672" s="2"/>
       <c r="B672" s="28"/>
       <c r="C672" s="25"/>
       <c r="D672" s="6"/>
       <c r="E672" s="1"/>
     </row>
-    <row r="673" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="673" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A673" s="2"/>
       <c r="B673" s="28"/>
       <c r="C673" s="25"/>
       <c r="D673" s="6"/>
       <c r="E673" s="1"/>
     </row>
-    <row r="674" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="674" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A674" s="2"/>
       <c r="B674" s="28"/>
       <c r="C674" s="25"/>
       <c r="D674" s="6"/>
       <c r="E674" s="1"/>
     </row>
-    <row r="675" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="675" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A675" s="2"/>
       <c r="B675" s="28"/>
       <c r="C675" s="25"/>
       <c r="D675" s="6"/>
       <c r="E675" s="1"/>
     </row>
-    <row r="676" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="676" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A676" s="2"/>
       <c r="B676" s="28"/>
       <c r="C676" s="25"/>
       <c r="D676" s="6"/>
       <c r="E676" s="1"/>
     </row>
-    <row r="677" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="677" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A677" s="2"/>
       <c r="B677" s="28"/>
       <c r="C677" s="25"/>
       <c r="D677" s="6"/>
       <c r="E677" s="1"/>
     </row>
-    <row r="678" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="678" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A678" s="2"/>
       <c r="B678" s="28"/>
       <c r="C678" s="25"/>
       <c r="D678" s="6"/>
       <c r="E678" s="1"/>
     </row>
-    <row r="679" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="679" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A679" s="2"/>
       <c r="B679" s="28"/>
       <c r="C679" s="25"/>
       <c r="D679" s="6"/>
       <c r="E679" s="1"/>
     </row>
-    <row r="680" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="680" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A680" s="2"/>
       <c r="B680" s="28"/>
       <c r="C680" s="25"/>
       <c r="D680" s="6"/>
       <c r="E680" s="1"/>
     </row>
-    <row r="681" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="681" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A681" s="2"/>
       <c r="B681" s="28"/>
       <c r="C681" s="25"/>
       <c r="D681" s="6"/>
       <c r="E681" s="1"/>
     </row>
-    <row r="682" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="682" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A682" s="2"/>
       <c r="B682" s="28"/>
       <c r="C682" s="25"/>
       <c r="D682" s="6"/>
       <c r="E682" s="1"/>
     </row>
-    <row r="683" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="683" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A683" s="2"/>
       <c r="B683" s="28"/>
       <c r="C683" s="25"/>
       <c r="D683" s="6"/>
       <c r="E683" s="1"/>
     </row>
-    <row r="684" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="684" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A684" s="2"/>
       <c r="B684" s="28"/>
       <c r="C684" s="25"/>
       <c r="D684" s="6"/>
       <c r="E684" s="1"/>
     </row>
-    <row r="685" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="685" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A685" s="2"/>
       <c r="B685" s="28"/>
       <c r="C685" s="25"/>
       <c r="D685" s="6"/>
       <c r="E685" s="1"/>
     </row>
-    <row r="686" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="686" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A686" s="2"/>
       <c r="B686" s="28"/>
       <c r="C686" s="25"/>
       <c r="D686" s="6"/>
       <c r="E686" s="1"/>
     </row>
-    <row r="687" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="687" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A687" s="2"/>
       <c r="B687" s="28"/>
       <c r="C687" s="25"/>
       <c r="D687" s="6"/>
       <c r="E687" s="1"/>
     </row>
-    <row r="688" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="688" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A688" s="2"/>
       <c r="B688" s="28"/>
       <c r="C688" s="25"/>
       <c r="D688" s="6"/>
       <c r="E688" s="1"/>
     </row>
-    <row r="689" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="689" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A689" s="2"/>
       <c r="B689" s="28"/>
       <c r="C689" s="25"/>
       <c r="D689" s="6"/>
       <c r="E689" s="1"/>
     </row>
-    <row r="690" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="690" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A690" s="2"/>
       <c r="B690" s="28"/>
       <c r="C690" s="25"/>
       <c r="D690" s="6"/>
       <c r="E690" s="1"/>
     </row>
-    <row r="691" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="691" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A691" s="2"/>
       <c r="B691" s="28"/>
       <c r="C691" s="25"/>
       <c r="D691" s="6"/>
       <c r="E691" s="1"/>
     </row>
-    <row r="692" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="692" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A692" s="2"/>
       <c r="B692" s="28"/>
       <c r="C692" s="25"/>
       <c r="D692" s="6"/>
       <c r="E692" s="1"/>
     </row>
-    <row r="693" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="693" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A693" s="2"/>
       <c r="B693" s="28"/>
       <c r="C693" s="25"/>
       <c r="D693" s="6"/>
       <c r="E693" s="1"/>
     </row>
-    <row r="694" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="694" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A694" s="2"/>
       <c r="B694" s="28"/>
       <c r="C694" s="25"/>
       <c r="D694" s="6"/>
       <c r="E694" s="1"/>
     </row>
-    <row r="695" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="695" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A695" s="2"/>
       <c r="B695" s="28"/>
       <c r="C695" s="25"/>
       <c r="D695" s="6"/>
       <c r="E695" s="1"/>
     </row>
-    <row r="696" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="696" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A696" s="2"/>
       <c r="B696" s="28"/>
       <c r="C696" s="25"/>
       <c r="D696" s="6"/>
       <c r="E696" s="1"/>
     </row>
-    <row r="697" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="697" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A697" s="2"/>
       <c r="B697" s="28"/>
       <c r="C697" s="25"/>
       <c r="D697" s="6"/>
       <c r="E697" s="1"/>
     </row>
-    <row r="698" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="698" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A698" s="2"/>
       <c r="B698" s="28"/>
       <c r="C698" s="25"/>
       <c r="D698" s="6"/>
       <c r="E698" s="1"/>
     </row>
-    <row r="699" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="699" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A699" s="2"/>
       <c r="B699" s="28"/>
       <c r="C699" s="25"/>
       <c r="D699" s="6"/>
       <c r="E699" s="1"/>
     </row>
-    <row r="700" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="700" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A700" s="2"/>
       <c r="B700" s="28"/>
       <c r="C700" s="25"/>
       <c r="D700" s="6"/>
       <c r="E700" s="1"/>
     </row>
-    <row r="701" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="701" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A701" s="2"/>
       <c r="B701" s="28"/>
       <c r="C701" s="25"/>
       <c r="D701" s="6"/>
       <c r="E701" s="1"/>
     </row>
-    <row r="702" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="702" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A702" s="2"/>
       <c r="B702" s="28"/>
       <c r="C702" s="25"/>
       <c r="D702" s="6"/>
       <c r="E702" s="1"/>
     </row>
-    <row r="703" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="703" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A703" s="2"/>
       <c r="B703" s="28"/>
       <c r="C703" s="25"/>
       <c r="D703" s="6"/>
       <c r="E703" s="1"/>
     </row>
-    <row r="704" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="704" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A704" s="2"/>
       <c r="B704" s="28"/>
       <c r="C704" s="25"/>
       <c r="D704" s="6"/>
       <c r="E704" s="1"/>
     </row>
-    <row r="705" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="705" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A705" s="2"/>
       <c r="B705" s="28"/>
       <c r="C705" s="25"/>
       <c r="D705" s="6"/>
       <c r="E705" s="1"/>
     </row>
-    <row r="706" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="706" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A706" s="2"/>
       <c r="B706" s="28"/>
       <c r="C706" s="25"/>
       <c r="D706" s="6"/>
       <c r="E706" s="1"/>
     </row>
-    <row r="707" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="707" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A707" s="2"/>
       <c r="B707" s="28"/>
       <c r="C707" s="25"/>
       <c r="D707" s="6"/>
       <c r="E707" s="1"/>
     </row>
-    <row r="708" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="708" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A708" s="2"/>
       <c r="B708" s="28"/>
       <c r="C708" s="25"/>
       <c r="D708" s="6"/>
       <c r="E708" s="1"/>
     </row>
-    <row r="709" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="709" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A709" s="2"/>
       <c r="B709" s="28"/>
       <c r="C709" s="25"/>
       <c r="D709" s="6"/>
       <c r="E709" s="1"/>
     </row>
-    <row r="710" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="710" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A710" s="2"/>
       <c r="B710" s="28"/>
       <c r="C710" s="25"/>
       <c r="D710" s="6"/>
       <c r="E710" s="1"/>
     </row>
-    <row r="711" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="711" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A711" s="2"/>
       <c r="B711" s="28"/>
       <c r="C711" s="25"/>
       <c r="D711" s="6"/>
       <c r="E711" s="1"/>
     </row>
-    <row r="712" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="712" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A712" s="2"/>
       <c r="B712" s="28"/>
       <c r="C712" s="25"/>
       <c r="D712" s="6"/>
       <c r="E712" s="1"/>
     </row>
-    <row r="713" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="713" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A713" s="2"/>
       <c r="B713" s="28"/>
       <c r="C713" s="25"/>
       <c r="D713" s="6"/>
       <c r="E713" s="1"/>
     </row>
-    <row r="714" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="714" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A714" s="2"/>
       <c r="B714" s="28"/>
       <c r="C714" s="25"/>
       <c r="D714" s="6"/>
       <c r="E714" s="1"/>
     </row>
-    <row r="715" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="715" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A715" s="2"/>
       <c r="B715" s="28"/>
       <c r="C715" s="25"/>
       <c r="D715" s="6"/>
       <c r="E715" s="1"/>
     </row>
-    <row r="716" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="716" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A716" s="2"/>
       <c r="B716" s="28"/>
       <c r="C716" s="25"/>
       <c r="D716" s="6"/>
       <c r="E716" s="1"/>
     </row>
-    <row r="717" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="717" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A717" s="2"/>
       <c r="B717" s="28"/>
       <c r="C717" s="25"/>
       <c r="D717" s="6"/>
       <c r="E717" s="1"/>
     </row>
-    <row r="718" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="718" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A718" s="2"/>
       <c r="B718" s="28"/>
       <c r="C718" s="25"/>
       <c r="D718" s="6"/>
       <c r="E718" s="1"/>
     </row>
-    <row r="719" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="719" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A719" s="2"/>
       <c r="B719" s="28"/>
       <c r="C719" s="25"/>
       <c r="D719" s="6"/>
       <c r="E719" s="1"/>
     </row>
-    <row r="720" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="720" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A720" s="2"/>
       <c r="B720" s="28"/>
       <c r="C720" s="25"/>
       <c r="D720" s="6"/>
       <c r="E720" s="1"/>
     </row>
-    <row r="721" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="721" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A721" s="2"/>
       <c r="B721" s="28"/>
       <c r="C721" s="25"/>
       <c r="D721" s="6"/>
       <c r="E721" s="1"/>
     </row>
-    <row r="722" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="722" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A722" s="2"/>
       <c r="B722" s="28"/>
       <c r="C722" s="25"/>
       <c r="D722" s="6"/>
       <c r="E722" s="1"/>
     </row>
-    <row r="723" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="723" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A723" s="2"/>
       <c r="B723" s="28"/>
       <c r="C723" s="25"/>
       <c r="D723" s="6"/>
       <c r="E723" s="1"/>
     </row>
-    <row r="724" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="724" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A724" s="2"/>
       <c r="B724" s="28"/>
       <c r="C724" s="25"/>
       <c r="D724" s="6"/>
       <c r="E724" s="1"/>
     </row>
-    <row r="725" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="725" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A725" s="2"/>
       <c r="B725" s="28"/>
       <c r="C725" s="25"/>
       <c r="D725" s="6"/>
       <c r="E725" s="1"/>
     </row>
-    <row r="726" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="726" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A726" s="2"/>
       <c r="B726" s="28"/>
       <c r="C726" s="25"/>
       <c r="D726" s="6"/>
       <c r="E726" s="1"/>
     </row>
-    <row r="727" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="727" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A727" s="2"/>
       <c r="B727" s="28"/>
       <c r="C727" s="25"/>
       <c r="D727" s="6"/>
       <c r="E727" s="1"/>
     </row>
-    <row r="728" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="728" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A728" s="2"/>
       <c r="B728" s="28"/>
       <c r="C728" s="25"/>
       <c r="D728" s="6"/>
       <c r="E728" s="1"/>
     </row>
-    <row r="729" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="729" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A729" s="2"/>
       <c r="B729" s="28"/>
       <c r="C729" s="25"/>
       <c r="D729" s="6"/>
       <c r="E729" s="1"/>
     </row>
-    <row r="730" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="730" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A730" s="2"/>
       <c r="B730" s="28"/>
       <c r="C730" s="25"/>
       <c r="D730" s="6"/>
       <c r="E730" s="1"/>
     </row>
-    <row r="731" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="731" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A731" s="2"/>
       <c r="B731" s="28"/>
       <c r="C731" s="25"/>
       <c r="D731" s="6"/>
       <c r="E731" s="1"/>
     </row>
-    <row r="732" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="732" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A732" s="2"/>
       <c r="B732" s="28"/>
       <c r="C732" s="25"/>
       <c r="D732" s="6"/>
       <c r="E732" s="1"/>
     </row>
-    <row r="733" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="733" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A733" s="2"/>
       <c r="B733" s="28"/>
       <c r="C733" s="25"/>
       <c r="D733" s="6"/>
       <c r="E733" s="1"/>
     </row>
-    <row r="734" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="734" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A734" s="2"/>
       <c r="B734" s="28"/>
       <c r="C734" s="25"/>
       <c r="D734" s="6"/>
       <c r="E734" s="1"/>
     </row>
-    <row r="735" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="735" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A735" s="2"/>
       <c r="B735" s="28"/>
       <c r="C735" s="25"/>
       <c r="D735" s="6"/>
       <c r="E735" s="1"/>
     </row>
-    <row r="736" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="736" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A736" s="2"/>
       <c r="B736" s="28"/>
       <c r="C736" s="25"/>
       <c r="D736" s="6"/>
       <c r="E736" s="1"/>
     </row>
-    <row r="737" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="737" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A737" s="2"/>
       <c r="B737" s="28"/>
       <c r="C737" s="25"/>
       <c r="D737" s="6"/>
       <c r="E737" s="1"/>
     </row>
-    <row r="738" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="738" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A738" s="2"/>
       <c r="B738" s="28"/>
       <c r="C738" s="25"/>
       <c r="D738" s="6"/>
       <c r="E738" s="1"/>
     </row>
-    <row r="739" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="739" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A739" s="2"/>
       <c r="B739" s="28"/>
       <c r="C739" s="25"/>
       <c r="D739" s="6"/>
       <c r="E739" s="1"/>
     </row>
-    <row r="740" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="740" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A740" s="2"/>
       <c r="B740" s="28"/>
       <c r="C740" s="25"/>
       <c r="D740" s="6"/>
       <c r="E740" s="1"/>
     </row>
-    <row r="741" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="741" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A741" s="2"/>
       <c r="B741" s="28"/>
       <c r="C741" s="25"/>
       <c r="D741" s="6"/>
       <c r="E741" s="1"/>
     </row>
-    <row r="742" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="742" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A742" s="2"/>
       <c r="B742" s="28"/>
       <c r="C742" s="25"/>
       <c r="D742" s="6"/>
       <c r="E742" s="1"/>
     </row>
-    <row r="743" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="743" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A743" s="2"/>
       <c r="B743" s="28"/>
       <c r="C743" s="25"/>
       <c r="D743" s="6"/>
       <c r="E743" s="1"/>
     </row>
-    <row r="744" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="744" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A744" s="2"/>
       <c r="B744" s="28"/>
       <c r="C744" s="25"/>
       <c r="D744" s="6"/>
       <c r="E744" s="1"/>
     </row>
-    <row r="745" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="745" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A745" s="2"/>
       <c r="B745" s="28"/>
       <c r="C745" s="25"/>
       <c r="D745" s="6"/>
       <c r="E745" s="1"/>
     </row>
-    <row r="746" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="746" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A746" s="2"/>
       <c r="B746" s="28"/>
       <c r="C746" s="25"/>
       <c r="D746" s="6"/>
       <c r="E746" s="1"/>
     </row>
-    <row r="747" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="747" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A747" s="2"/>
       <c r="B747" s="28"/>
       <c r="C747" s="25"/>
       <c r="D747" s="6"/>
       <c r="E747" s="1"/>
     </row>
-    <row r="748" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="748" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A748" s="2"/>
       <c r="B748" s="28"/>
       <c r="C748" s="25"/>
       <c r="D748" s="6"/>
       <c r="E748" s="1"/>
     </row>
-    <row r="749" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="749" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A749" s="2"/>
       <c r="B749" s="28"/>
       <c r="C749" s="25"/>
       <c r="D749" s="6"/>
       <c r="E749" s="1"/>
     </row>
-    <row r="750" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="750" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A750" s="2"/>
       <c r="B750" s="28"/>
       <c r="C750" s="25"/>
       <c r="D750" s="6"/>
       <c r="E750" s="1"/>
     </row>
-    <row r="751" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="751" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A751" s="2"/>
       <c r="B751" s="28"/>
       <c r="C751" s="25"/>
       <c r="D751" s="6"/>
       <c r="E751" s="1"/>
     </row>
-    <row r="752" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="752" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A752" s="2"/>
       <c r="B752" s="28"/>
       <c r="C752" s="25"/>
       <c r="D752" s="6"/>
       <c r="E752" s="1"/>
     </row>
-    <row r="753" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="753" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A753" s="2"/>
       <c r="B753" s="28"/>
       <c r="C753" s="25"/>
       <c r="D753" s="6"/>
       <c r="E753" s="1"/>
     </row>
-    <row r="754" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="754" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A754" s="2"/>
       <c r="B754" s="28"/>
       <c r="C754" s="25"/>
       <c r="D754" s="6"/>
       <c r="E754" s="1"/>
     </row>
-    <row r="755" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="755" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A755" s="2"/>
       <c r="B755" s="28"/>
       <c r="C755" s="25"/>
       <c r="D755" s="6"/>
       <c r="E755" s="1"/>
     </row>
-    <row r="756" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="756" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A756" s="2"/>
       <c r="B756" s="28"/>
       <c r="C756" s="25"/>
       <c r="D756" s="6"/>
       <c r="E756" s="1"/>
     </row>
-    <row r="757" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="757" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A757" s="2"/>
       <c r="B757" s="28"/>
       <c r="C757" s="25"/>
       <c r="D757" s="6"/>
       <c r="E757" s="1"/>
     </row>
-    <row r="758" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="758" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A758" s="2"/>
       <c r="B758" s="28"/>
       <c r="C758" s="25"/>
       <c r="D758" s="6"/>
       <c r="E758" s="1"/>
     </row>
-    <row r="759" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="759" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A759" s="2"/>
       <c r="B759" s="28"/>
       <c r="C759" s="25"/>
       <c r="D759" s="6"/>
       <c r="E759" s="1"/>
     </row>
-    <row r="760" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="760" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A760" s="2"/>
       <c r="B760" s="28"/>
       <c r="C760" s="25"/>
       <c r="D760" s="6"/>
       <c r="E760" s="1"/>
     </row>
-    <row r="761" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="761" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A761" s="2"/>
       <c r="B761" s="28"/>
       <c r="C761" s="25"/>
       <c r="D761" s="6"/>
       <c r="E761" s="1"/>
     </row>
-    <row r="762" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="762" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A762" s="2"/>
       <c r="B762" s="28"/>
       <c r="C762" s="25"/>
       <c r="D762" s="6"/>
       <c r="E762" s="1"/>
     </row>
-    <row r="763" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="763" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A763" s="2"/>
       <c r="B763" s="28"/>
       <c r="C763" s="25"/>
       <c r="D763" s="6"/>
       <c r="E763" s="1"/>
     </row>
-    <row r="764" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="764" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A764" s="2"/>
       <c r="B764" s="28"/>
       <c r="C764" s="25"/>
       <c r="D764" s="6"/>
       <c r="E764" s="1"/>
     </row>
-    <row r="765" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="765" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A765" s="2"/>
       <c r="B765" s="28"/>
       <c r="C765" s="25"/>
       <c r="D765" s="6"/>
       <c r="E765" s="1"/>
     </row>
-    <row r="766" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="766" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A766" s="2"/>
       <c r="B766" s="28"/>
       <c r="C766" s="25"/>
       <c r="D766" s="6"/>
       <c r="E766" s="1"/>
     </row>
-    <row r="767" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="767" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A767" s="2"/>
       <c r="B767" s="28"/>
       <c r="C767" s="25"/>
       <c r="D767" s="6"/>
       <c r="E767" s="1"/>
     </row>
-    <row r="768" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="768" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A768" s="2"/>
       <c r="B768" s="28"/>
       <c r="C768" s="25"/>
       <c r="D768" s="6"/>
       <c r="E768" s="1"/>
     </row>
-    <row r="769" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="769" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A769" s="2"/>
       <c r="B769" s="28"/>
       <c r="C769" s="25"/>
       <c r="D769" s="6"/>
       <c r="E769" s="1"/>
     </row>
-    <row r="770" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="770" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A770" s="2"/>
       <c r="B770" s="28"/>
       <c r="C770" s="25"/>
       <c r="D770" s="6"/>
       <c r="E770" s="1"/>
     </row>
-    <row r="771" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="771" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A771" s="2"/>
       <c r="B771" s="28"/>
       <c r="C771" s="25"/>
       <c r="D771" s="6"/>
       <c r="E771" s="1"/>
     </row>
-    <row r="772" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="772" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A772" s="2"/>
       <c r="B772" s="28"/>
       <c r="C772" s="25"/>
       <c r="D772" s="6"/>
       <c r="E772" s="1"/>
     </row>
-    <row r="773" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="773" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A773" s="2"/>
       <c r="B773" s="28"/>
       <c r="C773" s="25"/>
       <c r="D773" s="6"/>
       <c r="E773" s="1"/>
     </row>
-    <row r="774" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="774" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A774" s="2"/>
       <c r="B774" s="28"/>
       <c r="C774" s="25"/>
       <c r="D774" s="6"/>
       <c r="E774" s="1"/>
     </row>
-    <row r="775" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="775" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A775" s="2"/>
       <c r="B775" s="28"/>
       <c r="C775" s="25"/>
       <c r="D775" s="6"/>
       <c r="E775" s="1"/>
     </row>
-    <row r="776" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="776" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A776" s="2"/>
       <c r="B776" s="28"/>
       <c r="C776" s="25"/>
       <c r="D776" s="6"/>
       <c r="E776" s="1"/>
     </row>
-    <row r="777" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="777" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A777" s="2"/>
       <c r="B777" s="28"/>
       <c r="C777" s="25"/>
       <c r="D777" s="6"/>
       <c r="E777" s="1"/>
     </row>
-    <row r="778" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="778" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A778" s="2"/>
       <c r="B778" s="28"/>
       <c r="C778" s="25"/>
       <c r="D778" s="6"/>
       <c r="E778" s="1"/>
     </row>
-    <row r="779" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="779" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A779" s="2"/>
       <c r="B779" s="28"/>
       <c r="C779" s="25"/>
       <c r="D779" s="6"/>
       <c r="E779" s="1"/>
     </row>
-    <row r="780" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="780" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A780" s="2"/>
       <c r="B780" s="28"/>
       <c r="C780" s="25"/>
       <c r="D780" s="6"/>
       <c r="E780" s="1"/>
     </row>
-    <row r="781" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="781" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A781" s="2"/>
       <c r="B781" s="28"/>
       <c r="C781" s="25"/>
       <c r="D781" s="6"/>
       <c r="E781" s="1"/>
     </row>
-    <row r="782" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="782" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A782" s="2"/>
       <c r="B782" s="28"/>
       <c r="C782" s="25"/>
       <c r="D782" s="6"/>
       <c r="E782" s="1"/>
     </row>
-    <row r="783" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="783" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A783" s="2"/>
       <c r="B783" s="28"/>
       <c r="C783" s="25"/>
       <c r="D783" s="6"/>
       <c r="E783" s="1"/>
     </row>
-    <row r="784" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="784" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A784" s="2"/>
       <c r="B784" s="28"/>
       <c r="C784" s="25"/>
       <c r="D784" s="6"/>
       <c r="E784" s="1"/>
     </row>
-    <row r="785" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="785" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A785" s="2"/>
       <c r="B785" s="28"/>
       <c r="C785" s="25"/>
       <c r="D785" s="6"/>
       <c r="E785" s="1"/>
     </row>
-    <row r="786" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="786" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A786" s="2"/>
       <c r="B786" s="28"/>
       <c r="C786" s="25"/>
       <c r="D786" s="6"/>
       <c r="E786" s="1"/>
     </row>
-    <row r="787" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="787" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A787" s="2"/>
       <c r="B787" s="28"/>
       <c r="C787" s="25"/>
       <c r="D787" s="6"/>
       <c r="E787" s="1"/>
     </row>
-    <row r="788" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="788" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A788" s="2"/>
       <c r="B788" s="28"/>
       <c r="C788" s="25"/>
       <c r="D788" s="6"/>
       <c r="E788" s="1"/>
     </row>
-    <row r="789" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="789" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A789" s="2"/>
       <c r="B789" s="28"/>
       <c r="C789" s="25"/>
       <c r="D789" s="6"/>
       <c r="E789" s="1"/>
     </row>
-    <row r="790" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="790" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A790" s="2"/>
       <c r="B790" s="28"/>
       <c r="C790" s="25"/>
       <c r="D790" s="6"/>
       <c r="E790" s="1"/>
     </row>
-    <row r="791" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="791" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A791" s="2"/>
       <c r="B791" s="28"/>
       <c r="C791" s="25"/>
       <c r="D791" s="6"/>
       <c r="E791" s="1"/>
     </row>
-    <row r="792" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="792" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A792" s="2"/>
       <c r="B792" s="28"/>
       <c r="C792" s="25"/>
       <c r="D792" s="6"/>
       <c r="E792" s="1"/>
     </row>
-    <row r="793" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="793" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A793" s="2"/>
       <c r="B793" s="28"/>
       <c r="C793" s="25"/>
       <c r="D793" s="6"/>
       <c r="E793" s="1"/>
     </row>
-    <row r="794" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="794" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A794" s="2"/>
       <c r="B794" s="28"/>
       <c r="C794" s="25"/>
       <c r="D794" s="6"/>
       <c r="E794" s="1"/>
     </row>
-    <row r="795" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="795" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A795" s="2"/>
       <c r="B795" s="28"/>
       <c r="C795" s="25"/>
       <c r="D795" s="6"/>
       <c r="E795" s="1"/>
     </row>
-    <row r="796" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="796" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A796" s="2"/>
       <c r="B796" s="28"/>
       <c r="C796" s="25"/>
       <c r="D796" s="6"/>
       <c r="E796" s="1"/>
     </row>
-    <row r="797" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="797" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A797" s="2"/>
       <c r="B797" s="28"/>
       <c r="C797" s="25"/>
       <c r="D797" s="6"/>
       <c r="E797" s="1"/>
     </row>
-    <row r="798" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="798" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A798" s="2"/>
       <c r="B798" s="28"/>
       <c r="C798" s="25"/>
       <c r="D798" s="6"/>
       <c r="E798" s="1"/>
     </row>
-    <row r="799" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="799" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A799" s="2"/>
       <c r="B799" s="28"/>
       <c r="C799" s="25"/>
       <c r="D799" s="6"/>
       <c r="E799" s="1"/>
     </row>
-    <row r="800" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="800" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A800" s="2"/>
       <c r="B800" s="28"/>
       <c r="C800" s="25"/>
       <c r="D800" s="6"/>
       <c r="E800" s="1"/>
     </row>
-    <row r="801" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="801" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A801" s="2"/>
       <c r="B801" s="28"/>
       <c r="C801" s="25"/>
       <c r="D801" s="6"/>
       <c r="E801" s="1"/>
     </row>
-    <row r="802" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="802" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A802" s="2"/>
       <c r="B802" s="28"/>
       <c r="C802" s="25"/>
       <c r="D802" s="6"/>
       <c r="E802" s="1"/>
     </row>
-    <row r="803" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="803" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A803" s="2"/>
       <c r="B803" s="28"/>
       <c r="C803" s="25"/>
       <c r="D803" s="6"/>
       <c r="E803" s="1"/>
     </row>
-    <row r="804" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="804" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A804" s="2"/>
       <c r="B804" s="28"/>
       <c r="C804" s="25"/>
       <c r="D804" s="6"/>
       <c r="E804" s="1"/>
     </row>
-    <row r="805" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="805" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A805" s="2"/>
       <c r="B805" s="28"/>
       <c r="C805" s="25"/>
       <c r="D805" s="6"/>
       <c r="E805" s="1"/>
     </row>
-    <row r="806" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="806" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A806" s="2"/>
       <c r="B806" s="28"/>
       <c r="C806" s="25"/>
       <c r="D806" s="6"/>
       <c r="E806" s="1"/>
     </row>
-    <row r="807" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="807" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A807" s="2"/>
       <c r="B807" s="28"/>
       <c r="C807" s="25"/>
       <c r="D807" s="6"/>
       <c r="E807" s="1"/>
     </row>
-    <row r="808" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="808" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A808" s="2"/>
       <c r="B808" s="28"/>
       <c r="C808" s="25"/>
       <c r="D808" s="6"/>
       <c r="E808" s="1"/>
     </row>
-    <row r="809" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="809" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A809" s="2"/>
       <c r="B809" s="28"/>
       <c r="C809" s="25"/>
       <c r="D809" s="6"/>
       <c r="E809" s="1"/>
     </row>
-    <row r="810" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="810" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A810" s="2"/>
       <c r="B810" s="28"/>
       <c r="C810" s="25"/>
       <c r="D810" s="6"/>
       <c r="E810" s="1"/>
     </row>
-    <row r="811" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="811" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A811" s="2"/>
       <c r="B811" s="28"/>
       <c r="C811" s="25"/>
       <c r="D811" s="6"/>
       <c r="E811" s="1"/>
     </row>
-    <row r="812" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="812" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A812" s="2"/>
       <c r="B812" s="28"/>
       <c r="C812" s="25"/>
       <c r="D812" s="6"/>
       <c r="E812" s="1"/>
     </row>
-    <row r="813" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="813" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A813" s="2"/>
       <c r="B813" s="28"/>
       <c r="C813" s="25"/>
       <c r="D813" s="6"/>
       <c r="E813" s="1"/>
     </row>
-    <row r="814" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="814" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A814" s="2"/>
       <c r="B814" s="28"/>
       <c r="C814" s="25"/>
       <c r="D814" s="6"/>
       <c r="E814" s="1"/>
     </row>
-    <row r="815" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="815" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A815" s="2"/>
       <c r="B815" s="28"/>
       <c r="C815" s="25"/>
       <c r="D815" s="6"/>
       <c r="E815" s="1"/>
     </row>
-    <row r="816" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="816" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A816" s="2"/>
       <c r="B816" s="28"/>
       <c r="C816" s="25"/>
       <c r="D816" s="6"/>
       <c r="E816" s="1"/>
     </row>
-    <row r="817" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="817" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A817" s="2"/>
       <c r="B817" s="28"/>
       <c r="C817" s="25"/>
       <c r="D817" s="6"/>
       <c r="E817" s="1"/>
     </row>
-    <row r="818" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="818" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A818" s="2"/>
       <c r="B818" s="28"/>
       <c r="C818" s="25"/>
       <c r="D818" s="6"/>
       <c r="E818" s="1"/>
     </row>
-    <row r="819" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="819" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A819" s="2"/>
       <c r="B819" s="28"/>
       <c r="C819" s="25"/>
       <c r="D819" s="6"/>
       <c r="E819" s="1"/>
     </row>
-    <row r="820" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="820" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A820" s="2"/>
       <c r="B820" s="28"/>
       <c r="C820" s="25"/>
       <c r="D820" s="6"/>
       <c r="E820" s="1"/>
     </row>
-    <row r="821" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="821" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A821" s="2"/>
       <c r="B821" s="28"/>
       <c r="C821" s="25"/>
       <c r="D821" s="6"/>
       <c r="E821" s="1"/>
     </row>
-    <row r="822" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="822" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A822" s="2"/>
       <c r="B822" s="28"/>
       <c r="C822" s="25"/>
       <c r="D822" s="6"/>
       <c r="E822" s="1"/>
     </row>
-    <row r="823" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="823" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A823" s="2"/>
       <c r="B823" s="28"/>
       <c r="C823" s="25"/>
       <c r="D823" s="6"/>
       <c r="E823" s="1"/>
     </row>
-    <row r="824" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="824" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A824" s="2"/>
       <c r="B824" s="28"/>
       <c r="C824" s="25"/>
       <c r="D824" s="6"/>
       <c r="E824" s="1"/>
     </row>
-    <row r="825" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="825" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A825" s="2"/>
       <c r="B825" s="28"/>
       <c r="C825" s="25"/>
       <c r="D825" s="6"/>
       <c r="E825" s="1"/>
     </row>
-    <row r="826" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="826" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A826" s="2"/>
       <c r="B826" s="28"/>
       <c r="C826" s="25"/>
       <c r="D826" s="6"/>
       <c r="E826" s="1"/>
     </row>
-    <row r="827" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="827" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A827" s="2"/>
       <c r="B827" s="28"/>
       <c r="C827" s="25"/>
       <c r="D827" s="6"/>
       <c r="E827" s="1"/>
     </row>
-    <row r="828" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="828" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A828" s="2"/>
       <c r="B828" s="28"/>
       <c r="C828" s="25"/>
       <c r="D828" s="6"/>
       <c r="E828" s="1"/>
     </row>
-    <row r="829" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="829" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A829" s="2"/>
       <c r="B829" s="28"/>
       <c r="C829" s="25"/>
       <c r="D829" s="6"/>
       <c r="E829" s="1"/>
     </row>
-    <row r="830" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="830" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A830" s="2"/>
       <c r="B830" s="28"/>
       <c r="C830" s="25"/>
       <c r="D830" s="6"/>
       <c r="E830" s="1"/>
     </row>
-    <row r="831" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="831" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A831" s="2"/>
       <c r="B831" s="28"/>
       <c r="C831" s="25"/>
       <c r="D831" s="6"/>
       <c r="E831" s="1"/>
     </row>
-    <row r="832" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="832" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A832" s="2"/>
       <c r="B832" s="28"/>
       <c r="C832" s="25"/>
       <c r="D832" s="6"/>
       <c r="E832" s="1"/>
     </row>
-    <row r="833" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="833" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A833" s="2"/>
       <c r="B833" s="28"/>
       <c r="C833" s="25"/>
       <c r="D833" s="6"/>
       <c r="E833" s="1"/>
     </row>
-    <row r="834" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="834" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A834" s="2"/>
       <c r="B834" s="28"/>
       <c r="C834" s="25"/>
       <c r="D834" s="6"/>
       <c r="E834" s="1"/>
     </row>
-    <row r="835" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="835" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A835" s="2"/>
       <c r="B835" s="28"/>
       <c r="C835" s="25"/>
       <c r="D835" s="6"/>
       <c r="E835" s="1"/>
     </row>
-    <row r="836" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="836" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A836" s="2"/>
       <c r="B836" s="28"/>
       <c r="C836" s="25"/>
       <c r="D836" s="6"/>
       <c r="E836" s="1"/>
     </row>
-    <row r="837" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="837" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A837" s="2"/>
       <c r="B837" s="28"/>
       <c r="C837" s="25"/>
       <c r="D837" s="6"/>
       <c r="E837" s="1"/>
     </row>
-    <row r="838" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="838" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A838" s="2"/>
       <c r="B838" s="28"/>
       <c r="C838" s="25"/>
       <c r="D838" s="6"/>
       <c r="E838" s="1"/>
     </row>
-    <row r="839" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="839" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A839" s="2"/>
       <c r="B839" s="28"/>
       <c r="C839" s="25"/>
       <c r="D839" s="6"/>
       <c r="E839" s="1"/>
     </row>
-    <row r="840" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="840" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A840" s="2"/>
       <c r="B840" s="28"/>
       <c r="C840" s="25"/>
       <c r="D840" s="6"/>
       <c r="E840" s="1"/>
     </row>
-    <row r="841" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="841" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A841" s="2"/>
       <c r="B841" s="28"/>
       <c r="C841" s="25"/>
       <c r="D841" s="6"/>
       <c r="E841" s="1"/>
     </row>
-    <row r="842" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="842" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A842" s="2"/>
       <c r="B842" s="28"/>
       <c r="C842" s="25"/>
       <c r="D842" s="6"/>
       <c r="E842" s="1"/>
     </row>
-    <row r="843" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="843" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A843" s="2"/>
       <c r="B843" s="28"/>
       <c r="C843" s="25"/>
       <c r="D843" s="6"/>
       <c r="E843" s="1"/>
     </row>
-    <row r="844" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="844" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A844" s="2"/>
       <c r="B844" s="28"/>
       <c r="C844" s="25"/>
       <c r="D844" s="6"/>
       <c r="E844" s="1"/>
     </row>
-    <row r="845" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="845" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A845" s="2"/>
       <c r="B845" s="28"/>
       <c r="C845" s="25"/>
       <c r="D845" s="6"/>
       <c r="E845" s="1"/>
     </row>
-    <row r="846" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="846" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A846" s="2"/>
       <c r="B846" s="28"/>
       <c r="C846" s="25"/>
       <c r="D846" s="6"/>
       <c r="E846" s="1"/>
     </row>
-    <row r="847" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="847" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A847" s="2"/>
       <c r="B847" s="28"/>
       <c r="C847" s="25"/>
       <c r="D847" s="6"/>
       <c r="E847" s="1"/>
     </row>
-    <row r="848" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="848" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A848" s="2"/>
       <c r="B848" s="28"/>
       <c r="C848" s="25"/>
       <c r="D848" s="6"/>
       <c r="E848" s="1"/>
     </row>
-    <row r="849" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="849" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A849" s="2"/>
       <c r="B849" s="28"/>
       <c r="C849" s="25"/>
       <c r="D849" s="6"/>
       <c r="E849" s="1"/>
     </row>
-    <row r="850" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="850" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A850" s="2"/>
       <c r="B850" s="28"/>
       <c r="C850" s="25"/>
       <c r="D850" s="6"/>
       <c r="E850" s="1"/>
     </row>
-    <row r="851" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="851" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A851" s="2"/>
       <c r="B851" s="28"/>
       <c r="C851" s="25"/>
       <c r="D851" s="6"/>
       <c r="E851" s="1"/>
     </row>
-    <row r="852" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="852" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A852" s="2"/>
       <c r="B852" s="28"/>
       <c r="C852" s="25"/>
       <c r="D852" s="6"/>
       <c r="E852" s="1"/>
     </row>
-    <row r="853" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="853" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A853" s="2"/>
       <c r="B853" s="28"/>
       <c r="C853" s="25"/>
       <c r="D853" s="6"/>
       <c r="E853" s="1"/>
     </row>
-    <row r="854" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="854" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A854" s="2"/>
       <c r="B854" s="28"/>
       <c r="C854" s="25"/>
       <c r="D854" s="6"/>
       <c r="E854" s="1"/>
     </row>
-    <row r="855" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="855" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A855" s="2"/>
       <c r="B855" s="28"/>
       <c r="C855" s="25"/>
       <c r="D855" s="6"/>
       <c r="E855" s="1"/>
     </row>
-    <row r="856" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="856" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A856" s="2"/>
       <c r="B856" s="28"/>
       <c r="C856" s="25"/>
       <c r="D856" s="6"/>
       <c r="E856" s="1"/>
     </row>
-    <row r="857" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="857" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A857" s="2"/>
       <c r="B857" s="28"/>
       <c r="C857" s="25"/>
       <c r="D857" s="6"/>
       <c r="E857" s="1"/>
     </row>
-    <row r="858" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="858" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A858" s="2"/>
       <c r="B858" s="28"/>
       <c r="C858" s="25"/>
       <c r="D858" s="6"/>
       <c r="E858" s="1"/>
     </row>
-    <row r="859" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="859" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A859" s="2"/>
       <c r="B859" s="28"/>
       <c r="C859" s="25"/>
       <c r="D859" s="6"/>
       <c r="E859" s="1"/>
     </row>
-    <row r="860" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="860" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A860" s="2"/>
       <c r="B860" s="28"/>
       <c r="C860" s="25"/>
       <c r="D860" s="6"/>
       <c r="E860" s="1"/>
     </row>
-    <row r="861" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="861" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A861" s="2"/>
       <c r="B861" s="28"/>
       <c r="C861" s="25"/>
       <c r="D861" s="6"/>
       <c r="E861" s="1"/>
     </row>
-    <row r="862" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="862" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A862" s="2"/>
       <c r="B862" s="28"/>
       <c r="C862" s="25"/>
       <c r="D862" s="6"/>
       <c r="E862" s="1"/>
     </row>
-    <row r="863" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="863" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A863" s="2"/>
       <c r="B863" s="28"/>
       <c r="C863" s="25"/>
       <c r="D863" s="6"/>
       <c r="E863" s="1"/>
     </row>
-    <row r="864" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="864" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A864" s="2"/>
       <c r="B864" s="28"/>
       <c r="C864" s="25"/>
       <c r="D864" s="6"/>
       <c r="E864" s="1"/>
     </row>
-    <row r="865" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="865" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A865" s="2"/>
       <c r="B865" s="28"/>
       <c r="C865" s="25"/>
       <c r="D865" s="6"/>
       <c r="E865" s="1"/>
     </row>
-    <row r="866" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="866" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A866" s="2"/>
       <c r="B866" s="28"/>
       <c r="C866" s="25"/>
       <c r="D866" s="6"/>
       <c r="E866" s="1"/>
     </row>
-    <row r="867" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="867" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A867" s="2"/>
       <c r="B867" s="28"/>
       <c r="C867" s="25"/>
       <c r="D867" s="6"/>
       <c r="E867" s="1"/>
     </row>
-    <row r="868" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="868" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A868" s="2"/>
       <c r="B868" s="28"/>
       <c r="C868" s="25"/>
       <c r="D868" s="6"/>
       <c r="E868" s="1"/>
     </row>
-    <row r="869" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="869" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A869" s="2"/>
       <c r="B869" s="28"/>
       <c r="C869" s="25"/>
       <c r="D869" s="6"/>
       <c r="E869" s="1"/>
     </row>
-    <row r="870" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="870" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A870" s="2"/>
       <c r="B870" s="28"/>
       <c r="C870" s="25"/>
       <c r="D870" s="6"/>
       <c r="E870" s="1"/>
     </row>
-    <row r="871" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="871" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A871" s="2"/>
       <c r="B871" s="28"/>
       <c r="C871" s="25"/>
       <c r="D871" s="6"/>
       <c r="E871" s="1"/>
     </row>
-    <row r="872" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="872" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A872" s="2"/>
       <c r="B872" s="28"/>
       <c r="C872" s="25"/>
       <c r="D872" s="6"/>
       <c r="E872" s="1"/>
     </row>
-    <row r="873" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="873" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A873" s="2"/>
       <c r="B873" s="28"/>
       <c r="C873" s="25"/>
       <c r="D873" s="6"/>
       <c r="E873" s="1"/>
     </row>
-    <row r="874" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="874" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A874" s="2"/>
       <c r="B874" s="28"/>
       <c r="C874" s="25"/>
       <c r="D874" s="6"/>
       <c r="E874" s="1"/>
     </row>
-    <row r="875" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="875" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A875" s="2"/>
       <c r="B875" s="28"/>
       <c r="C875" s="25"/>
       <c r="D875" s="6"/>
       <c r="E875" s="1"/>
     </row>
-    <row r="876" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="876" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A876" s="2"/>
       <c r="B876" s="28"/>
       <c r="C876" s="25"/>
       <c r="D876" s="6"/>
       <c r="E876" s="1"/>
     </row>
-    <row r="877" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="877" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A877" s="2"/>
       <c r="B877" s="28"/>
       <c r="C877" s="25"/>
       <c r="D877" s="6"/>
       <c r="E877" s="1"/>
     </row>
-    <row r="878" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="878" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A878" s="2"/>
       <c r="B878" s="28"/>
       <c r="C878" s="25"/>
       <c r="D878" s="6"/>
       <c r="E878" s="1"/>
     </row>
-    <row r="879" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="879" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A879" s="2"/>
       <c r="B879" s="28"/>
       <c r="C879" s="25"/>
       <c r="D879" s="6"/>
       <c r="E879" s="1"/>
     </row>
-    <row r="880" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="880" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A880" s="2"/>
       <c r="B880" s="28"/>
       <c r="C880" s="25"/>
       <c r="D880" s="6"/>
       <c r="E880" s="1"/>
     </row>
-    <row r="881" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="881" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A881" s="2"/>
       <c r="B881" s="28"/>
       <c r="C881" s="25"/>
       <c r="D881" s="6"/>
       <c r="E881" s="1"/>
     </row>
-    <row r="882" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="882" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A882" s="2"/>
       <c r="B882" s="28"/>
       <c r="C882" s="25"/>
       <c r="D882" s="6"/>
       <c r="E882" s="1"/>
     </row>
-    <row r="883" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="883" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A883" s="2"/>
       <c r="B883" s="28"/>
       <c r="C883" s="25"/>
       <c r="D883" s="6"/>
       <c r="E883" s="1"/>
     </row>
-    <row r="884" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="884" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A884" s="2"/>
       <c r="B884" s="28"/>
       <c r="C884" s="25"/>
       <c r="D884" s="6"/>
       <c r="E884" s="1"/>
     </row>
-    <row r="885" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="885" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A885" s="2"/>
       <c r="B885" s="28"/>
       <c r="C885" s="25"/>
       <c r="D885" s="6"/>
       <c r="E885" s="1"/>
     </row>
-    <row r="886" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="886" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A886" s="2"/>
       <c r="B886" s="28"/>
       <c r="C886" s="25"/>
       <c r="D886" s="6"/>
       <c r="E886" s="1"/>
     </row>
-    <row r="887" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="887" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A887" s="2"/>
       <c r="B887" s="28"/>
       <c r="C887" s="25"/>
       <c r="D887" s="6"/>
       <c r="E887" s="1"/>
     </row>
-    <row r="888" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="888" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A888" s="2"/>
       <c r="B888" s="28"/>
       <c r="C888" s="25"/>
       <c r="D888" s="6"/>
       <c r="E888" s="1"/>
     </row>
-    <row r="889" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="889" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A889" s="2"/>
       <c r="B889" s="28"/>
       <c r="C889" s="25"/>
       <c r="D889" s="6"/>
       <c r="E889" s="1"/>
     </row>
-    <row r="890" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="890" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A890" s="2"/>
       <c r="B890" s="28"/>
       <c r="C890" s="25"/>
       <c r="D890" s="6"/>
       <c r="E890" s="1"/>
     </row>
-    <row r="891" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="891" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A891" s="2"/>
       <c r="B891" s="28"/>
       <c r="C891" s="25"/>
       <c r="D891" s="6"/>
       <c r="E891" s="1"/>
     </row>
-    <row r="892" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="892" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A892" s="2"/>
       <c r="B892" s="28"/>
       <c r="C892" s="25"/>
       <c r="D892" s="6"/>
       <c r="E892" s="1"/>
     </row>
-    <row r="893" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="893" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A893" s="2"/>
       <c r="B893" s="28"/>
       <c r="C893" s="25"/>
       <c r="D893" s="6"/>
       <c r="E893" s="1"/>
     </row>
-    <row r="894" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="894" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A894" s="2"/>
       <c r="B894" s="28"/>
       <c r="C894" s="25"/>
       <c r="D894" s="6"/>
       <c r="E894" s="1"/>
     </row>
-    <row r="895" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="895" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A895" s="2"/>
       <c r="B895" s="28"/>
       <c r="C895" s="25"/>
       <c r="D895" s="6"/>
       <c r="E895" s="1"/>
     </row>
-    <row r="896" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="896" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A896" s="2"/>
       <c r="B896" s="28"/>
       <c r="C896" s="25"/>
       <c r="D896" s="6"/>
       <c r="E896" s="1"/>
     </row>
-    <row r="897" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="897" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A897" s="2"/>
       <c r="B897" s="28"/>
       <c r="C897" s="25"/>
       <c r="D897" s="6"/>
       <c r="E897" s="1"/>
     </row>
-    <row r="898" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="898" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A898" s="2"/>
       <c r="B898" s="28"/>
       <c r="C898" s="25"/>
       <c r="D898" s="6"/>
       <c r="E898" s="1"/>
     </row>
-    <row r="899" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="899" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A899" s="2"/>
       <c r="B899" s="28"/>
       <c r="C899" s="25"/>
       <c r="D899" s="6"/>
       <c r="E899" s="1"/>
     </row>
-    <row r="900" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="900" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A900" s="2"/>
       <c r="B900" s="28"/>
       <c r="C900" s="25"/>
       <c r="D900" s="6"/>
       <c r="E900" s="1"/>
     </row>
-    <row r="901" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="901" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A901" s="2"/>
       <c r="B901" s="28"/>
       <c r="C901" s="25"/>
       <c r="D901" s="6"/>
       <c r="E901" s="1"/>
     </row>
-    <row r="902" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="902" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A902" s="2"/>
       <c r="B902" s="28"/>
       <c r="C902" s="25"/>
       <c r="D902" s="6"/>
       <c r="E902" s="1"/>
     </row>
-    <row r="903" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="903" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A903" s="2"/>
       <c r="B903" s="28"/>
       <c r="C903" s="25"/>
       <c r="D903" s="6"/>
       <c r="E903" s="1"/>
     </row>
-    <row r="904" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="904" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A904" s="2"/>
       <c r="B904" s="28"/>
       <c r="C904" s="25"/>
       <c r="D904" s="6"/>
       <c r="E904" s="1"/>
     </row>
-    <row r="905" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="905" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A905" s="2"/>
       <c r="B905" s="28"/>
       <c r="C905" s="25"/>
       <c r="D905" s="6"/>
       <c r="E905" s="1"/>
     </row>
-    <row r="906" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="906" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A906" s="2"/>
       <c r="B906" s="28"/>
       <c r="C906" s="25"/>
       <c r="D906" s="6"/>
       <c r="E906" s="1"/>
     </row>
-    <row r="907" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="907" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A907" s="2"/>
       <c r="B907" s="28"/>
       <c r="C907" s="25"/>
       <c r="D907" s="6"/>
       <c r="E907" s="1"/>
     </row>
-    <row r="908" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="908" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A908" s="2"/>
       <c r="B908" s="28"/>
       <c r="C908" s="25"/>
       <c r="D908" s="6"/>
       <c r="E908" s="1"/>
     </row>
-    <row r="909" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="909" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A909" s="2"/>
       <c r="B909" s="28"/>
       <c r="C909" s="25"/>
       <c r="D909" s="6"/>
       <c r="E909" s="1"/>
     </row>
-    <row r="910" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="910" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A910" s="2"/>
       <c r="B910" s="28"/>
       <c r="C910" s="25"/>
       <c r="D910" s="6"/>
       <c r="E910" s="1"/>
     </row>
-    <row r="911" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="911" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A911" s="2"/>
       <c r="B911" s="28"/>
       <c r="C911" s="25"/>
       <c r="D911" s="6"/>
       <c r="E911" s="1"/>
     </row>
-    <row r="912" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="912" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A912" s="2"/>
       <c r="B912" s="28"/>
       <c r="C912" s="25"/>
       <c r="D912" s="6"/>
       <c r="E912" s="1"/>
     </row>
-    <row r="913" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="913" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A913" s="2"/>
       <c r="B913" s="28"/>
       <c r="C913" s="25"/>
       <c r="D913" s="6"/>
       <c r="E913" s="1"/>
     </row>
-    <row r="914" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="914" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A914" s="2"/>
       <c r="B914" s="28"/>
       <c r="C914" s="25"/>
       <c r="D914" s="6"/>
       <c r="E914" s="1"/>
     </row>
-    <row r="915" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="915" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A915" s="2"/>
       <c r="B915" s="28"/>
       <c r="C915" s="25"/>
       <c r="D915" s="6"/>
       <c r="E915" s="1"/>
     </row>
-    <row r="916" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="916" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A916" s="2"/>
       <c r="B916" s="28"/>
       <c r="C916" s="25"/>
       <c r="D916" s="6"/>
       <c r="E916" s="1"/>
     </row>
-    <row r="917" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="917" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A917" s="2"/>
       <c r="B917" s="28"/>
       <c r="C917" s="25"/>
       <c r="D917" s="6"/>
       <c r="E917" s="1"/>
     </row>
-    <row r="918" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="918" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A918" s="2"/>
       <c r="B918" s="28"/>
       <c r="C918" s="25"/>
       <c r="D918" s="6"/>
       <c r="E918" s="1"/>
     </row>
-    <row r="919" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="919" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A919" s="2"/>
       <c r="B919" s="28"/>
       <c r="C919" s="25"/>
       <c r="D919" s="6"/>
       <c r="E919" s="1"/>
     </row>
-    <row r="920" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="920" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A920" s="2"/>
       <c r="B920" s="28"/>
       <c r="C920" s="25"/>
       <c r="D920" s="6"/>
       <c r="E920" s="1"/>
     </row>
-    <row r="921" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="921" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A921" s="2"/>
       <c r="B921" s="28"/>
       <c r="C921" s="25"/>
       <c r="D921" s="6"/>
       <c r="E921" s="1"/>
     </row>
-    <row r="922" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="922" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A922" s="2"/>
       <c r="B922" s="28"/>
       <c r="C922" s="25"/>
       <c r="D922" s="6"/>
       <c r="E922" s="1"/>
     </row>
-    <row r="923" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="923" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A923" s="2"/>
       <c r="B923" s="28"/>
       <c r="C923" s="25"/>
       <c r="D923" s="6"/>
       <c r="E923" s="1"/>
     </row>
-    <row r="924" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="924" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A924" s="2"/>
       <c r="B924" s="28"/>
       <c r="C924" s="25"/>
       <c r="D924" s="6"/>
       <c r="E924" s="1"/>
     </row>
-    <row r="925" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="925" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A925" s="2"/>
       <c r="B925" s="28"/>
       <c r="C925" s="25"/>
       <c r="D925" s="6"/>
       <c r="E925" s="1"/>
     </row>
-    <row r="926" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="926" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A926" s="2"/>
       <c r="B926" s="28"/>
       <c r="C926" s="25"/>
       <c r="D926" s="6"/>
       <c r="E926" s="1"/>
     </row>
-    <row r="927" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="927" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A927" s="2"/>
       <c r="B927" s="28"/>
       <c r="C927" s="25"/>
       <c r="D927" s="6"/>
       <c r="E927" s="1"/>
     </row>
-    <row r="928" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="928" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A928" s="2"/>
       <c r="B928" s="28"/>
       <c r="C928" s="25"/>
       <c r="D928" s="6"/>
       <c r="E928" s="1"/>
     </row>
-    <row r="929" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="929" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A929" s="2"/>
       <c r="B929" s="28"/>
       <c r="C929" s="25"/>
       <c r="D929" s="6"/>
       <c r="E929" s="1"/>
     </row>
-    <row r="930" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="930" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A930" s="2"/>
       <c r="B930" s="28"/>
       <c r="C930" s="25"/>
       <c r="D930" s="6"/>
       <c r="E930" s="1"/>
     </row>
-    <row r="931" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="931" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A931" s="2"/>
       <c r="B931" s="28"/>
       <c r="C931" s="25"/>
       <c r="D931" s="6"/>
       <c r="E931" s="1"/>
     </row>
-    <row r="932" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="932" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A932" s="2"/>
       <c r="B932" s="28"/>
       <c r="C932" s="25"/>
       <c r="D932" s="6"/>
       <c r="E932" s="1"/>
     </row>
-    <row r="933" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="933" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A933" s="2"/>
       <c r="B933" s="28"/>
       <c r="C933" s="25"/>
       <c r="D933" s="6"/>
       <c r="E933" s="1"/>
     </row>
-    <row r="934" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="934" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A934" s="2"/>
       <c r="B934" s="28"/>
       <c r="C934" s="25"/>
       <c r="D934" s="6"/>
       <c r="E934" s="1"/>
     </row>
-    <row r="935" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="935" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A935" s="2"/>
       <c r="B935" s="28"/>
       <c r="C935" s="25"/>
       <c r="D935" s="6"/>
       <c r="E935" s="1"/>
     </row>
-    <row r="936" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="936" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A936" s="2"/>
       <c r="B936" s="28"/>
       <c r="C936" s="25"/>
       <c r="D936" s="6"/>
       <c r="E936" s="1"/>
     </row>
-    <row r="937" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="937" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A937" s="2"/>
       <c r="B937" s="28"/>
       <c r="C937" s="25"/>
       <c r="D937" s="6"/>
       <c r="E937" s="1"/>
     </row>
-    <row r="938" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="938" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A938" s="2"/>
       <c r="B938" s="28"/>
       <c r="C938" s="25"/>
       <c r="D938" s="6"/>
       <c r="E938" s="1"/>
     </row>
-    <row r="939" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="939" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A939" s="2"/>
       <c r="B939" s="28"/>
       <c r="C939" s="25"/>
       <c r="D939" s="6"/>
       <c r="E939" s="1"/>
     </row>
-    <row r="940" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="940" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A940" s="2"/>
       <c r="B940" s="28"/>
       <c r="C940" s="25"/>
       <c r="D940" s="6"/>
       <c r="E940" s="1"/>
     </row>
-    <row r="941" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="941" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A941" s="2"/>
       <c r="B941" s="28"/>
       <c r="C941" s="25"/>
       <c r="D941" s="6"/>
       <c r="E941" s="1"/>
     </row>
-    <row r="942" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="942" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A942" s="2"/>
       <c r="B942" s="28"/>
       <c r="C942" s="25"/>
       <c r="D942" s="6"/>
       <c r="E942" s="1"/>
     </row>
-    <row r="943" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="943" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A943" s="2"/>
       <c r="B943" s="28"/>
       <c r="C943" s="25"/>
       <c r="D943" s="6"/>
       <c r="E943" s="1"/>
     </row>
-    <row r="944" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="944" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A944" s="2"/>
       <c r="B944" s="28"/>
       <c r="C944" s="25"/>
       <c r="D944" s="6"/>
       <c r="E944" s="1"/>
     </row>
-    <row r="945" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="945" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A945" s="2"/>
       <c r="B945" s="28"/>
       <c r="C945" s="25"/>
       <c r="D945" s="6"/>
       <c r="E945" s="1"/>
     </row>
-    <row r="946" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="946" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A946" s="2"/>
       <c r="B946" s="28"/>
       <c r="C946" s="25"/>
       <c r="D946" s="6"/>
       <c r="E946" s="1"/>
     </row>
-    <row r="947" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="947" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A947" s="2"/>
       <c r="B947" s="28"/>
       <c r="C947" s="25"/>
       <c r="D947" s="6"/>
       <c r="E947" s="1"/>
     </row>
-    <row r="948" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="948" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A948" s="2"/>
       <c r="B948" s="28"/>
       <c r="C948" s="25"/>
       <c r="D948" s="6"/>
       <c r="E948" s="1"/>
     </row>
-    <row r="949" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="949" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A949" s="2"/>
       <c r="B949" s="28"/>
       <c r="C949" s="25"/>
       <c r="D949" s="6"/>
       <c r="E949" s="1"/>
     </row>
-    <row r="950" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="950" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A950" s="2"/>
       <c r="B950" s="28"/>
       <c r="C950" s="25"/>
       <c r="D950" s="6"/>
       <c r="E950" s="1"/>
     </row>
-    <row r="951" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="951" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A951" s="2"/>
       <c r="B951" s="28"/>
       <c r="C951" s="25"/>
       <c r="D951" s="6"/>
       <c r="E951" s="1"/>
     </row>
-    <row r="952" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="952" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A952" s="2"/>
       <c r="B952" s="28"/>
       <c r="C952" s="25"/>
       <c r="D952" s="6"/>
       <c r="E952" s="1"/>
     </row>
-    <row r="953" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="953" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A953" s="2"/>
       <c r="B953" s="28"/>
       <c r="C953" s="25"/>
       <c r="D953" s="6"/>
       <c r="E953" s="1"/>
     </row>
-    <row r="954" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="954" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A954" s="2"/>
       <c r="B954" s="28"/>
       <c r="C954" s="25"/>
       <c r="D954" s="6"/>
       <c r="E954" s="1"/>
     </row>
-    <row r="955" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="955" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A955" s="2"/>
       <c r="B955" s="28"/>
       <c r="C955" s="25"/>
       <c r="D955" s="6"/>
       <c r="E955" s="1"/>
     </row>
-    <row r="956" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="956" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A956" s="2"/>
       <c r="B956" s="28"/>
       <c r="C956" s="25"/>
       <c r="D956" s="6"/>
       <c r="E956" s="1"/>
     </row>
-    <row r="957" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="957" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A957" s="2"/>
       <c r="B957" s="28"/>
       <c r="C957" s="25"/>
       <c r="D957" s="6"/>
       <c r="E957" s="1"/>
     </row>
-    <row r="958" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="958" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A958" s="2"/>
       <c r="B958" s="28"/>
       <c r="C958" s="25"/>
       <c r="D958" s="6"/>
       <c r="E958" s="1"/>
     </row>
-    <row r="959" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="959" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A959" s="2"/>
       <c r="B959" s="28"/>
       <c r="C959" s="25"/>
       <c r="D959" s="6"/>
       <c r="E959" s="1"/>
     </row>
-    <row r="960" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="960" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A960" s="2"/>
       <c r="B960" s="28"/>
       <c r="C960" s="25"/>
       <c r="D960" s="6"/>
       <c r="E960" s="1"/>
     </row>
-    <row r="961" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="961" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A961" s="2"/>
       <c r="B961" s="28"/>
       <c r="C961" s="25"/>
       <c r="D961" s="6"/>
       <c r="E961" s="1"/>
     </row>
-    <row r="962" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="962" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A962" s="2"/>
       <c r="B962" s="28"/>
       <c r="C962" s="25"/>
       <c r="D962" s="6"/>
       <c r="E962" s="1"/>
     </row>
-    <row r="963" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="963" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A963" s="2"/>
       <c r="B963" s="28"/>
       <c r="C963" s="25"/>
       <c r="D963" s="6"/>
       <c r="E963" s="1"/>
     </row>
-    <row r="964" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="964" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A964" s="2"/>
       <c r="B964" s="28"/>
       <c r="C964" s="25"/>
       <c r="D964" s="6"/>
       <c r="E964" s="1"/>
     </row>
-    <row r="965" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="965" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A965" s="2"/>
       <c r="B965" s="28"/>
       <c r="C965" s="25"/>
       <c r="D965" s="6"/>
       <c r="E965" s="1"/>
     </row>
-    <row r="966" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="966" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A966" s="2"/>
       <c r="B966" s="28"/>
       <c r="C966" s="25"/>
       <c r="D966" s="6"/>
       <c r="E966" s="1"/>
     </row>
-    <row r="967" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="967" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A967" s="2"/>
       <c r="B967" s="28"/>
       <c r="C967" s="25"/>
       <c r="D967" s="6"/>
       <c r="E967" s="1"/>
     </row>
-    <row r="968" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="968" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A968" s="4"/>
       <c r="B968" s="28"/>
       <c r="C968" s="25"/>
       <c r="D968" s="6"/>
       <c r="E968" s="3"/>
     </row>
-    <row r="969" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="969" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A969" s="4"/>
       <c r="B969" s="28"/>
       <c r="C969" s="25"/>
       <c r="D969" s="6"/>
       <c r="E969" s="3"/>
     </row>
-    <row r="970" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="970" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A970" s="4"/>
       <c r="B970" s="28"/>
       <c r="C970" s="25"/>
       <c r="D970" s="6"/>
       <c r="E970" s="3"/>
     </row>
-    <row r="971" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="971" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A971" s="4"/>
       <c r="B971" s="28"/>
       <c r="C971" s="25"/>
       <c r="D971" s="6"/>
       <c r="E971" s="3"/>
     </row>
-    <row r="972" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="972" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A972" s="4"/>
       <c r="B972" s="28"/>
       <c r="C972" s="25"/>
       <c r="D972" s="6"/>
       <c r="E972" s="3"/>
     </row>
-    <row r="973" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="973" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A973" s="4"/>
       <c r="B973" s="28"/>
       <c r="C973" s="25"/>
       <c r="D973" s="6"/>
       <c r="E973" s="3"/>
     </row>
-    <row r="974" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="974" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A974" s="4"/>
       <c r="B974" s="28"/>
       <c r="C974" s="25"/>
       <c r="D974" s="6"/>
       <c r="E974" s="3"/>
     </row>
-    <row r="975" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="975" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A975" s="4"/>
       <c r="B975" s="28"/>
       <c r="C975" s="25"/>
       <c r="D975" s="6"/>
       <c r="E975" s="3"/>
     </row>
-    <row r="976" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="976" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A976" s="4"/>
       <c r="B976" s="28"/>
       <c r="C976" s="25"/>
       <c r="D976" s="6"/>
       <c r="E976" s="3"/>
     </row>
-    <row r="977" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="977" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A977" s="4"/>
       <c r="B977" s="28"/>
       <c r="C977" s="25"/>
       <c r="D977" s="6"/>
       <c r="E977" s="3"/>
     </row>
-    <row r="978" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="978" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A978" s="4"/>
       <c r="B978" s="28"/>
       <c r="C978" s="25"/>
       <c r="D978" s="6"/>
       <c r="E978" s="3"/>
     </row>
-    <row r="979" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="979" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A979" s="4"/>
       <c r="B979" s="28"/>
       <c r="C979" s="25"/>
       <c r="D979" s="6"/>
       <c r="E979" s="3"/>
     </row>
-    <row r="980" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="980" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A980" s="4"/>
       <c r="B980" s="28"/>
       <c r="C980" s="25"/>
       <c r="D980" s="6"/>
       <c r="E980" s="3"/>
     </row>
-    <row r="981" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="981" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A981" s="4"/>
       <c r="B981" s="28"/>
       <c r="C981" s="25"/>
       <c r="D981" s="6"/>
       <c r="E981" s="3"/>
     </row>
-    <row r="982" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="982" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A982" s="4"/>
       <c r="B982" s="28"/>
       <c r="C982" s="25"/>
       <c r="D982" s="6"/>
       <c r="E982" s="3"/>
     </row>
-    <row r="983" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="983" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A983" s="4"/>
       <c r="B983" s="28"/>
       <c r="C983" s="25"/>
       <c r="D983" s="6"/>
       <c r="E983" s="3"/>
     </row>
-    <row r="984" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="984" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A984" s="4"/>
       <c r="B984" s="28"/>
       <c r="C984" s="25"/>
       <c r="D984" s="6"/>
       <c r="E984" s="3"/>
     </row>
-    <row r="985" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="985" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A985" s="4"/>
       <c r="B985" s="28"/>
       <c r="C985" s="25"/>
       <c r="D985" s="6"/>
       <c r="E985" s="3"/>
     </row>
-    <row r="986" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="986" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A986" s="4"/>
       <c r="B986" s="28"/>
       <c r="C986" s="25"/>
       <c r="D986" s="6"/>
       <c r="E986" s="3"/>
     </row>
-    <row r="987" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="987" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A987" s="4"/>
       <c r="B987" s="28"/>
       <c r="C987" s="25"/>
       <c r="D987" s="6"/>
       <c r="E987" s="3"/>
     </row>
-    <row r="988" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="988" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A988" s="4"/>
       <c r="B988" s="28"/>
       <c r="C988" s="25"/>
       <c r="D988" s="6"/>
       <c r="E988" s="3"/>
     </row>
-    <row r="989" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="989" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A989" s="4"/>
       <c r="B989" s="28"/>
       <c r="C989" s="25"/>
       <c r="D989" s="6"/>
       <c r="E989" s="3"/>
     </row>
-    <row r="990" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="990" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A990" s="4"/>
       <c r="B990" s="28"/>
       <c r="C990" s="25"/>
       <c r="D990" s="6"/>
       <c r="E990" s="3"/>
     </row>
-    <row r="991" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="991" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A991" s="4"/>
       <c r="B991" s="28"/>
       <c r="C991" s="25"/>
       <c r="D991" s="6"/>
       <c r="E991" s="3"/>
     </row>
-    <row r="992" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="992" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A992" s="4"/>
       <c r="B992" s="28"/>
       <c r="C992" s="25"/>
       <c r="D992" s="6"/>
       <c r="E992" s="3"/>
     </row>
-    <row r="993" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="993" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A993" s="4"/>
       <c r="B993" s="28"/>
       <c r="C993" s="25"/>
       <c r="D993" s="6"/>
       <c r="E993" s="3"/>
     </row>
-    <row r="994" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="994" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A994" s="4"/>
       <c r="B994" s="28"/>
       <c r="C994" s="25"/>
       <c r="D994" s="6"/>
       <c r="E994" s="3"/>
     </row>
-    <row r="995" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="995" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A995" s="4"/>
       <c r="B995" s="28"/>
       <c r="C995" s="25"/>
       <c r="D995" s="6"/>
       <c r="E995" s="3"/>
     </row>
-    <row r="996" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="996" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A996" s="4"/>
       <c r="B996" s="28"/>
       <c r="C996" s="25"/>
       <c r="D996" s="6"/>
       <c r="E996" s="3"/>
     </row>
-    <row r="997" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="997" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A997" s="4"/>
       <c r="B997" s="28"/>
       <c r="C997" s="25"/>
       <c r="D997" s="6"/>
       <c r="E997" s="3"/>
     </row>
-    <row r="998" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="998" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A998" s="4"/>
       <c r="B998" s="28"/>
       <c r="C998" s="25"/>
       <c r="D998" s="6"/>
       <c r="E998" s="3"/>
     </row>
-    <row r="999" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="999" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A999" s="4"/>
       <c r="B999" s="28"/>
       <c r="C999" s="25"/>
       <c r="D999" s="6"/>
       <c r="E999" s="3"/>
     </row>
-    <row r="1000" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1000" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1000" s="4"/>
       <c r="B1000" s="28"/>
       <c r="C1000" s="25"/>
       <c r="D1000" s="6"/>
       <c r="E1000" s="3"/>
     </row>
-    <row r="1001" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1001" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1001" s="4"/>
       <c r="B1001" s="28"/>
       <c r="C1001" s="25"/>
       <c r="D1001" s="6"/>
       <c r="E1001" s="3"/>
     </row>
-    <row r="1002" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1002" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1002" s="4"/>
       <c r="B1002" s="28"/>
       <c r="C1002" s="25"/>
       <c r="D1002" s="6"/>
       <c r="E1002" s="3"/>
     </row>
-    <row r="1003" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1003" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1003" s="4"/>
       <c r="B1003" s="28"/>
       <c r="C1003" s="25"/>
       <c r="D1003" s="6"/>
       <c r="E1003" s="3"/>
     </row>
-    <row r="1004" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1004" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1004" s="4"/>
       <c r="B1004" s="28"/>
       <c r="C1004" s="25"/>
       <c r="D1004" s="6"/>
       <c r="E1004" s="3"/>
     </row>
-    <row r="1005" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1005" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1005" s="4"/>
       <c r="B1005" s="28"/>
       <c r="C1005" s="25"/>
       <c r="D1005" s="6"/>
       <c r="E1005" s="3"/>
     </row>
-    <row r="1006" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1006" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1006" s="4"/>
       <c r="B1006" s="28"/>
       <c r="C1006" s="25"/>
       <c r="D1006" s="6"/>
       <c r="E1006" s="3"/>
     </row>
-    <row r="1007" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1007" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1007" s="4"/>
       <c r="B1007" s="28"/>
       <c r="C1007" s="25"/>
       <c r="D1007" s="6"/>
       <c r="E1007" s="3"/>
     </row>
-    <row r="1008" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1008" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A1008" s="4"/>
       <c r="B1008" s="28"/>
       <c r="C1008" s="25"/>
       <c r="D1008" s="6"/>
       <c r="E1008" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="39">
+    <mergeCell ref="C2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A4:F4"/>
+    <mergeCell ref="A125:F125"/>
+    <mergeCell ref="A7:F7"/>
+    <mergeCell ref="A8:F8"/>
+    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="A17:F17"/>
+    <mergeCell ref="A19:F19"/>
+    <mergeCell ref="A20:F20"/>
+    <mergeCell ref="A25:F25"/>
+    <mergeCell ref="A28:F28"/>
+    <mergeCell ref="A30:F30"/>
+    <mergeCell ref="A34:F34"/>
+    <mergeCell ref="A38:F38"/>
+    <mergeCell ref="A103:F103"/>
+    <mergeCell ref="C111:F111"/>
+    <mergeCell ref="C115:F115"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="A83:F83"/>
+    <mergeCell ref="A84:F84"/>
+    <mergeCell ref="A85:F85"/>
+    <mergeCell ref="A90:F90"/>
     <mergeCell ref="C118:F118"/>
     <mergeCell ref="C121:F121"/>
     <mergeCell ref="A122:F122"/>
     <mergeCell ref="A98:F98"/>
     <mergeCell ref="A65:F65"/>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A76:F76"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A81:F81"/>
     <mergeCell ref="A112:F112"/>
     <mergeCell ref="A119:F119"/>
     <mergeCell ref="A107:F107"/>
     <mergeCell ref="C88:F89"/>
     <mergeCell ref="C95:F96"/>
     <mergeCell ref="C101:F102"/>
     <mergeCell ref="C105:F106"/>
-    <mergeCell ref="C111:F111"/>
-[...21 lines deleted...]
-    <mergeCell ref="A103:F103"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C9" r:id="rId1"/>
-[...79 lines deleted...]
-    <hyperlink ref="C123" r:id="rId81"/>
+    <hyperlink ref="C9" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
+    <hyperlink ref="C10" r:id="rId2" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
+    <hyperlink ref="C11" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
+    <hyperlink ref="C13" r:id="rId4" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
+    <hyperlink ref="C14" r:id="rId5" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
+    <hyperlink ref="C15" r:id="rId6" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
+    <hyperlink ref="C16" r:id="rId7" xr:uid="{00000000-0004-0000-0200-000006000000}"/>
+    <hyperlink ref="C18" r:id="rId8" xr:uid="{00000000-0004-0000-0200-000007000000}"/>
+    <hyperlink ref="C21" r:id="rId9" xr:uid="{00000000-0004-0000-0200-000008000000}"/>
+    <hyperlink ref="C22" r:id="rId10" xr:uid="{00000000-0004-0000-0200-000009000000}"/>
+    <hyperlink ref="C23" r:id="rId11" xr:uid="{00000000-0004-0000-0200-00000A000000}"/>
+    <hyperlink ref="C24" r:id="rId12" xr:uid="{00000000-0004-0000-0200-00000B000000}"/>
+    <hyperlink ref="C26" r:id="rId13" xr:uid="{00000000-0004-0000-0200-00000C000000}"/>
+    <hyperlink ref="C27" r:id="rId14" xr:uid="{00000000-0004-0000-0200-00000D000000}"/>
+    <hyperlink ref="C29" r:id="rId15" xr:uid="{00000000-0004-0000-0200-00000E000000}"/>
+    <hyperlink ref="C31" r:id="rId16" xr:uid="{00000000-0004-0000-0200-00000F000000}"/>
+    <hyperlink ref="C32" r:id="rId17" xr:uid="{00000000-0004-0000-0200-000010000000}"/>
+    <hyperlink ref="C33" r:id="rId18" xr:uid="{00000000-0004-0000-0200-000011000000}"/>
+    <hyperlink ref="C35" r:id="rId19" xr:uid="{00000000-0004-0000-0200-000012000000}"/>
+    <hyperlink ref="C36" r:id="rId20" xr:uid="{00000000-0004-0000-0200-000013000000}"/>
+    <hyperlink ref="C37" r:id="rId21" xr:uid="{00000000-0004-0000-0200-000014000000}"/>
+    <hyperlink ref="C40" r:id="rId22" xr:uid="{00000000-0004-0000-0200-000015000000}"/>
+    <hyperlink ref="C41" r:id="rId23" xr:uid="{00000000-0004-0000-0200-000016000000}"/>
+    <hyperlink ref="C42" r:id="rId24" xr:uid="{00000000-0004-0000-0200-000017000000}"/>
+    <hyperlink ref="C43" r:id="rId25" xr:uid="{00000000-0004-0000-0200-000018000000}"/>
+    <hyperlink ref="C44" r:id="rId26" xr:uid="{00000000-0004-0000-0200-000019000000}"/>
+    <hyperlink ref="C45" r:id="rId27" xr:uid="{00000000-0004-0000-0200-00001A000000}"/>
+    <hyperlink ref="C46" r:id="rId28" xr:uid="{00000000-0004-0000-0200-00001B000000}"/>
+    <hyperlink ref="C47" r:id="rId29" xr:uid="{00000000-0004-0000-0200-00001C000000}"/>
+    <hyperlink ref="C48" r:id="rId30" xr:uid="{00000000-0004-0000-0200-00001D000000}"/>
+    <hyperlink ref="C49" r:id="rId31" xr:uid="{00000000-0004-0000-0200-00001E000000}"/>
+    <hyperlink ref="C50" r:id="rId32" xr:uid="{00000000-0004-0000-0200-00001F000000}"/>
+    <hyperlink ref="C51" r:id="rId33" xr:uid="{00000000-0004-0000-0200-000020000000}"/>
+    <hyperlink ref="C52" r:id="rId34" xr:uid="{00000000-0004-0000-0200-000021000000}"/>
+    <hyperlink ref="C53" r:id="rId35" xr:uid="{00000000-0004-0000-0200-000022000000}"/>
+    <hyperlink ref="C54" r:id="rId36" xr:uid="{00000000-0004-0000-0200-000023000000}"/>
+    <hyperlink ref="C55" r:id="rId37" xr:uid="{00000000-0004-0000-0200-000024000000}"/>
+    <hyperlink ref="C56" r:id="rId38" xr:uid="{00000000-0004-0000-0200-000025000000}"/>
+    <hyperlink ref="C57" r:id="rId39" xr:uid="{00000000-0004-0000-0200-000026000000}"/>
+    <hyperlink ref="C58" r:id="rId40" xr:uid="{00000000-0004-0000-0200-000027000000}"/>
+    <hyperlink ref="C59" r:id="rId41" xr:uid="{00000000-0004-0000-0200-000028000000}"/>
+    <hyperlink ref="C60" r:id="rId42" xr:uid="{00000000-0004-0000-0200-000029000000}"/>
+    <hyperlink ref="C61" r:id="rId43" xr:uid="{00000000-0004-0000-0200-00002A000000}"/>
+    <hyperlink ref="C62" r:id="rId44" xr:uid="{00000000-0004-0000-0200-00002B000000}"/>
+    <hyperlink ref="C63" r:id="rId45" xr:uid="{00000000-0004-0000-0200-00002C000000}"/>
+    <hyperlink ref="C64" r:id="rId46" xr:uid="{00000000-0004-0000-0200-00002D000000}"/>
+    <hyperlink ref="C67" r:id="rId47" xr:uid="{00000000-0004-0000-0200-00002E000000}"/>
+    <hyperlink ref="C68" r:id="rId48" xr:uid="{00000000-0004-0000-0200-00002F000000}"/>
+    <hyperlink ref="C69" r:id="rId49" xr:uid="{00000000-0004-0000-0200-000030000000}"/>
+    <hyperlink ref="C70" r:id="rId50" xr:uid="{00000000-0004-0000-0200-000031000000}"/>
+    <hyperlink ref="C71" r:id="rId51" xr:uid="{00000000-0004-0000-0200-000032000000}"/>
+    <hyperlink ref="C72" r:id="rId52" xr:uid="{00000000-0004-0000-0200-000033000000}"/>
+    <hyperlink ref="C74" r:id="rId53" xr:uid="{00000000-0004-0000-0200-000034000000}"/>
+    <hyperlink ref="C75" r:id="rId54" xr:uid="{00000000-0004-0000-0200-000035000000}"/>
+    <hyperlink ref="C77" r:id="rId55" xr:uid="{00000000-0004-0000-0200-000036000000}"/>
+    <hyperlink ref="C78" r:id="rId56" xr:uid="{00000000-0004-0000-0200-000037000000}"/>
+    <hyperlink ref="C80" r:id="rId57" xr:uid="{00000000-0004-0000-0200-000038000000}"/>
+    <hyperlink ref="C82" r:id="rId58" xr:uid="{00000000-0004-0000-0200-000039000000}"/>
+    <hyperlink ref="C86" r:id="rId59" xr:uid="{00000000-0004-0000-0200-00003A000000}"/>
+    <hyperlink ref="C87" r:id="rId60" xr:uid="{00000000-0004-0000-0200-00003B000000}"/>
+    <hyperlink ref="C91" r:id="rId61" xr:uid="{00000000-0004-0000-0200-00003C000000}"/>
+    <hyperlink ref="C92" r:id="rId62" xr:uid="{00000000-0004-0000-0200-00003D000000}"/>
+    <hyperlink ref="C93" r:id="rId63" xr:uid="{00000000-0004-0000-0200-00003E000000}"/>
+    <hyperlink ref="C94" r:id="rId64" xr:uid="{00000000-0004-0000-0200-00003F000000}"/>
+    <hyperlink ref="C97" r:id="rId65" display="Комплексная лаборатория по изучению аналоговой и цифровой электроники, микропроцессоров, программирования электронных устройств, с комплектом учебно-методичесхих материалов  (УТОЧНЯТЬ НАЛИЧИЕ!!!)" xr:uid="{00000000-0004-0000-0200-000040000000}"/>
+    <hyperlink ref="C99" r:id="rId66" xr:uid="{00000000-0004-0000-0200-000041000000}"/>
+    <hyperlink ref="C100" r:id="rId67" xr:uid="{00000000-0004-0000-0200-000042000000}"/>
+    <hyperlink ref="C104" r:id="rId68" xr:uid="{00000000-0004-0000-0200-000043000000}"/>
+    <hyperlink ref="C108" r:id="rId69" xr:uid="{00000000-0004-0000-0200-000044000000}"/>
+    <hyperlink ref="C109" r:id="rId70" xr:uid="{00000000-0004-0000-0200-000045000000}"/>
+    <hyperlink ref="C110" r:id="rId71" xr:uid="{00000000-0004-0000-0200-000046000000}"/>
+    <hyperlink ref="C113" r:id="rId72" display="Программируемый контроллер" xr:uid="{00000000-0004-0000-0200-000047000000}"/>
+    <hyperlink ref="C114" r:id="rId73" display="Ресурсный набор к контроллеру" xr:uid="{00000000-0004-0000-0200-000048000000}"/>
+    <hyperlink ref="C116" r:id="rId74" xr:uid="{00000000-0004-0000-0200-000049000000}"/>
+    <hyperlink ref="C117" r:id="rId75" xr:uid="{00000000-0004-0000-0200-00004A000000}"/>
+    <hyperlink ref="C120" r:id="rId76" xr:uid="{00000000-0004-0000-0200-00004B000000}"/>
+    <hyperlink ref="C124" r:id="rId77" xr:uid="{00000000-0004-0000-0200-00004C000000}"/>
+    <hyperlink ref="C126" r:id="rId78" xr:uid="{00000000-0004-0000-0200-00004D000000}"/>
+    <hyperlink ref="C127" r:id="rId79" xr:uid="{00000000-0004-0000-0200-00004E000000}"/>
+    <hyperlink ref="C128" r:id="rId80" xr:uid="{00000000-0004-0000-0200-00004F000000}"/>
+    <hyperlink ref="C123" r:id="rId81" xr:uid="{00000000-0004-0000-0200-000050000000}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" fitToHeight="0" orientation="landscape" r:id="rId82"/>
   <drawing r:id="rId83"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Приказ №838</vt:lpstr>
       <vt:lpstr>Продуктовая линейка</vt:lpstr>
       <vt:lpstr>Приказ №804 (утратил силу)</vt:lpstr>
       <vt:lpstr>'Приказ №804 (утратил силу)'!Заголовки_для_печати</vt:lpstr>
       <vt:lpstr>'Приказ №838'!Заголовки_для_печати</vt:lpstr>
       <vt:lpstr>'Продуктовая линейка'!Заголовки_для_печати</vt:lpstr>
       <vt:lpstr>'Приказ №804 (утратил силу)'!Область_печати</vt:lpstr>
       <vt:lpstr>'Приказ №838'!Область_печати</vt:lpstr>
       <vt:lpstr>'Продуктовая линейка'!Область_печати</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>